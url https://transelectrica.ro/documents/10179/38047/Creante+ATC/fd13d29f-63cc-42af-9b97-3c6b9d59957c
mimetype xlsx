--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -24,55 +24,55 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="564"/>
   </bookViews>
   <sheets>
     <sheet name="Creante ATC general" sheetId="3" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Creante ATC general'!$A$26:$D$26</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D59" i="3" l="1"/>
   <c r="B59" i="3"/>
   <c r="C59" i="3"/>
   <c r="D62" i="3" l="1"/>
   <c r="B61" i="3"/>
   <c r="C61" i="3"/>
-  <c r="D13" i="3"/>
-[...3 lines deleted...]
-  <c r="B13" i="3" s="1"/>
+  <c r="D8" i="3"/>
+  <c r="C7" i="3"/>
+  <c r="C8" i="3" s="1"/>
+  <c r="B7" i="3"/>
+  <c r="B8" i="3" s="1"/>
   <c r="D20" i="3"/>
   <c r="D21" i="3" s="1"/>
   <c r="B20" i="3"/>
   <c r="B21" i="3" s="1"/>
   <c r="C20" i="3"/>
   <c r="C21" i="3" s="1"/>
   <c r="B27" i="3"/>
   <c r="B28" i="3" s="1"/>
   <c r="C27" i="3"/>
   <c r="C28" i="3" s="1"/>
   <c r="D28" i="3"/>
   <c r="C62" i="3" l="1"/>
   <c r="C64" i="3" s="1"/>
   <c r="B62" i="3"/>
   <c r="B64" i="3" s="1"/>
   <c r="D64" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="40">
   <si>
     <t>Nume client</t>
   </si>
   <si>
@@ -162,54 +162,54 @@
   <si>
     <t>MVM PARTNER ZRT</t>
   </si>
   <si>
     <t>D.Trading d.o.o</t>
   </si>
   <si>
     <t>ALEGFURNIZORUL CONSULTING SRL</t>
   </si>
   <si>
     <t>ENERGOCOM SA-CHISINAU-SUCURSALA OTOPENI</t>
   </si>
   <si>
     <t>ROMENERGY TRADING SRL</t>
   </si>
   <si>
     <t>NEOGAS GRID SA</t>
   </si>
   <si>
     <t>D.trading doo</t>
   </si>
   <si>
     <t>Total sume de recuperat pe cale comercială</t>
   </si>
   <si>
-    <t>Creanțe ATC la data de 27.10.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 27 10 2025 (Lei)</t>
+    <t>Creanțe ATC la data de 22.12.2025</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
@@ -871,189 +871,189 @@
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D64"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:D6"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12:D15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="63.140625" style="1" customWidth="1"/>
     <col min="2" max="3" width="21.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="10.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
-    <row r="2" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="D3" s="39"/>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A2" s="6"/>
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+    </row>
+    <row r="3" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="6"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="6"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A4" s="40"/>
-[...14 lines deleted...]
-      <c r="D6" s="45"/>
+      <c r="B4" s="6"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:4" ht="45" x14ac:dyDescent="0.2">
+      <c r="A5" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A6" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A7" s="6"/>
-[...40 lines deleted...]
-      <c r="A12" s="22" t="s">
+      <c r="A7" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="B12" s="23" t="e">
+      <c r="B7" s="23" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="C12" s="23" t="e">
+      <c r="C7" s="23" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="D12" s="23">
-[...4 lines deleted...]
-      <c r="A13" s="16" t="s">
+      <c r="D7" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="17" t="e">
-        <f>B12</f>
+      <c r="B8" s="17" t="e">
+        <f>B7</f>
         <v>#REF!</v>
       </c>
-      <c r="C13" s="17" t="e">
-        <f>C12</f>
+      <c r="C8" s="17" t="e">
+        <f>C7</f>
         <v>#REF!</v>
       </c>
-      <c r="D13" s="17">
-[...2 lines deleted...]
-      </c>
+      <c r="D8" s="17">
+        <f>D7</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" s="3"/>
+      <c r="B9" s="3"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+    </row>
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="3"/>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3"/>
+    </row>
+    <row r="11" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="27"/>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="38"/>
+      <c r="C12" s="38"/>
+      <c r="D12" s="39"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A13" s="40"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="42"/>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A14" s="3"/>
-[...10 lines deleted...]
-      <c r="D15" s="3"/>
+      <c r="A14" s="40"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="42"/>
+    </row>
+    <row r="15" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="43"/>
+      <c r="B15" s="44"/>
+      <c r="C15" s="44"/>
+      <c r="D15" s="45"/>
     </row>
     <row r="16" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A16" s="27"/>
       <c r="B16" s="3"/>
       <c r="C16" s="3"/>
       <c r="D16" s="3"/>
     </row>
     <row r="17" spans="1:4" ht="45" x14ac:dyDescent="0.2">
       <c r="A17" s="14" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="15" t="s">
         <v>6</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A18" s="20" t="s">
         <v>12</v>
       </c>
@@ -1482,67 +1482,67 @@
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A62" s="16" t="s">
         <v>36</v>
       </c>
       <c r="B62" s="17" t="e">
         <f>B59+B61</f>
         <v>#REF!</v>
       </c>
       <c r="C62" s="17" t="e">
         <f>C59+C61</f>
         <v>#REF!</v>
       </c>
       <c r="D62" s="17">
         <f>D59+D61</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B64" s="17" t="e">
-        <f>B62+B21+B13</f>
+        <f>B62+B21+B8</f>
         <v>#REF!</v>
       </c>
       <c r="C64" s="17" t="e">
-        <f>C62+C21+C13</f>
+        <f>C62+C21+C8</f>
         <v>#REF!</v>
       </c>
       <c r="D64" s="17">
-        <f>D62+D21+D13</f>
+        <f>D62+D21+D8</f>
         <v>8.73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A26:D26"/>
   <dataConsolidate/>
   <mergeCells count="1">
-    <mergeCell ref="A3:D6"/>
+    <mergeCell ref="A12:D15"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E37" sqref="E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>