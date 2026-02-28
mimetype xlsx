--- v1 (2025-12-29)
+++ v2 (2026-02-28)
@@ -1,94 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Creante\2026\februarie\site\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9444FEA5-771C-4880-AA3D-B615E5FDFD0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="564"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="564" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Creante ATC general" sheetId="3" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Creante ATC general'!$A$26:$D$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Creante ATC general'!$A$25:$D$25</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D59" i="3" l="1"/>
-[...2 lines deleted...]
-  <c r="D62" i="3" l="1"/>
+  <c r="D58" i="3" l="1"/>
+  <c r="B58" i="3"/>
+  <c r="C58" i="3"/>
+  <c r="D61" i="3" l="1"/>
+  <c r="B60" i="3"/>
+  <c r="C60" i="3"/>
+  <c r="D12" i="3"/>
+  <c r="C11" i="3"/>
+  <c r="C12" i="3" s="1"/>
+  <c r="B11" i="3"/>
+  <c r="B12" i="3" s="1"/>
+  <c r="D19" i="3"/>
+  <c r="D20" i="3" s="1"/>
+  <c r="B19" i="3"/>
+  <c r="B20" i="3" s="1"/>
+  <c r="C19" i="3"/>
+  <c r="C20" i="3" s="1"/>
+  <c r="B26" i="3"/>
+  <c r="B27" i="3" s="1"/>
+  <c r="C26" i="3"/>
+  <c r="C27" i="3" s="1"/>
+  <c r="D27" i="3"/>
+  <c r="C61" i="3" l="1"/>
+  <c r="C63" i="3" s="1"/>
   <c r="B61" i="3"/>
-  <c r="C61" i="3"/>
-[...20 lines deleted...]
-  <c r="D64" i="3"/>
+  <c r="B63" i="3" s="1"/>
+  <c r="D63" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="40">
   <si>
     <t>Nume client</t>
   </si>
   <si>
     <t>EDF TRADING LIMITED</t>
   </si>
   <si>
     <t>Transenergo Com SA</t>
   </si>
   <si>
     <t>Total ATC</t>
   </si>
   <si>
     <t>Facturi principal</t>
   </si>
   <si>
     <t>Total principal</t>
   </si>
   <si>
     <t>Creante nascute pana in anul 2013</t>
@@ -162,74 +168,74 @@
   <si>
     <t>MVM PARTNER ZRT</t>
   </si>
   <si>
     <t>D.Trading d.o.o</t>
   </si>
   <si>
     <t>ALEGFURNIZORUL CONSULTING SRL</t>
   </si>
   <si>
     <t>ENERGOCOM SA-CHISINAU-SUCURSALA OTOPENI</t>
   </si>
   <si>
     <t>ROMENERGY TRADING SRL</t>
   </si>
   <si>
     <t>NEOGAS GRID SA</t>
   </si>
   <si>
     <t>D.trading doo</t>
   </si>
   <si>
     <t>Total sume de recuperat pe cale comercială</t>
   </si>
   <si>
-    <t>Creanțe ATC la data de 22.12.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
+    <t>Creanțe ATC la data de 16.02.2026</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 16 02 2026 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
@@ -481,51 +487,51 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
@@ -868,691 +874,685 @@
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:D63"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A10" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12:D15"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="G12" sqref="G12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="63.140625" style="1" customWidth="1"/>
     <col min="2" max="3" width="21.28515625" style="2" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="10.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="27" t="s">
         <v>37</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="A3" s="12" t="s">
+    <row r="2" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="27"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" s="37" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" s="38"/>
+      <c r="C3" s="38"/>
+      <c r="D3" s="39"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" s="40"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="42"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" s="40"/>
+      <c r="B5" s="41"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="42"/>
+    </row>
+    <row r="6" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="43"/>
+      <c r="B6" s="44"/>
+      <c r="C6" s="44"/>
+      <c r="D6" s="45"/>
+    </row>
+    <row r="7" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="6"/>
-[...12 lines deleted...]
-      <c r="B5" s="15" t="s">
+      <c r="B7" s="6"/>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="B8" s="6"/>
+      <c r="C8" s="6"/>
+      <c r="D8" s="6"/>
+    </row>
+    <row r="9" spans="1:4" ht="45" x14ac:dyDescent="0.2">
+      <c r="A9" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="15" t="s">
+      <c r="C9" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="15" t="s">
+      <c r="D9" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A6" s="20" t="s">
+    <row r="10" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A10" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B6" s="25"/>
-[...4 lines deleted...]
-      <c r="A7" s="22" t="s">
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="25"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="23" t="e">
+      <c r="B11" s="23" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="C7" s="23" t="e">
+      <c r="C11" s="23" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="D7" s="23">
-[...4 lines deleted...]
-      <c r="A8" s="16" t="s">
+      <c r="D11" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A12" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="17" t="e">
-        <f>B7</f>
+      <c r="B12" s="17" t="e">
+        <f>B11</f>
         <v>#REF!</v>
       </c>
-      <c r="C8" s="17" t="e">
-        <f>C7</f>
+      <c r="C12" s="17" t="e">
+        <f>C11</f>
         <v>#REF!</v>
       </c>
-      <c r="D8" s="17">
-[...11 lines deleted...]
-      <c r="A10" s="27" t="s">
+      <c r="D12" s="17">
+        <f>D11</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A13" s="3"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+    </row>
+    <row r="14" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A14" s="27" t="s">
         <v>10</v>
       </c>
-      <c r="B10" s="3"/>
-[...45 lines deleted...]
-      <c r="B17" s="15" t="s">
+      <c r="B14" s="3"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3"/>
+    </row>
+    <row r="15" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A15" s="27"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+    </row>
+    <row r="16" spans="1:4" ht="45" x14ac:dyDescent="0.2">
+      <c r="A16" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B16" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C17" s="15" t="s">
+      <c r="C16" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="D16" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="18" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A18" s="20" t="s">
+    <row r="17" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="25"/>
-[...4 lines deleted...]
-      <c r="A19" s="9" t="s">
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+    </row>
+    <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="B19" s="26">
-[...2 lines deleted...]
-      <c r="C19" s="10">
+      <c r="B18" s="26">
+        <v>0</v>
+      </c>
+      <c r="C18" s="10">
         <v>2.35</v>
       </c>
-      <c r="D19" s="10">
+      <c r="D18" s="10">
         <v>8.73</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A20" s="22" t="s">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A19" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="23">
-[...4 lines deleted...]
-        <f>SUM(C19:C19)</f>
+      <c r="B19" s="23">
+        <f>SUM(B18:B18)</f>
+        <v>0</v>
+      </c>
+      <c r="C19" s="23">
+        <f>SUM(C18:C18)</f>
         <v>2.35</v>
       </c>
-      <c r="D20" s="23">
-        <f>SUM(D19:D19)</f>
+      <c r="D19" s="23">
+        <f>SUM(D18:D18)</f>
         <v>8.73</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="16" t="s">
+    <row r="20" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A20" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="17">
-[...4 lines deleted...]
-        <f>C20</f>
+      <c r="B20" s="17">
+        <f>B19</f>
+        <v>0</v>
+      </c>
+      <c r="C20" s="17">
+        <f>C19</f>
         <v>2.35</v>
       </c>
-      <c r="D21" s="17">
-        <f>D20</f>
+      <c r="D20" s="17">
+        <f>D19</f>
         <v>8.73</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A22" s="6"/>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="6"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+    </row>
+    <row r="22" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>11</v>
+      </c>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
     </row>
-    <row r="23" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="B25" s="15" t="s">
+    <row r="24" spans="1:4" s="11" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B24" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C25" s="15" t="s">
+      <c r="C24" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="D24" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="26" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A26" s="20" t="s">
+    <row r="25" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A25" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B26" s="25"/>
-[...4 lines deleted...]
-      <c r="A27" s="35" t="s">
+      <c r="B25" s="25"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="25"/>
+    </row>
+    <row r="26" spans="1:4" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="35" t="s">
         <v>13</v>
       </c>
-      <c r="B27" s="36" t="e">
+      <c r="B26" s="36" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="C27" s="36" t="e">
+      <c r="C26" s="36" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="D27" s="36">
+      <c r="D26" s="36">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A27" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="B27" s="17" t="e">
+        <f>B26</f>
+        <v>#REF!</v>
+      </c>
+      <c r="C27" s="17" t="e">
+        <f>C26</f>
+        <v>#REF!</v>
+      </c>
+      <c r="D27" s="17">
+        <f>D26</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="16" t="s">
-[...22 lines deleted...]
-      <c r="A31" s="12" t="s">
+      <c r="A28" s="7"/>
+      <c r="B28" s="8"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="8"/>
+    </row>
+    <row r="30" spans="1:4" s="19" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="B31" s="18"/>
-[...13 lines deleted...]
-      <c r="B33" s="15" t="s">
+      <c r="B30" s="18"/>
+      <c r="C30" s="18"/>
+      <c r="D30" s="18"/>
+    </row>
+    <row r="31" spans="1:4" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="1"/>
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5"/>
+    </row>
+    <row r="32" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B32" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="C33" s="15" t="s">
+      <c r="C32" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="D32" s="15" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A34" s="20" t="s">
+    <row r="33" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A33" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="B34" s="21"/>
-[...1 lines deleted...]
-      <c r="D34" s="21"/>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+    </row>
+    <row r="34" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" s="5"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="30">
+        <v>0</v>
+      </c>
     </row>
     <row r="35" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="29" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="28"/>
       <c r="D35" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="28"/>
       <c r="D36" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A37" s="29" t="s">
-[...4 lines deleted...]
-      <c r="D37" s="30">
+      <c r="A37" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" s="33"/>
+      <c r="C37" s="34"/>
+      <c r="D37" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="31" t="s">
-[...4 lines deleted...]
-      <c r="D38" s="32">
+      <c r="A38" s="29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" s="5"/>
+      <c r="C38" s="28"/>
+      <c r="D38" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="29" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B39" s="5"/>
       <c r="C39" s="28"/>
       <c r="D39" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="29" t="s">
-[...4 lines deleted...]
-      <c r="D40" s="30">
+      <c r="A40" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B40" s="33"/>
+      <c r="C40" s="34"/>
+      <c r="D40" s="32">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A41" s="31" t="s">
-[...4 lines deleted...]
-      <c r="D41" s="32">
+      <c r="A41" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="B41" s="5"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="28"/>
       <c r="D42" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="29" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="28"/>
       <c r="D43" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="29" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="28"/>
       <c r="D44" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="29" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B45" s="5"/>
       <c r="C45" s="28"/>
       <c r="D45" s="30">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A46" s="29" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="C46" s="28"/>
+        <v>1</v>
+      </c>
       <c r="D46" s="30">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A47" s="29" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="D47" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D48" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A49" s="29" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D49" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A50" s="29" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D50" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A51" s="29" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D51" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A52" s="29" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D52" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D53" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A54" s="29" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D54" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A55" s="29" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D55" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A56" s="29" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D56" s="30">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A57" s="29" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D57" s="30">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="A59" s="22" t="s">
+    <row r="58" spans="1:4" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="22" t="s">
         <v>5</v>
       </c>
-      <c r="B59" s="24">
-[...13 lines deleted...]
-      <c r="A60" s="20" t="s">
+      <c r="B58" s="24">
+        <f t="shared" ref="B58" si="0">SUM(B55:D56)</f>
+        <v>0</v>
+      </c>
+      <c r="C58" s="24">
+        <f>SUM(C55:D56)</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="24">
+        <f>SUM(D56:D57)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A59" s="20" t="s">
         <v>12</v>
       </c>
-      <c r="B60" s="25"/>
-[...4 lines deleted...]
-      <c r="A61" s="22" t="s">
+      <c r="B59" s="25"/>
+      <c r="C59" s="21"/>
+      <c r="D59" s="21"/>
+    </row>
+    <row r="60" spans="1:4" s="13" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="B61" s="24" t="e">
+      <c r="B60" s="24" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="C61" s="24" t="e">
+      <c r="C60" s="24" t="e">
         <f>SUM(#REF!)</f>
         <v>#REF!</v>
       </c>
-      <c r="D61" s="24">
-[...4 lines deleted...]
-      <c r="A62" s="16" t="s">
+      <c r="D60" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A61" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="B62" s="17" t="e">
-        <f>B59+B61</f>
+      <c r="B61" s="17" t="e">
+        <f>B58+B60</f>
         <v>#REF!</v>
       </c>
-      <c r="C62" s="17" t="e">
-        <f>C59+C61</f>
+      <c r="C61" s="17" t="e">
+        <f>C58+C60</f>
         <v>#REF!</v>
       </c>
-      <c r="D62" s="17">
-[...5 lines deleted...]
-      <c r="A64" s="16" t="s">
+      <c r="D61" s="17">
+        <f>D58+D60</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A63" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="B64" s="17" t="e">
-        <f>B62+B21+B8</f>
+      <c r="B63" s="17" t="e">
+        <f>B61+B20+B12</f>
         <v>#REF!</v>
       </c>
-      <c r="C64" s="17" t="e">
-        <f>C62+C21+C8</f>
+      <c r="C63" s="17" t="e">
+        <f>C61+C20+C12</f>
         <v>#REF!</v>
       </c>
-      <c r="D64" s="17">
-        <f>D62+D21+D8</f>
+      <c r="D63" s="17">
+        <f>D61+D20+D12</f>
         <v>8.73</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A26:D26"/>
+  <autoFilter ref="A25:D25" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <dataConsolidate/>
   <mergeCells count="1">
-    <mergeCell ref="A12:D15"/>
+    <mergeCell ref="A3:D6"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E37" sqref="E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>