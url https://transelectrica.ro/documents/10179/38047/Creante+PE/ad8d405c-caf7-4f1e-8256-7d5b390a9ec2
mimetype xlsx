--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -8,106 +8,106 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="547"/>
   </bookViews>
   <sheets>
     <sheet name="Prezentare Generala PE" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prezentare Generala PE'!$A$86:$D$86</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prezentare Generala PE'!$A$85:$D$85</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D176" i="7" l="1"/>
-[...8 lines deleted...]
-  <c r="C221" i="7"/>
+  <c r="B223" i="7" l="1"/>
+  <c r="C223" i="7"/>
+  <c r="D223" i="7"/>
+  <c r="D178" i="7"/>
+  <c r="D80" i="7"/>
+  <c r="B178" i="7" l="1"/>
+  <c r="C178" i="7"/>
+  <c r="D224" i="7" l="1"/>
+  <c r="B224" i="7"/>
+  <c r="C224" i="7"/>
   <c r="D37" i="7" l="1"/>
   <c r="D40" i="7" s="1"/>
   <c r="C24" i="7"/>
   <c r="B61" i="7" l="1"/>
   <c r="D61" i="7"/>
   <c r="D54" i="7"/>
   <c r="B54" i="7"/>
   <c r="C54" i="7"/>
   <c r="B40" i="7" l="1"/>
   <c r="B72" i="7" l="1"/>
   <c r="C72" i="7"/>
   <c r="D72" i="7" l="1"/>
-  <c r="B81" i="7" l="1"/>
-  <c r="C81" i="7"/>
+  <c r="B80" i="7" l="1"/>
+  <c r="C80" i="7"/>
   <c r="D16" i="7" l="1"/>
   <c r="D24" i="7" s="1"/>
   <c r="D41" i="7" l="1"/>
-  <c r="D82" i="7"/>
+  <c r="D81" i="7"/>
   <c r="C61" i="7"/>
   <c r="C36" i="7"/>
   <c r="B16" i="7"/>
   <c r="B24" i="7" s="1"/>
   <c r="C40" i="7" l="1"/>
   <c r="C41" i="7" s="1"/>
   <c r="D62" i="7"/>
-  <c r="D223" i="7" s="1"/>
-[...1 lines deleted...]
-  <c r="B82" i="7"/>
+  <c r="D226" i="7" s="1"/>
+  <c r="C81" i="7"/>
+  <c r="B81" i="7"/>
   <c r="B41" i="7"/>
   <c r="B62" i="7" l="1"/>
-  <c r="B223" i="7" s="1"/>
+  <c r="B226" i="7" s="1"/>
   <c r="C62" i="7"/>
-  <c r="C223" i="7" s="1"/>
+  <c r="C226" i="7" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="140">
   <si>
     <t>CET ENERGOTERM RESITA SA</t>
   </si>
   <si>
     <t>IMOBILIAR CONSTRUCT SA</t>
   </si>
   <si>
     <t>TOTAL ELECTRIC OLTENIA SA</t>
   </si>
   <si>
     <t>CET BRASOV</t>
   </si>
   <si>
     <t>CET Iasi S.A.</t>
   </si>
   <si>
     <t>Ileximp SRL</t>
   </si>
   <si>
     <t>RAAN</t>
   </si>
   <si>
     <t>Electrocentrale Oradea</t>
   </si>
   <si>
@@ -470,54 +470,60 @@
   <si>
     <t>CLUSTER ENERGY SRL</t>
   </si>
   <si>
     <t>E &amp; D ENERGY SRL</t>
   </si>
   <si>
     <t>LITEGOSA SRL</t>
   </si>
   <si>
     <t>OASIS GREEN ENERGY 3 SRL</t>
   </si>
   <si>
     <t>RIENZA SRL</t>
   </si>
   <si>
     <t>ROMAQUA GROUP SA</t>
   </si>
   <si>
     <t>START FOTOVOLTAICE SRL</t>
   </si>
   <si>
     <t>ENCON PRIME SRL</t>
   </si>
   <si>
-    <t>situația existentă la data de 27.10.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 27 10 2025 (Lei)</t>
+    <t>FEH ENERGY SRL</t>
+  </si>
+  <si>
+    <t>RAAN SA</t>
+  </si>
+  <si>
+    <t>situația existentă la data de 22.12.2025</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
@@ -1221,138 +1227,138 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D226"/>
+  <dimension ref="A1:D229"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="66.42578125" style="2" customWidth="1"/>
     <col min="2" max="3" width="20.5703125" style="3" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>70</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
     </row>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B2" s="65"/>
       <c r="C2" s="65"/>
       <c r="D2" s="65"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="64"/>
       <c r="B3" s="64"/>
       <c r="C3" s="64"/>
       <c r="D3" s="64"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="66" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="68"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="69"/>
       <c r="B5" s="70"/>
       <c r="C5" s="70"/>
       <c r="D5" s="71"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="69"/>
       <c r="B6" s="70"/>
       <c r="C6" s="70"/>
       <c r="D6" s="71"/>
     </row>
     <row r="7" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="72"/>
       <c r="B7" s="73"/>
       <c r="C7" s="73"/>
       <c r="D7" s="74"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row r="9" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="11" t="s">
         <v>71</v>
       </c>
       <c r="B9" s="12"/>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
     </row>
     <row r="10" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
     </row>
     <row r="12" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5">
         <v>13306400.4</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="53">
@@ -1747,51 +1753,51 @@
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="40"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
     <row r="43" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="41" t="s">
         <v>76</v>
       </c>
       <c r="B43" s="13"/>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
     </row>
     <row r="44" spans="1:4" s="4" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="45" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="37" t="s">
         <v>14</v>
       </c>
       <c r="B45" s="17"/>
       <c r="C45" s="17"/>
       <c r="D45" s="17"/>
     </row>
     <row r="46" spans="1:4" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="35" t="s">
         <v>6</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="5">
         <v>0</v>
       </c>
       <c r="D46" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="38" t="s">
         <v>26</v>
@@ -1996,949 +2002,949 @@
       </c>
       <c r="D62" s="22">
         <f>D54+D61</f>
         <v>824722.24</v>
       </c>
     </row>
     <row r="64" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A64" s="11" t="s">
         <v>77</v>
       </c>
       <c r="B64" s="13"/>
       <c r="C64" s="13"/>
       <c r="D64" s="13"/>
     </row>
     <row r="65" spans="1:4" ht="45" x14ac:dyDescent="0.2">
       <c r="A65" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A66" s="16" t="s">
         <v>14</v>
       </c>
       <c r="B66" s="17"/>
       <c r="C66" s="17"/>
       <c r="D66" s="17"/>
     </row>
     <row r="67" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A67" s="10" t="s">
         <v>82</v>
       </c>
       <c r="B67" s="32"/>
       <c r="C67" s="24"/>
       <c r="D67" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A68" s="7" t="s">
         <v>119</v>
       </c>
       <c r="B68" s="34"/>
       <c r="C68" s="34"/>
       <c r="D68" s="34">
-        <v>7185815.5800000001</v>
+        <v>7295745.2800000003</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A69" s="10" t="s">
         <v>95</v>
       </c>
       <c r="B69" s="32"/>
       <c r="C69" s="24"/>
       <c r="D69" s="24">
         <v>1507413.49</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="5">
         <v>0</v>
       </c>
       <c r="C70" s="5">
         <v>1451.53</v>
       </c>
       <c r="D70" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="6" t="s">
         <v>82</v>
       </c>
       <c r="B71" s="5"/>
       <c r="C71" s="5"/>
       <c r="D71" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A72" s="27" t="s">
         <v>15</v>
       </c>
       <c r="B72" s="28">
         <f>SUM(B67:B69)</f>
         <v>0</v>
       </c>
       <c r="C72" s="28">
         <f>SUM(C67:C69)</f>
         <v>0</v>
       </c>
       <c r="D72" s="28">
         <f>SUM(D67:D71)</f>
-        <v>8693229.0700000003</v>
+        <v>8803158.7699999996</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="16" t="s">
         <v>73</v>
       </c>
       <c r="B73" s="17"/>
       <c r="C73" s="17"/>
       <c r="D73" s="17"/>
     </row>
-    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A74" s="56" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="B74" s="5"/>
+      <c r="C74" s="5"/>
       <c r="D74" s="5">
-        <v>15460.51</v>
+        <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A75" s="56" t="s">
         <v>82</v>
       </c>
       <c r="B75" s="5"/>
       <c r="C75" s="5"/>
       <c r="D75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="56" t="s">
-[...4 lines deleted...]
-      <c r="D76" s="5">
+      <c r="A76" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="B76" s="32"/>
+      <c r="C76" s="24"/>
+      <c r="D76" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A77" s="23" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="B77" s="32"/>
       <c r="C77" s="24"/>
       <c r="D77" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A78" s="23" t="s">
-        <v>65</v>
+        <v>110</v>
       </c>
       <c r="B78" s="32"/>
       <c r="C78" s="24"/>
       <c r="D78" s="24">
-        <v>0</v>
+        <v>10787.69</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A79" s="23" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B79" s="32"/>
       <c r="C79" s="24"/>
       <c r="D79" s="24">
-        <v>10787.69</v>
+        <v>10684.46</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="23" t="s">
+      <c r="A80" s="27" t="s">
+        <v>72</v>
+      </c>
+      <c r="B80" s="27">
+        <f>SUM(B74:B76)</f>
+        <v>0</v>
+      </c>
+      <c r="C80" s="27">
+        <f>SUM(C74:C76)</f>
+        <v>0</v>
+      </c>
+      <c r="D80" s="5">
+        <f>SUM(D74:D79)</f>
+        <v>21472.15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="19" t="s">
+        <v>75</v>
+      </c>
+      <c r="B81" s="22">
+        <f>B72+B80</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="22">
+        <f>C72+C80</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="22">
+        <f>D72+D80</f>
+        <v>8824630.9199999999</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A82" s="9"/>
+    </row>
+    <row r="83" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B83" s="13"/>
+      <c r="C83" s="13"/>
+      <c r="D83" s="13"/>
+    </row>
+    <row r="84" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B84" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D84" s="15" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A85" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="B85" s="15"/>
+      <c r="C85" s="15"/>
+      <c r="D85" s="15"/>
+    </row>
+    <row r="86" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="B80" s="32"/>
-[...72 lines deleted...]
-    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="B86" s="34"/>
+      <c r="C86" s="34"/>
+      <c r="D86" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A87" s="7" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="B87" s="34"/>
       <c r="C87" s="34"/>
       <c r="D87" s="24">
-        <v>109929.70000000019</v>
+        <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A88" s="7" t="s">
         <v>124</v>
       </c>
       <c r="B88" s="34"/>
       <c r="C88" s="34"/>
       <c r="D88" s="24">
-        <v>2049.86</v>
-[...4 lines deleted...]
-        <v>99</v>
+        <v>269124.08</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A89" s="10" t="s">
+        <v>128</v>
       </c>
       <c r="B89" s="34"/>
       <c r="C89" s="34"/>
-      <c r="D89" s="34">
-        <v>0</v>
+      <c r="D89" s="24">
+        <v>21.15</v>
       </c>
     </row>
     <row r="90" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B90" s="51"/>
+      <c r="A90" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="B90" s="34"/>
       <c r="C90" s="34"/>
       <c r="D90" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A91" s="7" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B91" s="51"/>
       <c r="C91" s="34"/>
       <c r="D91" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="52" t="s">
-[...2 lines deleted...]
-      <c r="B92" s="34"/>
+      <c r="A92" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B92" s="51"/>
       <c r="C92" s="34"/>
       <c r="D92" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A93" s="52" t="s">
-        <v>92</v>
+        <v>59</v>
       </c>
       <c r="B93" s="34"/>
       <c r="C93" s="34"/>
       <c r="D93" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A94" s="52" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="B94" s="34"/>
       <c r="C94" s="34"/>
       <c r="D94" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A95" s="52" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B95" s="34"/>
       <c r="C95" s="34"/>
       <c r="D95" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A96" s="52" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B96" s="34"/>
       <c r="C96" s="34"/>
       <c r="D96" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="7" t="s">
-[...2 lines deleted...]
-      <c r="B97" s="51"/>
+      <c r="A97" s="52" t="s">
+        <v>93</v>
+      </c>
+      <c r="B97" s="34"/>
       <c r="C97" s="34"/>
       <c r="D97" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A98" s="7" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
       <c r="B98" s="51"/>
       <c r="C98" s="34"/>
       <c r="D98" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A99" s="7" t="s">
-        <v>48</v>
+        <v>87</v>
       </c>
       <c r="B99" s="51"/>
       <c r="C99" s="34"/>
       <c r="D99" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A100" s="7" t="s">
-        <v>99</v>
+        <v>48</v>
       </c>
       <c r="B100" s="51"/>
       <c r="C100" s="34"/>
       <c r="D100" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A101" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B101" s="51"/>
       <c r="C101" s="34"/>
       <c r="D101" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A102" s="7" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B102" s="51"/>
       <c r="C102" s="34"/>
       <c r="D102" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A103" s="7" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B103" s="51"/>
       <c r="C103" s="34"/>
       <c r="D103" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="52" t="s">
-[...2 lines deleted...]
-      <c r="B104" s="34"/>
+      <c r="A104" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B104" s="51"/>
       <c r="C104" s="34"/>
       <c r="D104" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A105" s="52" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B105" s="34"/>
       <c r="C105" s="34"/>
       <c r="D105" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A106" s="52" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="B106" s="34"/>
       <c r="C106" s="34"/>
       <c r="D106" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A107" s="52" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="B107" s="34"/>
       <c r="C107" s="34"/>
       <c r="D107" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A108" s="52" t="s">
-        <v>41</v>
+        <v>89</v>
       </c>
       <c r="B108" s="34"/>
       <c r="C108" s="34"/>
       <c r="D108" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A109" s="52" t="s">
-        <v>99</v>
+        <v>41</v>
       </c>
       <c r="B109" s="34"/>
       <c r="C109" s="34"/>
       <c r="D109" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A110" s="52" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="B110" s="34"/>
       <c r="C110" s="34"/>
       <c r="D110" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A111" s="7" t="s">
-        <v>96</v>
+      <c r="A111" s="52" t="s">
+        <v>105</v>
       </c>
       <c r="B111" s="34"/>
       <c r="C111" s="34"/>
       <c r="D111" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A112" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B112" s="34"/>
       <c r="C112" s="34"/>
       <c r="D112" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A113" s="7" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B113" s="34"/>
       <c r="C113" s="34"/>
       <c r="D113" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A114" s="7" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B114" s="34"/>
       <c r="C114" s="34"/>
       <c r="D114" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A115" s="7" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B115" s="34"/>
       <c r="C115" s="34"/>
       <c r="D115" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A116" s="7" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="B116" s="34"/>
       <c r="C116" s="34"/>
       <c r="D116" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A117" s="7" t="s">
-        <v>123</v>
+        <v>56</v>
       </c>
       <c r="B117" s="34"/>
       <c r="C117" s="34"/>
-      <c r="D117" s="24">
+      <c r="D117" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A118" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B118" s="34"/>
       <c r="C118" s="34"/>
       <c r="D118" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A119" s="7" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B119" s="34"/>
       <c r="C119" s="34"/>
       <c r="D119" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A120" s="7" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="B120" s="34"/>
       <c r="C120" s="34"/>
       <c r="D120" s="24">
-        <v>335.68</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A121" s="52" t="s">
         <v>46</v>
       </c>
       <c r="B121" s="34"/>
       <c r="C121" s="34"/>
       <c r="D121" s="24">
         <v>21.07</v>
       </c>
     </row>
-    <row r="122" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>122</v>
+    <row r="122" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A122" s="7" t="s">
+        <v>136</v>
       </c>
       <c r="B122" s="34"/>
       <c r="C122" s="34"/>
       <c r="D122" s="24">
-        <v>0</v>
+        <v>5.27</v>
       </c>
     </row>
     <row r="123" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A123" s="10" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="B123" s="34"/>
       <c r="C123" s="34"/>
       <c r="D123" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A124" s="10" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B124" s="34"/>
       <c r="C124" s="34"/>
       <c r="D124" s="24">
-        <v>30.67</v>
-[...4 lines deleted...]
-        <v>128</v>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="7" t="s">
+        <v>121</v>
       </c>
       <c r="B125" s="34"/>
       <c r="C125" s="34"/>
       <c r="D125" s="24">
-        <v>21.15</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:4" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A126" s="7" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B126" s="34"/>
       <c r="C126" s="34"/>
       <c r="D126" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:4" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="52" t="s">
-        <v>132</v>
+      <c r="A127" s="7" t="s">
+        <v>118</v>
       </c>
       <c r="B127" s="34"/>
       <c r="C127" s="34"/>
       <c r="D127" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="128" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:4" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="52" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B128" s="34"/>
       <c r="C128" s="34"/>
       <c r="D128" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="10" t="s">
-        <v>121</v>
+      <c r="A129" s="52" t="s">
+        <v>130</v>
       </c>
       <c r="B129" s="34"/>
       <c r="C129" s="34"/>
       <c r="D129" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="7" t="s">
-        <v>131</v>
+      <c r="A130" s="10" t="s">
+        <v>121</v>
       </c>
       <c r="B130" s="34"/>
       <c r="C130" s="34"/>
       <c r="D130" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A131" s="7" t="s">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="B131" s="34"/>
       <c r="C131" s="34"/>
       <c r="D131" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A132" s="7" t="s">
-        <v>129</v>
+        <v>108</v>
       </c>
       <c r="B132" s="34"/>
       <c r="C132" s="34"/>
       <c r="D132" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="10" t="s">
-        <v>127</v>
+      <c r="A133" s="7" t="s">
+        <v>129</v>
       </c>
       <c r="B133" s="34"/>
       <c r="C133" s="34"/>
       <c r="D133" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A134" s="10" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="B134" s="34"/>
       <c r="C134" s="34"/>
       <c r="D134" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="7" t="s">
-        <v>126</v>
+      <c r="A135" s="10" t="s">
+        <v>97</v>
       </c>
       <c r="B135" s="34"/>
       <c r="C135" s="34"/>
       <c r="D135" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A136" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B136" s="34"/>
       <c r="C136" s="34"/>
       <c r="D136" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A137" s="7" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="B137" s="34"/>
       <c r="C137" s="34"/>
       <c r="D137" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A138" s="7" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="B138" s="34"/>
       <c r="C138" s="34"/>
       <c r="D138" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="10" t="s">
-        <v>109</v>
+      <c r="A139" s="7" t="s">
+        <v>125</v>
       </c>
       <c r="B139" s="34"/>
       <c r="C139" s="34"/>
       <c r="D139" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A140" s="10" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="B140" s="34"/>
       <c r="C140" s="34"/>
       <c r="D140" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B141" s="2"/>
-[...1 lines deleted...]
-      <c r="D141" s="2"/>
+      <c r="A141" s="10" t="s">
+        <v>121</v>
+      </c>
+      <c r="B141" s="34"/>
+      <c r="C141" s="34"/>
+      <c r="D141" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="142" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="10" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="B142" s="2"/>
+      <c r="C142" s="2"/>
+      <c r="D142" s="2"/>
     </row>
     <row r="143" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A143" s="10" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="B143" s="34"/>
       <c r="C143" s="34"/>
       <c r="D143" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="B144" s="2"/>
-[...1 lines deleted...]
-      <c r="D144" s="2"/>
+      <c r="A144" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B144" s="34"/>
+      <c r="C144" s="34"/>
+      <c r="D144" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="145" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A145" s="10" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="B145" s="2"/>
+      <c r="C145" s="2"/>
+      <c r="D145" s="2"/>
     </row>
     <row r="146" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A146" s="10" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="B146" s="34"/>
       <c r="C146" s="34"/>
       <c r="D146" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A147" s="10" t="s">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="B147" s="34"/>
       <c r="C147" s="34"/>
       <c r="D147" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A148" s="59" t="s">
+      <c r="A148" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="B148" s="34"/>
+      <c r="C148" s="34"/>
+      <c r="D148" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="59" t="s">
         <v>116</v>
       </c>
-      <c r="B148" s="60"/>
-[...6 lines deleted...]
-      <c r="A149" s="7" t="s">
+      <c r="B149" s="60"/>
+      <c r="C149" s="60"/>
+      <c r="D149" s="54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="7" t="s">
         <v>119</v>
-      </c>
-[...8 lines deleted...]
-        <v>117</v>
       </c>
       <c r="B150" s="34"/>
       <c r="C150" s="34"/>
       <c r="D150" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="10"/>
+      <c r="A151" s="10" t="s">
+        <v>117</v>
+      </c>
       <c r="B151" s="34"/>
       <c r="C151" s="34"/>
-      <c r="D151" s="24"/>
+      <c r="D151" s="24">
+        <v>0</v>
+      </c>
     </row>
     <row r="152" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A152" s="10"/>
       <c r="B152" s="34"/>
       <c r="C152" s="34"/>
       <c r="D152" s="24"/>
     </row>
     <row r="153" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A153" s="10"/>
       <c r="B153" s="34"/>
       <c r="C153" s="34"/>
       <c r="D153" s="24"/>
     </row>
     <row r="154" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="52"/>
+      <c r="A154" s="10"/>
       <c r="B154" s="34"/>
       <c r="C154" s="34"/>
       <c r="D154" s="24"/>
     </row>
     <row r="155" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="10"/>
+      <c r="A155" s="52"/>
       <c r="B155" s="34"/>
       <c r="C155" s="34"/>
       <c r="D155" s="24"/>
     </row>
     <row r="156" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="52"/>
+      <c r="A156" s="10"/>
       <c r="B156" s="34"/>
       <c r="C156" s="34"/>
       <c r="D156" s="24"/>
     </row>
     <row r="157" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A157" s="10"/>
+      <c r="A157" s="52"/>
       <c r="B157" s="34"/>
       <c r="C157" s="34"/>
       <c r="D157" s="24"/>
     </row>
     <row r="158" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A158" s="10"/>
       <c r="B158" s="34"/>
       <c r="C158" s="34"/>
       <c r="D158" s="24"/>
     </row>
     <row r="159" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A159" s="10"/>
       <c r="B159" s="34"/>
       <c r="C159" s="34"/>
       <c r="D159" s="24"/>
     </row>
     <row r="160" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A160" s="10"/>
       <c r="B160" s="34"/>
       <c r="C160" s="34"/>
       <c r="D160" s="24"/>
     </row>
     <row r="161" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A161" s="10"/>
       <c r="B161" s="34"/>
@@ -2954,659 +2960,685 @@
     <row r="163" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A163" s="10"/>
       <c r="B163" s="34"/>
       <c r="C163" s="34"/>
       <c r="D163" s="24"/>
     </row>
     <row r="164" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A164" s="10"/>
       <c r="B164" s="34"/>
       <c r="C164" s="34"/>
       <c r="D164" s="24"/>
     </row>
     <row r="165" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A165" s="10"/>
       <c r="B165" s="34"/>
       <c r="C165" s="34"/>
       <c r="D165" s="24"/>
     </row>
     <row r="166" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A166" s="10"/>
       <c r="B166" s="34"/>
       <c r="C166" s="34"/>
       <c r="D166" s="24"/>
     </row>
     <row r="167" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A167" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A167" s="10"/>
       <c r="B167" s="34"/>
       <c r="C167" s="34"/>
-      <c r="D167" s="24">
-[...1 lines deleted...]
-      </c>
+      <c r="D167" s="24"/>
     </row>
     <row r="168" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A168" s="10" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B168" s="34"/>
       <c r="C168" s="34"/>
       <c r="D168" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A169" s="10" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B169" s="34"/>
       <c r="C169" s="34"/>
       <c r="D169" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A170" s="7" t="s">
-        <v>114</v>
+      <c r="A170" s="10" t="s">
+        <v>113</v>
       </c>
       <c r="B170" s="34"/>
       <c r="C170" s="34"/>
       <c r="D170" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A171" s="10" t="s">
-        <v>103</v>
+      <c r="A171" s="7" t="s">
+        <v>114</v>
       </c>
       <c r="B171" s="34"/>
       <c r="C171" s="34"/>
       <c r="D171" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A172" s="10" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="B172" s="34"/>
       <c r="C172" s="34"/>
       <c r="D172" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A173" s="10" t="s">
-        <v>115</v>
+        <v>90</v>
       </c>
       <c r="B173" s="34"/>
       <c r="C173" s="34"/>
       <c r="D173" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="52" t="s">
-        <v>108</v>
+      <c r="A174" s="10" t="s">
+        <v>115</v>
       </c>
       <c r="B174" s="34"/>
       <c r="C174" s="34"/>
       <c r="D174" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="7" t="s">
-        <v>114</v>
+      <c r="A175" s="52" t="s">
+        <v>108</v>
       </c>
       <c r="B175" s="34"/>
       <c r="C175" s="34"/>
       <c r="D175" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="176" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A176" s="27" t="s">
+    <row r="176" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="B176" s="34"/>
+      <c r="C176" s="34"/>
+      <c r="D176" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="B177" s="34"/>
+      <c r="C177" s="34"/>
+      <c r="D177" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A178" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="B176" s="28">
-[...13 lines deleted...]
-      <c r="A177" s="43" t="s">
+      <c r="B178" s="28">
+        <f>SUM(B117:B175)</f>
+        <v>0</v>
+      </c>
+      <c r="C178" s="28">
+        <f>SUM(C117:C175)</f>
+        <v>0</v>
+      </c>
+      <c r="D178" s="28">
+        <f>SUM(D86:D177)</f>
+        <v>269171.57000000007</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" s="44" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A179" s="43" t="s">
         <v>73</v>
       </c>
-      <c r="B177" s="43"/>
-[...4 lines deleted...]
-      <c r="A178" s="45" t="s">
+      <c r="B179" s="43"/>
+      <c r="C179" s="43"/>
+      <c r="D179" s="43"/>
+    </row>
+    <row r="180" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="45" t="s">
         <v>52</v>
-      </c>
-[...18 lines deleted...]
-        <v>63</v>
       </c>
       <c r="B180" s="47"/>
       <c r="C180" s="46"/>
       <c r="D180" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:4" s="44" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A181" s="45" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B181" s="47"/>
       <c r="C181" s="46"/>
       <c r="D181" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="182" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="182" spans="1:4" s="44" customFormat="1" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="45" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="B182" s="47"/>
       <c r="C182" s="46"/>
       <c r="D182" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="183" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="183" spans="1:4" s="44" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
       <c r="A183" s="45" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B183" s="47"/>
       <c r="C183" s="46"/>
       <c r="D183" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A184" s="48" t="s">
-        <v>36</v>
+      <c r="A184" s="45" t="s">
+        <v>43</v>
       </c>
       <c r="B184" s="47"/>
       <c r="C184" s="46"/>
       <c r="D184" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A185" s="48" t="s">
-        <v>80</v>
+      <c r="A185" s="45" t="s">
+        <v>45</v>
       </c>
       <c r="B185" s="47"/>
       <c r="C185" s="46"/>
       <c r="D185" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="48" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="B186" s="47"/>
       <c r="C186" s="46"/>
       <c r="D186" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A187" s="45" t="s">
-        <v>42</v>
+      <c r="A187" s="48" t="s">
+        <v>80</v>
       </c>
       <c r="B187" s="47"/>
       <c r="C187" s="46"/>
       <c r="D187" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A188" s="45" t="s">
-        <v>41</v>
+      <c r="A188" s="48" t="s">
+        <v>85</v>
       </c>
       <c r="B188" s="47"/>
       <c r="C188" s="46"/>
       <c r="D188" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="45" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="B189" s="47"/>
       <c r="C189" s="46"/>
       <c r="D189" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="45" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="B190" s="47"/>
       <c r="C190" s="46"/>
       <c r="D190" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="191" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C191" s="24"/>
+    <row r="191" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="45" t="s">
+        <v>51</v>
+      </c>
+      <c r="B191" s="47"/>
+      <c r="C191" s="46"/>
       <c r="D191" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="192" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C192" s="24"/>
+    <row r="192" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="B192" s="47"/>
+      <c r="C192" s="46"/>
       <c r="D192" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="10" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="B193" s="32"/>
       <c r="C193" s="24"/>
       <c r="D193" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="10" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B194" s="32"/>
       <c r="C194" s="24"/>
       <c r="D194" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A195" s="23" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A195" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B195" s="32"/>
+      <c r="C195" s="24"/>
       <c r="D195" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A196" s="23" t="s">
-        <v>56</v>
+      <c r="A196" s="10" t="s">
+        <v>69</v>
       </c>
       <c r="B196" s="32"/>
       <c r="C196" s="24"/>
       <c r="D196" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="23" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-      <c r="C197" s="24"/>
+        <v>28</v>
+      </c>
+      <c r="B197" s="32">
+        <v>0</v>
+      </c>
+      <c r="C197" s="24">
+        <v>0.16</v>
+      </c>
       <c r="D197" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="23" t="s">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="B198" s="32"/>
       <c r="C198" s="24"/>
       <c r="D198" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="23" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B199" s="32"/>
       <c r="C199" s="24"/>
       <c r="D199" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="23" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="B200" s="32"/>
       <c r="C200" s="24"/>
       <c r="D200" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A201" s="10" t="s">
-        <v>62</v>
+      <c r="A201" s="23" t="s">
+        <v>94</v>
       </c>
       <c r="B201" s="32"/>
       <c r="C201" s="24"/>
       <c r="D201" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A202" s="10" t="s">
-        <v>39</v>
+      <c r="A202" s="23" t="s">
+        <v>58</v>
       </c>
       <c r="B202" s="32"/>
       <c r="C202" s="24"/>
       <c r="D202" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="203" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A203" s="30" t="s">
+    <row r="203" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B203" s="32"/>
+      <c r="C203" s="24"/>
+      <c r="D203" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B204" s="32"/>
+      <c r="C204" s="24"/>
+      <c r="D204" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="B203" s="31"/>
-[...6 lines deleted...]
-      <c r="A204" s="25" t="s">
+      <c r="B205" s="31"/>
+      <c r="C205" s="31"/>
+      <c r="D205" s="31">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="B204" s="32">
-[...2 lines deleted...]
-      <c r="C204" s="26">
+      <c r="B206" s="32">
+        <v>0</v>
+      </c>
+      <c r="C206" s="26">
         <v>6.45</v>
       </c>
-      <c r="D204" s="26">
-[...4 lines deleted...]
-      <c r="A205" s="23" t="s">
+      <c r="D206" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="23" t="s">
         <v>37</v>
-      </c>
-[...18 lines deleted...]
-        <v>66</v>
       </c>
       <c r="B207" s="32"/>
       <c r="C207" s="24"/>
       <c r="D207" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A208" s="10" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="B208" s="32"/>
       <c r="C208" s="24"/>
       <c r="D208" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A209" s="10" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B209" s="32"/>
       <c r="C209" s="24"/>
       <c r="D209" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="210" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="210" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A210" s="10" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B210" s="32"/>
       <c r="C210" s="24"/>
       <c r="D210" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="211" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>57</v>
+    <row r="211" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="10" t="s">
+        <v>55</v>
       </c>
       <c r="B211" s="32"/>
       <c r="C211" s="24"/>
       <c r="D211" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="10" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="B212" s="32"/>
       <c r="C212" s="24"/>
       <c r="D212" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="10" t="s">
-        <v>60</v>
+      <c r="A213" s="42" t="s">
+        <v>57</v>
       </c>
       <c r="B213" s="32"/>
       <c r="C213" s="24"/>
       <c r="D213" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="10" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="B214" s="32"/>
       <c r="C214" s="24"/>
       <c r="D214" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="10" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="B215" s="32"/>
       <c r="C215" s="24"/>
       <c r="D215" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="10" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="B216" s="32"/>
       <c r="C216" s="24"/>
       <c r="D216" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A217" s="49" t="s">
-        <v>91</v>
+      <c r="A217" s="10" t="s">
+        <v>86</v>
       </c>
       <c r="B217" s="32"/>
       <c r="C217" s="24"/>
       <c r="D217" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A218" s="49" t="s">
-        <v>87</v>
+      <c r="A218" s="10" t="s">
+        <v>90</v>
       </c>
       <c r="B218" s="32"/>
       <c r="C218" s="24"/>
       <c r="D218" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="49" t="s">
         <v>91</v>
       </c>
       <c r="B219" s="32"/>
       <c r="C219" s="24"/>
       <c r="D219" s="24">
         <v>0</v>
       </c>
     </row>
-    <row r="220" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A220" s="27" t="s">
+    <row r="220" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="49" t="s">
+        <v>87</v>
+      </c>
+      <c r="B220" s="32"/>
+      <c r="C220" s="24"/>
+      <c r="D220" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B221" s="32"/>
+      <c r="C221" s="24"/>
+      <c r="D221" s="24">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="49" t="s">
+        <v>91</v>
+      </c>
+      <c r="B222" s="32"/>
+      <c r="C222" s="24"/>
+      <c r="D222" s="24">
+        <v>3121.94</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A223" s="27" t="s">
         <v>72</v>
       </c>
-      <c r="B220" s="28">
-[...3 lines deleted...]
-      <c r="C220" s="28">
+      <c r="B223" s="28">
+        <f t="shared" ref="B223:D223" si="0">SUM(B221:B222)</f>
+        <v>0</v>
+      </c>
+      <c r="C223" s="28">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D220" s="28">
-[...5 lines deleted...]
-      <c r="A221" s="18" t="s">
+      <c r="D223" s="28">
+        <f t="shared" si="0"/>
+        <v>3121.94</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A224" s="18" t="s">
         <v>29</v>
       </c>
-      <c r="B221" s="21">
-[...13 lines deleted...]
-      <c r="A223" s="18" t="s">
+      <c r="B224" s="21">
+        <f>B178+B223</f>
+        <v>0</v>
+      </c>
+      <c r="C224" s="21">
+        <f>C178+C223</f>
+        <v>0</v>
+      </c>
+      <c r="D224" s="21">
+        <f>D178+D223</f>
+        <v>272293.51000000007</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A226" s="18" t="s">
         <v>74</v>
       </c>
-      <c r="B223" s="21">
-[...4 lines deleted...]
-        <f>C41+C62+C82+C221</f>
+      <c r="B226" s="21">
+        <f>B41+B62+B81+B224</f>
+        <v>26642003.330000002</v>
+      </c>
+      <c r="C226" s="21" t="e">
+        <f>C41+C62+C81+C224</f>
         <v>#REF!</v>
       </c>
-      <c r="D223" s="21">
-[...4 lines deleted...]
-    <row r="226" ht="18.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="D226" s="21">
+        <f>D41+D62+D81+D224</f>
+        <v>60330030.150000006</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <autoFilter ref="A86:D86"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="D83:D123"/>
+  <autoFilter ref="A85:D85"/>
+  <sortState ref="A83:G120">
+    <sortCondition descending="1" ref="D83:D120"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A4:D7"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="75" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="41" max="16383" man="1"/>
     <brk id="62" max="16383" man="1"/>
-    <brk id="82" max="16383" man="1"/>
+    <brk id="81" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Prezentare Generala PE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>