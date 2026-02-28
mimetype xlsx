--- v1 (2025-12-29)
+++ v2 (2026-02-28)
@@ -1,113 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Creante\2026\februarie\site\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D54E4D26-7096-4294-97AD-BD08A9867A93}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="547"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="547" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Prezentare Generala PE" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prezentare Generala PE'!$A$85:$D$85</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Prezentare Generala PE'!$A$86:$D$86</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B223" i="7" l="1"/>
-[...8 lines deleted...]
-  <c r="C224" i="7"/>
+  <c r="D81" i="7" l="1"/>
+  <c r="D73" i="7"/>
+  <c r="D108" i="7"/>
+  <c r="D201" i="7" s="1"/>
+  <c r="D82" i="7" l="1"/>
+  <c r="B246" i="7"/>
+  <c r="C246" i="7"/>
+  <c r="D246" i="7"/>
+  <c r="D247" i="7" s="1"/>
+  <c r="B201" i="7" l="1"/>
+  <c r="C201" i="7"/>
+  <c r="B247" i="7" l="1"/>
+  <c r="C247" i="7"/>
   <c r="D37" i="7" l="1"/>
   <c r="D40" i="7" s="1"/>
   <c r="C24" i="7"/>
   <c r="B61" i="7" l="1"/>
   <c r="D61" i="7"/>
   <c r="D54" i="7"/>
   <c r="B54" i="7"/>
   <c r="C54" i="7"/>
   <c r="B40" i="7" l="1"/>
-  <c r="B72" i="7" l="1"/>
-[...3 lines deleted...]
-  <c r="C80" i="7"/>
+  <c r="B73" i="7" l="1"/>
+  <c r="C73" i="7"/>
+  <c r="B81" i="7" l="1"/>
+  <c r="C81" i="7"/>
   <c r="D16" i="7" l="1"/>
   <c r="D24" i="7" s="1"/>
   <c r="D41" i="7" l="1"/>
-  <c r="D81" i="7"/>
   <c r="C61" i="7"/>
   <c r="C36" i="7"/>
   <c r="B16" i="7"/>
   <c r="B24" i="7" s="1"/>
   <c r="C40" i="7" l="1"/>
   <c r="C41" i="7" s="1"/>
   <c r="D62" i="7"/>
-  <c r="D226" i="7" s="1"/>
-[...1 lines deleted...]
-  <c r="B81" i="7"/>
+  <c r="D249" i="7" s="1"/>
+  <c r="C82" i="7"/>
+  <c r="B82" i="7"/>
   <c r="B41" i="7"/>
   <c r="B62" i="7" l="1"/>
-  <c r="B226" i="7" s="1"/>
+  <c r="B249" i="7" s="1"/>
   <c r="C62" i="7"/>
-  <c r="C226" i="7" s="1"/>
+  <c r="C249" i="7" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="149">
   <si>
     <t>CET ENERGOTERM RESITA SA</t>
   </si>
   <si>
     <t>IMOBILIAR CONSTRUCT SA</t>
   </si>
   <si>
     <t>TOTAL ELECTRIC OLTENIA SA</t>
   </si>
   <si>
     <t>CET BRASOV</t>
   </si>
   <si>
     <t>CET Iasi S.A.</t>
   </si>
   <si>
     <t>Ileximp SRL</t>
   </si>
   <si>
     <t>RAAN</t>
   </si>
   <si>
     <t>Electrocentrale Oradea</t>
   </si>
   <si>
@@ -476,74 +483,101 @@
   <si>
     <t>LITEGOSA SRL</t>
   </si>
   <si>
     <t>OASIS GREEN ENERGY 3 SRL</t>
   </si>
   <si>
     <t>RIENZA SRL</t>
   </si>
   <si>
     <t>ROMAQUA GROUP SA</t>
   </si>
   <si>
     <t>START FOTOVOLTAICE SRL</t>
   </si>
   <si>
     <t>ENCON PRIME SRL</t>
   </si>
   <si>
     <t>FEH ENERGY SRL</t>
   </si>
   <si>
     <t>RAAN SA</t>
   </si>
   <si>
-    <t>situația existentă la data de 22.12.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
+    <t>ENERGY INNOVATIVE SOLUTIONS SRL</t>
+  </si>
+  <si>
+    <t>GLYPTODON SRL</t>
+  </si>
+  <si>
+    <t>MIRA GREEN PLANET SRL</t>
+  </si>
+  <si>
+    <t>NOVA PS 110 SRL</t>
+  </si>
+  <si>
+    <t>OMV PETROM SA</t>
+  </si>
+  <si>
+    <t>SOFTENERG SRL</t>
+  </si>
+  <si>
+    <t>STANDARD GRUP 4 TERM SRL</t>
+  </si>
+  <si>
+    <t>BURSA ROMANA DE MARFURI SA</t>
+  </si>
+  <si>
+    <t>DINERGY POWER SRL</t>
+  </si>
+  <si>
+    <t>situația existentă la data de 16.02.2026</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 16 02 2026 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -744,51 +778,50 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -811,50 +844,51 @@
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
@@ -862,166 +896,168 @@
     <xf numFmtId="165" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="2" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1049,51 +1085,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1226,189 +1262,189 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:D229"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:D252"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:D7"/>
+    <sheetView tabSelected="1" topLeftCell="A79" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
+      <selection activeCell="A113" sqref="A113:XFD116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="66.42578125" style="2" customWidth="1"/>
     <col min="2" max="3" width="20.5703125" style="3" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
+      <c r="A1" s="28" t="s">
         <v>70</v>
       </c>
-      <c r="B1" s="29"/>
-[...1 lines deleted...]
-      <c r="D1" s="29"/>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
     </row>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="65" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="B2" s="65"/>
       <c r="C2" s="65"/>
       <c r="D2" s="65"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="64"/>
       <c r="B3" s="64"/>
       <c r="C3" s="64"/>
       <c r="D3" s="64"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="66" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="B4" s="67"/>
       <c r="C4" s="67"/>
       <c r="D4" s="68"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="69"/>
       <c r="B5" s="70"/>
       <c r="C5" s="70"/>
       <c r="D5" s="71"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="69"/>
       <c r="B6" s="70"/>
       <c r="C6" s="70"/>
       <c r="D6" s="71"/>
     </row>
     <row r="7" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="72"/>
       <c r="B7" s="73"/>
       <c r="C7" s="73"/>
       <c r="D7" s="74"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
-    <row r="9" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="11" t="s">
+    <row r="9" spans="1:4" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
         <v>71</v>
       </c>
-      <c r="B9" s="12"/>
-[...1 lines deleted...]
-      <c r="D9" s="12"/>
+      <c r="B9" s="11"/>
+      <c r="C9" s="11"/>
+      <c r="D9" s="11"/>
     </row>
     <row r="10" spans="1:4" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="14" t="s">
+      <c r="A10" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B10" s="15" t="s">
+      <c r="B10" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="C10" s="15" t="s">
+      <c r="C10" s="14" t="s">
         <v>32</v>
       </c>
-      <c r="D10" s="15" t="s">
-        <v>138</v>
+      <c r="D10" s="14" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="17"/>
-[...1 lines deleted...]
-      <c r="D11" s="17"/>
+      <c r="B11" s="16"/>
+      <c r="C11" s="16"/>
+      <c r="D11" s="16"/>
     </row>
     <row r="12" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="8" t="s">
+      <c r="A12" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5">
         <v>13306400.4</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="53">
         <v>0</v>
       </c>
       <c r="C13" s="53">
         <v>9989440.5</v>
       </c>
       <c r="D13" s="53">
         <v>9989440.5</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="36" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="53">
         <v>9102629.4399999995</v>
       </c>
       <c r="C14" s="53">
         <v>9102629.4399999995</v>
       </c>
       <c r="D14" s="53">
         <v>9102629.4399999995</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="8" t="s">
+      <c r="A15" s="7" t="s">
         <v>2</v>
       </c>
       <c r="B15" s="5">
         <v>7606265.4500000002</v>
       </c>
       <c r="C15" s="5">
         <v>0</v>
       </c>
       <c r="D15" s="5">
         <v>7606265.4500000002</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="35" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="5">
         <f>4231636.44</f>
         <v>4231636.4400000004</v>
       </c>
       <c r="C16" s="5">
         <v>0</v>
       </c>
       <c r="D16" s="5">
         <f>4231636.44</f>
@@ -1418,2227 +1454,2459 @@
     <row r="17" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="35" t="s">
         <v>4</v>
       </c>
       <c r="B17" s="5">
         <v>1332904.8700000001</v>
       </c>
       <c r="C17" s="5">
         <v>0</v>
       </c>
       <c r="D17" s="5">
         <v>1332904.8700000001</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="35" t="s">
         <v>44</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5">
         <v>1114353.03</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="8" t="s">
+      <c r="A19" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="5">
         <v>946422.43</v>
       </c>
       <c r="C19" s="5">
         <v>0</v>
       </c>
       <c r="D19" s="5">
         <v>946422.43</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="8" t="s">
+      <c r="A20" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="B20" s="8">
+      <c r="B20" s="7">
         <v>938299.3</v>
       </c>
-      <c r="C20" s="8">
-[...2 lines deleted...]
-      <c r="D20" s="8"/>
+      <c r="C20" s="7">
+        <v>0</v>
+      </c>
+      <c r="D20" s="7"/>
     </row>
     <row r="21" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="61" t="s">
+      <c r="A21" s="59" t="s">
         <v>102</v>
       </c>
-      <c r="B21" s="58">
+      <c r="B21" s="56">
         <v>399485.23</v>
       </c>
-      <c r="C21" s="58">
-[...2 lines deleted...]
-      <c r="D21" s="58">
+      <c r="C21" s="56">
+        <v>0</v>
+      </c>
+      <c r="D21" s="56">
         <v>264130.09000000003</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="62" t="s">
+      <c r="A22" s="60" t="s">
         <v>6</v>
       </c>
       <c r="B22" s="53">
         <v>0</v>
       </c>
       <c r="C22" s="53">
         <v>31116.23</v>
       </c>
       <c r="D22" s="53">
         <v>14002.75</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="7" t="s">
+      <c r="A23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="B23" s="54"/>
       <c r="C23" s="54"/>
       <c r="D23" s="54">
         <v>7037.78</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="28">
+      <c r="B24" s="27">
         <f>SUM(B12:B23)</f>
         <v>24557643.160000004</v>
       </c>
-      <c r="C24" s="28">
+      <c r="C24" s="27">
         <f>SUM(C12:C23)</f>
         <v>19123186.169999998</v>
       </c>
-      <c r="D24" s="28">
+      <c r="D24" s="27">
         <f>SUM(D12:D23)</f>
         <v>47915223.18</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="37" t="s">
         <v>73</v>
       </c>
       <c r="B25" s="50"/>
       <c r="C25" s="50"/>
       <c r="D25" s="50"/>
     </row>
     <row r="26" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="35" t="s">
         <v>2</v>
       </c>
       <c r="B26" s="5">
         <v>1406797.12</v>
       </c>
-      <c r="C26" s="33">
+      <c r="C26" s="32">
         <v>0</v>
       </c>
       <c r="D26" s="5">
         <v>1406797.12</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="35" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="55">
         <v>0</v>
       </c>
-      <c r="C27" s="24">
+      <c r="C27" s="23">
         <v>387053.06</v>
       </c>
-      <c r="D27" s="24">
+      <c r="D27" s="23">
         <v>387053.06</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="35" t="s">
         <v>0</v>
       </c>
       <c r="B28" s="5">
         <v>366973.61</v>
       </c>
-      <c r="C28" s="33">
+      <c r="C28" s="32">
         <v>0</v>
       </c>
       <c r="D28" s="5">
         <v>366973.61</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B29" s="5">
         <v>111523.45</v>
       </c>
-      <c r="C29" s="33">
+      <c r="C29" s="32">
         <v>0</v>
       </c>
       <c r="D29" s="5">
         <v>111523.45</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="38" t="s">
         <v>33</v>
       </c>
       <c r="B30" s="5">
         <v>99610.33</v>
       </c>
-      <c r="C30" s="33">
+      <c r="C30" s="32">
         <v>99610.33</v>
       </c>
       <c r="D30" s="5">
         <v>99610.33</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="38" t="s">
         <v>18</v>
       </c>
       <c r="B31" s="5">
         <v>84203.66</v>
       </c>
-      <c r="C31" s="33">
+      <c r="C31" s="32">
         <v>0</v>
       </c>
       <c r="D31" s="5">
         <v>84203.66</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="38" t="s">
         <v>44</v>
       </c>
-      <c r="B32" s="33"/>
-      <c r="C32" s="33"/>
+      <c r="B32" s="32"/>
+      <c r="C32" s="32"/>
       <c r="D32" s="5">
         <v>30071.79</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="63" t="s">
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A33" s="61" t="s">
         <v>19</v>
       </c>
       <c r="B33" s="55">
         <v>0</v>
       </c>
-      <c r="C33" s="24">
+      <c r="C33" s="23">
         <v>4376.57</v>
       </c>
-      <c r="D33" s="24">
+      <c r="D33" s="23">
         <v>4376.57</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="38" t="s">
         <v>20</v>
       </c>
       <c r="B34" s="5">
         <v>2821.3</v>
       </c>
-      <c r="C34" s="33">
+      <c r="C34" s="32">
         <v>0</v>
       </c>
       <c r="D34" s="5"/>
     </row>
     <row r="35" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="35" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="5">
         <v>1620.08</v>
       </c>
-      <c r="C35" s="33">
+      <c r="C35" s="32">
         <v>0</v>
       </c>
       <c r="D35" s="5">
         <v>1620.08</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="B36" s="33">
+      <c r="B36" s="32">
         <v>408.95</v>
       </c>
-      <c r="C36" s="33" t="e">
+      <c r="C36" s="32" t="e">
         <f>#REF!-B36</f>
         <v>#REF!</v>
       </c>
       <c r="D36" s="5">
         <v>863.6</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="38" t="s">
         <v>40</v>
       </c>
-      <c r="B37" s="32"/>
-[...1 lines deleted...]
-      <c r="D37" s="24">
+      <c r="B37" s="31"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23">
         <f>12.76+24.35</f>
         <v>37.11</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="38" t="s">
         <v>22</v>
       </c>
       <c r="B38" s="5">
         <v>26.24</v>
       </c>
-      <c r="C38" s="33">
+      <c r="C38" s="32">
         <v>0</v>
       </c>
       <c r="D38" s="5">
         <v>26.24</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="35" t="s">
         <v>23</v>
       </c>
       <c r="B39" s="55">
         <v>0</v>
       </c>
-      <c r="C39" s="24">
+      <c r="C39" s="23">
         <v>3.68</v>
       </c>
-      <c r="D39" s="24">
+      <c r="D39" s="23">
         <v>3.68</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="36" t="s">
         <v>72</v>
       </c>
-      <c r="B40" s="28">
+      <c r="B40" s="27">
         <f>SUM(B26:B39)</f>
         <v>2073984.74</v>
       </c>
-      <c r="C40" s="28" t="e">
+      <c r="C40" s="27" t="e">
         <f>SUM(C26:C39)</f>
         <v>#REF!</v>
       </c>
-      <c r="D40" s="28">
+      <c r="D40" s="27">
         <f>SUM(D26:D39)</f>
         <v>2493160.3000000007</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="B41" s="20">
+      <c r="B41" s="19">
         <f>B40+B24</f>
         <v>26631627.900000002</v>
       </c>
-      <c r="C41" s="20" t="e">
+      <c r="C41" s="19" t="e">
         <f>C40+C24</f>
         <v>#REF!</v>
       </c>
-      <c r="D41" s="20">
+      <c r="D41" s="19">
         <f>D40+D24</f>
         <v>50408383.480000004</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" s="40"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
-    <row r="43" spans="1:4" s="11" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:4" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A43" s="41" t="s">
         <v>76</v>
       </c>
-      <c r="B43" s="13"/>
-[...1 lines deleted...]
-      <c r="D43" s="13"/>
+      <c r="B43" s="12"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="12"/>
     </row>
     <row r="44" spans="1:4" s="4" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="14" t="s">
+      <c r="A44" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B44" s="15" t="s">
+      <c r="B44" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="C44" s="15" t="s">
+      <c r="C44" s="14" t="s">
         <v>32</v>
       </c>
-      <c r="D44" s="15" t="s">
-        <v>138</v>
+      <c r="D44" s="14" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="45" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A45" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="B45" s="17"/>
-[...1 lines deleted...]
-      <c r="D45" s="17"/>
+      <c r="B45" s="16"/>
+      <c r="C45" s="16"/>
+      <c r="D45" s="16"/>
     </row>
     <row r="46" spans="1:4" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="35" t="s">
         <v>6</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="5">
         <v>0</v>
       </c>
       <c r="D46" s="5">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A47" s="38" t="s">
         <v>26</v>
       </c>
-      <c r="B47" s="8"/>
-[...1 lines deleted...]
-      <c r="D47" s="8">
+      <c r="B47" s="7"/>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" s="38" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="5"/>
       <c r="C48" s="5"/>
       <c r="D48" s="5">
         <v>813358.74</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" s="35" t="s">
         <v>5</v>
       </c>
       <c r="B49" s="5">
         <v>10125.11</v>
       </c>
       <c r="C49" s="5">
         <v>0</v>
       </c>
       <c r="D49" s="5">
         <v>10125.11</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="35" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5"/>
       <c r="D50" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="35" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="5"/>
       <c r="C51" s="5"/>
       <c r="D51" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="18.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="7" t="s">
+      <c r="A52" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B52" s="54"/>
       <c r="C52" s="54"/>
       <c r="D52" s="54">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="35" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="5">
         <v>0</v>
       </c>
       <c r="C53" s="5">
         <v>426.05</v>
       </c>
       <c r="D53" s="5">
         <v>426.05</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="B54" s="28">
+      <c r="B54" s="27">
         <f>SUM(B47:B53)</f>
         <v>10125.11</v>
       </c>
-      <c r="C54" s="28">
+      <c r="C54" s="27">
         <f>SUM(C47:C53)</f>
         <v>426.05</v>
       </c>
-      <c r="D54" s="28">
+      <c r="D54" s="27">
         <f>SUM(D47:D53)</f>
         <v>823909.9</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A55" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="B55" s="17"/>
-[...1 lines deleted...]
-      <c r="D55" s="17"/>
+      <c r="B55" s="16"/>
+      <c r="C55" s="16"/>
+      <c r="D55" s="16"/>
     </row>
     <row r="56" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="7" t="s">
+      <c r="A56" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="B56" s="33">
-[...2 lines deleted...]
-      <c r="C56" s="34">
+      <c r="B56" s="32">
+        <v>0</v>
+      </c>
+      <c r="C56" s="33">
         <v>3844.01</v>
       </c>
-      <c r="D56" s="34">
+      <c r="D56" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="38" t="s">
         <v>10</v>
       </c>
-      <c r="B57" s="33">
-[...2 lines deleted...]
-      <c r="C57" s="33">
+      <c r="B57" s="32">
+        <v>0</v>
+      </c>
+      <c r="C57" s="32">
         <v>562.02</v>
       </c>
       <c r="D57" s="5">
         <v>562.02</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="38" t="s">
         <v>25</v>
       </c>
       <c r="B58" s="5">
         <v>240.6</v>
       </c>
-      <c r="C58" s="33">
+      <c r="C58" s="32">
         <v>0</v>
       </c>
       <c r="D58" s="5">
         <v>240.6</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="57" t="s">
+      <c r="A59" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="B59" s="32">
-[...2 lines deleted...]
-      <c r="C59" s="24">
+      <c r="B59" s="31">
+        <v>0</v>
+      </c>
+      <c r="C59" s="23">
         <v>0.79</v>
       </c>
-      <c r="D59" s="24">
-[...4 lines deleted...]
-      <c r="A60" s="56" t="s">
+      <c r="D59" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="38" t="s">
         <v>67</v>
       </c>
-      <c r="B60" s="32">
+      <c r="B60" s="31">
         <v>9.7200000000000006</v>
       </c>
-      <c r="C60" s="24">
+      <c r="C60" s="23">
         <v>9.7200000000000006</v>
       </c>
-      <c r="D60" s="24">
-[...1 lines deleted...]
-      </c>
+      <c r="D60" s="23"/>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A61" s="27" t="s">
+      <c r="A61" s="36" t="s">
         <v>72</v>
       </c>
-      <c r="B61" s="27">
+      <c r="B61" s="26">
         <f>SUM(B56:B60)</f>
         <v>250.32</v>
       </c>
-      <c r="C61" s="27">
+      <c r="C61" s="26">
         <f>SUM(C56:C60)</f>
         <v>4416.5400000000009</v>
       </c>
-      <c r="D61" s="27">
+      <c r="D61" s="26">
         <f>SUM(D56:D60)</f>
-        <v>812.34</v>
+        <v>802.62</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A62" s="19" t="s">
+      <c r="A62" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="B62" s="22">
+      <c r="B62" s="21">
         <f>B54+B61</f>
         <v>10375.43</v>
       </c>
-      <c r="C62" s="22">
+      <c r="C62" s="21">
         <f>C54+C61</f>
         <v>4842.5900000000011</v>
       </c>
-      <c r="D62" s="22">
+      <c r="D62" s="21">
         <f>D54+D61</f>
-        <v>824722.24</v>
-[...3 lines deleted...]
-      <c r="A64" s="11" t="s">
+        <v>824712.52</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A63" s="34"/>
+    </row>
+    <row r="64" spans="1:4" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A64" s="41" t="s">
         <v>77</v>
       </c>
-      <c r="B64" s="13"/>
-[...1 lines deleted...]
-      <c r="D64" s="13"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="12"/>
     </row>
     <row r="65" spans="1:4" ht="45" x14ac:dyDescent="0.2">
-      <c r="A65" s="14" t="s">
+      <c r="A65" s="37" t="s">
         <v>30</v>
       </c>
-      <c r="B65" s="15" t="s">
+      <c r="B65" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="C65" s="15" t="s">
+      <c r="C65" s="14" t="s">
         <v>32</v>
       </c>
-      <c r="D65" s="15" t="s">
-        <v>138</v>
+      <c r="D65" s="14" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15" x14ac:dyDescent="0.2">
-      <c r="A66" s="16" t="s">
+      <c r="A66" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="B66" s="17"/>
-[...1 lines deleted...]
-      <c r="D66" s="17"/>
+      <c r="B66" s="16"/>
+      <c r="C66" s="16"/>
+      <c r="D66" s="16"/>
     </row>
     <row r="67" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="10" t="s">
+      <c r="A67" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="B67" s="32"/>
-[...1 lines deleted...]
-      <c r="D67" s="24">
+      <c r="B67" s="31"/>
+      <c r="C67" s="23"/>
+      <c r="D67" s="23">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A68" s="7" t="s">
+      <c r="A68" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B68" s="33"/>
+      <c r="C68" s="33"/>
+      <c r="D68" s="33">
+        <v>24801761.460000001</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A69" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B68" s="34"/>
-[...1 lines deleted...]
-      <c r="D68" s="34">
+      <c r="B69" s="33"/>
+      <c r="C69" s="33"/>
+      <c r="D69" s="33">
         <v>7295745.2800000003</v>
       </c>
     </row>
-    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A69" s="10" t="s">
+    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A70" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="B69" s="32"/>
-[...1 lines deleted...]
-      <c r="D69" s="24">
+      <c r="B70" s="31"/>
+      <c r="C70" s="23"/>
+      <c r="D70" s="23">
         <v>1507413.49</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="6" t="s">
+    <row r="71" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="35" t="s">
         <v>10</v>
       </c>
-      <c r="B70" s="5">
-[...2 lines deleted...]
-      <c r="C70" s="5">
+      <c r="B71" s="5">
+        <v>0</v>
+      </c>
+      <c r="C71" s="5">
         <v>1451.53</v>
       </c>
-      <c r="D70" s="5">
-[...4 lines deleted...]
-      <c r="A71" s="6" t="s">
+      <c r="D71" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="35" t="s">
         <v>82</v>
       </c>
-      <c r="B71" s="5"/>
-[...6 lines deleted...]
-      <c r="A72" s="27" t="s">
+      <c r="B72" s="5"/>
+      <c r="C72" s="5"/>
+      <c r="D72" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A73" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="B72" s="28">
-[...13 lines deleted...]
-      <c r="A73" s="16" t="s">
+      <c r="B73" s="27">
+        <f>SUM(B67:B70)</f>
+        <v>0</v>
+      </c>
+      <c r="C73" s="27">
+        <f>SUM(C67:C70)</f>
+        <v>0</v>
+      </c>
+      <c r="D73" s="27">
+        <f>SUM(D67:D72)</f>
+        <v>33604920.230000004</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A74" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="B73" s="17"/>
-[...11 lines deleted...]
-      </c>
+      <c r="B74" s="16"/>
+      <c r="C74" s="16"/>
+      <c r="D74" s="16"/>
     </row>
     <row r="75" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="56" t="s">
+      <c r="A75" s="38" t="s">
         <v>82</v>
       </c>
       <c r="B75" s="5"/>
       <c r="C75" s="5"/>
       <c r="D75" s="5">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="23" t="s">
+      <c r="A76" s="38" t="s">
+        <v>82</v>
+      </c>
+      <c r="B76" s="5"/>
+      <c r="C76" s="5"/>
+      <c r="D76" s="5">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="63" t="s">
         <v>13</v>
       </c>
-      <c r="B76" s="32"/>
-[...6 lines deleted...]
-      <c r="A77" s="23" t="s">
+      <c r="B77" s="31"/>
+      <c r="C77" s="23"/>
+      <c r="D77" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="63" t="s">
         <v>65</v>
       </c>
-      <c r="B77" s="32"/>
-[...6 lines deleted...]
-      <c r="A78" s="23" t="s">
+      <c r="B78" s="31"/>
+      <c r="C78" s="23"/>
+      <c r="D78" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A79" s="63" t="s">
         <v>110</v>
       </c>
-      <c r="B78" s="32"/>
-[...1 lines deleted...]
-      <c r="D78" s="24">
+      <c r="B79" s="31"/>
+      <c r="C79" s="23"/>
+      <c r="D79" s="23">
         <v>10787.69</v>
       </c>
     </row>
-    <row r="79" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A79" s="23" t="s">
+    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A80" s="63" t="s">
         <v>119</v>
       </c>
-      <c r="B79" s="32"/>
-[...1 lines deleted...]
-      <c r="D79" s="24">
+      <c r="B80" s="31"/>
+      <c r="C80" s="23"/>
+      <c r="D80" s="23">
         <v>10684.46</v>
       </c>
     </row>
-    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A80" s="27" t="s">
+    <row r="81" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A81" s="26" t="s">
         <v>72</v>
       </c>
-      <c r="B80" s="27">
-[...8 lines deleted...]
-        <f>SUM(D74:D79)</f>
+      <c r="B81" s="26">
+        <f>SUM(B75:B77)</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="26">
+        <f>SUM(C75:C77)</f>
+        <v>0</v>
+      </c>
+      <c r="D81" s="5">
+        <f>SUM(D75:D80)</f>
         <v>21472.15</v>
       </c>
     </row>
-    <row r="81" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A81" s="19" t="s">
+    <row r="82" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A82" s="18" t="s">
         <v>75</v>
       </c>
-      <c r="B81" s="22">
-[...16 lines deleted...]
-      <c r="A83" s="11" t="s">
+      <c r="B82" s="21">
+        <f>B73+B81</f>
+        <v>0</v>
+      </c>
+      <c r="C82" s="21">
+        <f>C73+C81</f>
+        <v>0</v>
+      </c>
+      <c r="D82" s="21">
+        <f>D73+D81</f>
+        <v>33626392.380000003</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A83" s="8"/>
+    </row>
+    <row r="84" spans="1:4" s="10" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A84" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="B83" s="13"/>
-[...4 lines deleted...]
-      <c r="A84" s="14" t="s">
+      <c r="B84" s="12"/>
+      <c r="C84" s="12"/>
+      <c r="D84" s="12"/>
+    </row>
+    <row r="85" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B84" s="15" t="s">
+      <c r="B85" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="C84" s="15" t="s">
+      <c r="C85" s="14" t="s">
         <v>32</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="D85" s="14" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A86" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="B86" s="14"/>
+      <c r="C86" s="14"/>
+      <c r="D86" s="14"/>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B87" s="33"/>
+      <c r="C87" s="33"/>
+      <c r="D87" s="33">
+        <v>1214270.75</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B88" s="33"/>
+      <c r="C88" s="33"/>
+      <c r="D88" s="33">
+        <v>417909.62</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B89" s="33"/>
+      <c r="C89" s="33"/>
+      <c r="D89" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B90" s="33"/>
+      <c r="C90" s="33"/>
+      <c r="D90" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B91" s="33"/>
+      <c r="C91" s="33"/>
+      <c r="D91" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B92" s="33"/>
+      <c r="C92" s="33"/>
+      <c r="D92" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="6" t="s">
         <v>138</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="A88" s="7" t="s">
+      <c r="B93" s="33"/>
+      <c r="C93" s="33"/>
+      <c r="D93" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="B94" s="33"/>
+      <c r="C94" s="33"/>
+      <c r="D94" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B95" s="33"/>
+      <c r="C95" s="33"/>
+      <c r="D95" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B96" s="33"/>
+      <c r="C96" s="33"/>
+      <c r="D96" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B97" s="33"/>
+      <c r="C97" s="33"/>
+      <c r="D97" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B98" s="33"/>
+      <c r="C98" s="33"/>
+      <c r="D98" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B99" s="33"/>
+      <c r="C99" s="33"/>
+      <c r="D99" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B100" s="33"/>
+      <c r="C100" s="33"/>
+      <c r="D100" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B101" s="33"/>
+      <c r="C101" s="33"/>
+      <c r="D101" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A102" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B102" s="33"/>
+      <c r="C102" s="33"/>
+      <c r="D102" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A103" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B103" s="33"/>
+      <c r="C103" s="33"/>
+      <c r="D103" s="33">
+        <v>3332.64</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A104" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="B88" s="34"/>
-[...6 lines deleted...]
-      <c r="A89" s="10" t="s">
+      <c r="B104" s="33"/>
+      <c r="C104" s="33"/>
+      <c r="D104" s="33">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A105" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="B105" s="33"/>
+      <c r="C105" s="33"/>
+      <c r="D105" s="33">
+        <v>293.45999999999998</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B106" s="33"/>
+      <c r="C106" s="33"/>
+      <c r="D106" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B107" s="33"/>
+      <c r="C107" s="33"/>
+      <c r="D107" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A108" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="B108" s="33"/>
+      <c r="C108" s="33"/>
+      <c r="D108" s="33">
+        <f>3037.09-2925.77</f>
+        <v>111.32000000000016</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A109" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="B109" s="33"/>
+      <c r="C109" s="33"/>
+      <c r="D109" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A110" s="52" t="s">
+        <v>46</v>
+      </c>
+      <c r="B110" s="33"/>
+      <c r="C110" s="33"/>
+      <c r="D110" s="33">
+        <v>74.25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A111" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="B89" s="34"/>
-[...1 lines deleted...]
-      <c r="D89" s="24">
+      <c r="B111" s="33"/>
+      <c r="C111" s="33"/>
+      <c r="D111" s="33">
         <v>21.15</v>
       </c>
     </row>
-    <row r="90" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="52" t="s">
+    <row r="112" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A112" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B112" s="33"/>
+      <c r="C112" s="33"/>
+      <c r="D112" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B113" s="33"/>
+      <c r="C113" s="33"/>
+      <c r="D113" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="52" t="s">
         <v>99</v>
       </c>
-      <c r="B90" s="34"/>
-[...6 lines deleted...]
-      <c r="A91" s="7" t="s">
+      <c r="B114" s="33"/>
+      <c r="C114" s="33"/>
+      <c r="D114" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A115" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="B91" s="51"/>
-[...6 lines deleted...]
-      <c r="A92" s="7" t="s">
+      <c r="B115" s="51"/>
+      <c r="C115" s="33"/>
+      <c r="D115" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="B92" s="51"/>
-[...6 lines deleted...]
-      <c r="A93" s="52" t="s">
+      <c r="B116" s="51"/>
+      <c r="C116" s="33"/>
+      <c r="D116" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="52" t="s">
         <v>59</v>
       </c>
-      <c r="B93" s="34"/>
-[...6 lines deleted...]
-      <c r="A94" s="52" t="s">
+      <c r="B117" s="33"/>
+      <c r="C117" s="33"/>
+      <c r="D117" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="52" t="s">
         <v>92</v>
       </c>
-      <c r="B94" s="34"/>
-[...6 lines deleted...]
-      <c r="A95" s="52" t="s">
+      <c r="B118" s="33"/>
+      <c r="C118" s="33"/>
+      <c r="D118" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="52" t="s">
         <v>81</v>
       </c>
-      <c r="B95" s="34"/>
-[...6 lines deleted...]
-      <c r="A96" s="52" t="s">
+      <c r="B119" s="33"/>
+      <c r="C119" s="33"/>
+      <c r="D119" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="52" t="s">
         <v>87</v>
       </c>
-      <c r="B96" s="34"/>
-[...6 lines deleted...]
-      <c r="A97" s="52" t="s">
+      <c r="B120" s="33"/>
+      <c r="C120" s="33"/>
+      <c r="D120" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="52" t="s">
         <v>93</v>
       </c>
-      <c r="B97" s="34"/>
-[...6 lines deleted...]
-      <c r="A98" s="7" t="s">
+      <c r="B121" s="33"/>
+      <c r="C121" s="33"/>
+      <c r="D121" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="B98" s="51"/>
-[...6 lines deleted...]
-      <c r="A99" s="7" t="s">
+      <c r="B122" s="51"/>
+      <c r="C122" s="33"/>
+      <c r="D122" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="B99" s="51"/>
-[...6 lines deleted...]
-      <c r="A100" s="7" t="s">
+      <c r="B123" s="51"/>
+      <c r="C123" s="33"/>
+      <c r="D123" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="B100" s="51"/>
-[...6 lines deleted...]
-      <c r="A101" s="7" t="s">
+      <c r="B124" s="51"/>
+      <c r="C124" s="33"/>
+      <c r="D124" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="B101" s="51"/>
-[...6 lines deleted...]
-      <c r="A102" s="7" t="s">
+      <c r="B125" s="51"/>
+      <c r="C125" s="33"/>
+      <c r="D125" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="B102" s="51"/>
-[...6 lines deleted...]
-      <c r="A103" s="7" t="s">
+      <c r="B126" s="51"/>
+      <c r="C126" s="33"/>
+      <c r="D126" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="B103" s="51"/>
-[...6 lines deleted...]
-      <c r="A104" s="7" t="s">
+      <c r="B127" s="51"/>
+      <c r="C127" s="33"/>
+      <c r="D127" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="B104" s="51"/>
-[...241 lines deleted...]
-      <c r="D128" s="24">
+      <c r="B128" s="51"/>
+      <c r="C128" s="33"/>
+      <c r="D128" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A129" s="52" t="s">
+        <v>97</v>
+      </c>
+      <c r="B129" s="33"/>
+      <c r="C129" s="33"/>
+      <c r="D129" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="52" t="s">
+        <v>98</v>
+      </c>
+      <c r="B130" s="33"/>
+      <c r="C130" s="33"/>
+      <c r="D130" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="52" t="s">
+        <v>56</v>
+      </c>
+      <c r="B131" s="33"/>
+      <c r="C131" s="33"/>
+      <c r="D131" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="52" t="s">
+        <v>89</v>
+      </c>
+      <c r="B132" s="33"/>
+      <c r="C132" s="33"/>
+      <c r="D132" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="52" t="s">
+        <v>41</v>
+      </c>
+      <c r="B133" s="33"/>
+      <c r="C133" s="33"/>
+      <c r="D133" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="B134" s="33"/>
+      <c r="C134" s="33"/>
+      <c r="D134" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B135" s="33"/>
+      <c r="C135" s="33"/>
+      <c r="D135" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B136" s="33"/>
+      <c r="C136" s="33"/>
+      <c r="D136" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B137" s="33"/>
+      <c r="C137" s="33"/>
+      <c r="D137" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="B138" s="33"/>
+      <c r="C138" s="33"/>
+      <c r="D138" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B139" s="33"/>
+      <c r="C139" s="33"/>
+      <c r="D139" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B140" s="33"/>
+      <c r="C140" s="33"/>
+      <c r="D140" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B141" s="33"/>
+      <c r="C141" s="33"/>
+      <c r="D141" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="B142" s="33"/>
+      <c r="C142" s="33"/>
+      <c r="D142" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A143" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="B143" s="33"/>
+      <c r="C143" s="33"/>
+      <c r="D143" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A144" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="B144" s="33"/>
+      <c r="C144" s="33"/>
+      <c r="D144" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A145" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B145" s="33"/>
+      <c r="C145" s="33"/>
+      <c r="D145" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A146" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="B146" s="33"/>
+      <c r="C146" s="33"/>
+      <c r="D146" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="B147" s="33"/>
+      <c r="C147" s="33"/>
+      <c r="D147" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="B148" s="33"/>
+      <c r="C148" s="33"/>
+      <c r="D148" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="B149" s="33"/>
+      <c r="C149" s="33"/>
+      <c r="D149" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="B150" s="33"/>
+      <c r="C150" s="33"/>
+      <c r="D150" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="52" t="s">
+        <v>132</v>
+      </c>
+      <c r="B151" s="33"/>
+      <c r="C151" s="33"/>
+      <c r="D151" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A152" s="52" t="s">
         <v>130</v>
       </c>
-      <c r="B129" s="34"/>
-[...6 lines deleted...]
-      <c r="A130" s="10" t="s">
+      <c r="B152" s="33"/>
+      <c r="C152" s="33"/>
+      <c r="D152" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="B130" s="34"/>
-[...6 lines deleted...]
-      <c r="A131" s="7" t="s">
+      <c r="B153" s="33"/>
+      <c r="C153" s="33"/>
+      <c r="D153" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="B131" s="34"/>
-[...6 lines deleted...]
-      <c r="A132" s="7" t="s">
+      <c r="B154" s="33"/>
+      <c r="C154" s="33"/>
+      <c r="D154" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="B132" s="34"/>
-[...6 lines deleted...]
-      <c r="A133" s="7" t="s">
+      <c r="B155" s="33"/>
+      <c r="C155" s="33"/>
+      <c r="D155" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="B133" s="34"/>
-[...6 lines deleted...]
-      <c r="A134" s="10" t="s">
+      <c r="B156" s="33"/>
+      <c r="C156" s="33"/>
+      <c r="D156" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="9" t="s">
         <v>127</v>
       </c>
-      <c r="B134" s="34"/>
-[...6 lines deleted...]
-      <c r="A135" s="10" t="s">
+      <c r="B157" s="33"/>
+      <c r="C157" s="33"/>
+      <c r="D157" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="B135" s="34"/>
-[...6 lines deleted...]
-      <c r="A136" s="7" t="s">
+      <c r="B158" s="33"/>
+      <c r="C158" s="33"/>
+      <c r="D158" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="B136" s="34"/>
-[...6 lines deleted...]
-      <c r="A137" s="7" t="s">
+      <c r="B159" s="33"/>
+      <c r="C159" s="33"/>
+      <c r="D159" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="B137" s="34"/>
-[...6 lines deleted...]
-      <c r="A138" s="7" t="s">
+      <c r="B160" s="33"/>
+      <c r="C160" s="33"/>
+      <c r="D160" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="B138" s="34"/>
-[...6 lines deleted...]
-      <c r="A139" s="7" t="s">
+      <c r="B161" s="33"/>
+      <c r="C161" s="33"/>
+      <c r="D161" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="B139" s="34"/>
-[...6 lines deleted...]
-      <c r="A140" s="10" t="s">
+      <c r="B162" s="33"/>
+      <c r="C162" s="33"/>
+      <c r="D162" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="9" t="s">
         <v>109</v>
       </c>
-      <c r="B140" s="34"/>
-[...6 lines deleted...]
-      <c r="A141" s="10" t="s">
+      <c r="B163" s="33"/>
+      <c r="C163" s="33"/>
+      <c r="D163" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="B141" s="34"/>
-[...11 lines deleted...]
-      <c r="A143" s="10" t="s">
+      <c r="B164" s="33"/>
+      <c r="C164" s="33"/>
+      <c r="D164" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B165" s="2"/>
+      <c r="C165" s="2"/>
+      <c r="D165" s="2"/>
+    </row>
+    <row r="166" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="B143" s="34"/>
-[...6 lines deleted...]
-      <c r="A144" s="10" t="s">
+      <c r="B166" s="33"/>
+      <c r="C166" s="33"/>
+      <c r="D166" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="B144" s="34"/>
-[...11 lines deleted...]
-      <c r="A146" s="10" t="s">
+      <c r="B167" s="33"/>
+      <c r="C167" s="33"/>
+      <c r="D167" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B168" s="2"/>
+      <c r="C168" s="2"/>
+      <c r="D168" s="2"/>
+    </row>
+    <row r="169" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="9" t="s">
         <v>118</v>
       </c>
-      <c r="B146" s="34"/>
-[...6 lines deleted...]
-      <c r="A147" s="10" t="s">
+      <c r="B169" s="33"/>
+      <c r="C169" s="33"/>
+      <c r="D169" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="B147" s="34"/>
-[...6 lines deleted...]
-      <c r="A148" s="10" t="s">
+      <c r="B170" s="33"/>
+      <c r="C170" s="33"/>
+      <c r="D170" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="9" t="s">
         <v>120</v>
       </c>
-      <c r="B148" s="34"/>
-[...6 lines deleted...]
-      <c r="A149" s="59" t="s">
+      <c r="B171" s="33"/>
+      <c r="C171" s="33"/>
+      <c r="D171" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="57" t="s">
         <v>116</v>
       </c>
-      <c r="B149" s="60"/>
-[...6 lines deleted...]
-      <c r="A150" s="7" t="s">
+      <c r="B172" s="58"/>
+      <c r="C172" s="58"/>
+      <c r="D172" s="54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="B150" s="34"/>
-[...6 lines deleted...]
-      <c r="A151" s="10" t="s">
+      <c r="B173" s="33"/>
+      <c r="C173" s="33"/>
+      <c r="D173" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="9" t="s">
         <v>117</v>
       </c>
-      <c r="B151" s="34"/>
-[...102 lines deleted...]
-      <c r="A168" s="10" t="s">
+      <c r="B174" s="33"/>
+      <c r="C174" s="33"/>
+      <c r="D174" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="9"/>
+      <c r="B175" s="33"/>
+      <c r="C175" s="33"/>
+      <c r="D175" s="23"/>
+    </row>
+    <row r="176" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="9"/>
+      <c r="B176" s="33"/>
+      <c r="C176" s="33"/>
+      <c r="D176" s="23"/>
+    </row>
+    <row r="177" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="9"/>
+      <c r="B177" s="33"/>
+      <c r="C177" s="33"/>
+      <c r="D177" s="23"/>
+    </row>
+    <row r="178" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="52"/>
+      <c r="B178" s="33"/>
+      <c r="C178" s="33"/>
+      <c r="D178" s="23"/>
+    </row>
+    <row r="179" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="9"/>
+      <c r="B179" s="33"/>
+      <c r="C179" s="33"/>
+      <c r="D179" s="23"/>
+    </row>
+    <row r="180" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="52"/>
+      <c r="B180" s="33"/>
+      <c r="C180" s="33"/>
+      <c r="D180" s="23"/>
+    </row>
+    <row r="181" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="9"/>
+      <c r="B181" s="33"/>
+      <c r="C181" s="33"/>
+      <c r="D181" s="23"/>
+    </row>
+    <row r="182" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="9"/>
+      <c r="B182" s="33"/>
+      <c r="C182" s="33"/>
+      <c r="D182" s="23"/>
+    </row>
+    <row r="183" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="9"/>
+      <c r="B183" s="33"/>
+      <c r="C183" s="33"/>
+      <c r="D183" s="23"/>
+    </row>
+    <row r="184" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="9"/>
+      <c r="B184" s="33"/>
+      <c r="C184" s="33"/>
+      <c r="D184" s="23"/>
+    </row>
+    <row r="185" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="9"/>
+      <c r="B185" s="33"/>
+      <c r="C185" s="33"/>
+      <c r="D185" s="23"/>
+    </row>
+    <row r="186" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="9"/>
+      <c r="B186" s="33"/>
+      <c r="C186" s="33"/>
+      <c r="D186" s="23"/>
+    </row>
+    <row r="187" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="9"/>
+      <c r="B187" s="33"/>
+      <c r="C187" s="33"/>
+      <c r="D187" s="23"/>
+    </row>
+    <row r="188" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="9"/>
+      <c r="B188" s="33"/>
+      <c r="C188" s="33"/>
+      <c r="D188" s="23"/>
+    </row>
+    <row r="189" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="9"/>
+      <c r="B189" s="33"/>
+      <c r="C189" s="33"/>
+      <c r="D189" s="23"/>
+    </row>
+    <row r="190" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="9"/>
+      <c r="B190" s="33"/>
+      <c r="C190" s="33"/>
+      <c r="D190" s="23"/>
+    </row>
+    <row r="191" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="B168" s="34"/>
-[...6 lines deleted...]
-      <c r="A169" s="10" t="s">
+      <c r="B191" s="33"/>
+      <c r="C191" s="33"/>
+      <c r="D191" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="9" t="s">
         <v>111</v>
       </c>
-      <c r="B169" s="34"/>
-[...6 lines deleted...]
-      <c r="A170" s="10" t="s">
+      <c r="B192" s="33"/>
+      <c r="C192" s="33"/>
+      <c r="D192" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A193" s="9" t="s">
         <v>113</v>
       </c>
-      <c r="B170" s="34"/>
-[...6 lines deleted...]
-      <c r="A171" s="7" t="s">
+      <c r="B193" s="33"/>
+      <c r="C193" s="33"/>
+      <c r="D193" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A194" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="B171" s="34"/>
-[...6 lines deleted...]
-      <c r="A172" s="10" t="s">
+      <c r="B194" s="33"/>
+      <c r="C194" s="33"/>
+      <c r="D194" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A195" s="9" t="s">
         <v>103</v>
       </c>
-      <c r="B172" s="34"/>
-[...6 lines deleted...]
-      <c r="A173" s="10" t="s">
+      <c r="B195" s="33"/>
+      <c r="C195" s="33"/>
+      <c r="D195" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A196" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="B173" s="34"/>
-[...6 lines deleted...]
-      <c r="A174" s="10" t="s">
+      <c r="B196" s="33"/>
+      <c r="C196" s="33"/>
+      <c r="D196" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A197" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="B174" s="34"/>
-[...6 lines deleted...]
-      <c r="A175" s="52" t="s">
+      <c r="B197" s="33"/>
+      <c r="C197" s="33"/>
+      <c r="D197" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="198" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A198" s="52" t="s">
         <v>108</v>
       </c>
-      <c r="B175" s="34"/>
-[...6 lines deleted...]
-      <c r="A176" s="7" t="s">
+      <c r="B198" s="33"/>
+      <c r="C198" s="33"/>
+      <c r="D198" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="199" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A199" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="B176" s="34"/>
-[...6 lines deleted...]
-      <c r="A177" s="10" t="s">
+      <c r="B199" s="33"/>
+      <c r="C199" s="33"/>
+      <c r="D199" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A200" s="9" t="s">
         <v>133</v>
       </c>
-      <c r="B177" s="34"/>
-[...6 lines deleted...]
-      <c r="A178" s="27" t="s">
+      <c r="B200" s="33"/>
+      <c r="C200" s="33"/>
+      <c r="D200" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="201" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A201" s="26" t="s">
         <v>15</v>
       </c>
-      <c r="B178" s="28">
-[...13 lines deleted...]
-      <c r="A179" s="43" t="s">
+      <c r="B201" s="27">
+        <f>SUM(B141:B198)</f>
+        <v>0</v>
+      </c>
+      <c r="C201" s="27">
+        <f>SUM(C141:C198)</f>
+        <v>0</v>
+      </c>
+      <c r="D201" s="27">
+        <f>SUM(D87:D200)</f>
+        <v>1638190.19</v>
+      </c>
+    </row>
+    <row r="202" spans="1:4" s="44" customFormat="1" ht="15" x14ac:dyDescent="0.2">
+      <c r="A202" s="43" t="s">
         <v>73</v>
       </c>
-      <c r="B179" s="43"/>
-[...4 lines deleted...]
-      <c r="A180" s="45" t="s">
+      <c r="B202" s="43"/>
+      <c r="C202" s="43"/>
+      <c r="D202" s="43"/>
+    </row>
+    <row r="203" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A203" s="45" t="s">
         <v>52</v>
       </c>
-      <c r="B180" s="47"/>
-[...6 lines deleted...]
-      <c r="A181" s="45" t="s">
+      <c r="B203" s="47"/>
+      <c r="C203" s="46"/>
+      <c r="D203" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:4" s="44" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A204" s="45" t="s">
         <v>50</v>
       </c>
-      <c r="B181" s="47"/>
-[...6 lines deleted...]
-      <c r="A182" s="45" t="s">
+      <c r="B204" s="47"/>
+      <c r="C204" s="46"/>
+      <c r="D204" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="205" spans="1:4" s="44" customFormat="1" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A205" s="45" t="s">
         <v>63</v>
       </c>
-      <c r="B182" s="47"/>
-[...6 lines deleted...]
-      <c r="A183" s="45" t="s">
+      <c r="B205" s="47"/>
+      <c r="C205" s="46"/>
+      <c r="D205" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:4" s="44" customFormat="1" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A206" s="45" t="s">
         <v>47</v>
       </c>
-      <c r="B183" s="47"/>
-[...6 lines deleted...]
-      <c r="A184" s="45" t="s">
+      <c r="B206" s="47"/>
+      <c r="C206" s="46"/>
+      <c r="D206" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A207" s="45" t="s">
         <v>43</v>
       </c>
-      <c r="B184" s="47"/>
-[...6 lines deleted...]
-      <c r="A185" s="45" t="s">
+      <c r="B207" s="47"/>
+      <c r="C207" s="46"/>
+      <c r="D207" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A208" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="B185" s="47"/>
-[...6 lines deleted...]
-      <c r="A186" s="48" t="s">
+      <c r="B208" s="47"/>
+      <c r="C208" s="46"/>
+      <c r="D208" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A209" s="48" t="s">
         <v>36</v>
       </c>
-      <c r="B186" s="47"/>
-[...6 lines deleted...]
-      <c r="A187" s="48" t="s">
+      <c r="B209" s="47"/>
+      <c r="C209" s="46"/>
+      <c r="D209" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A210" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="B187" s="47"/>
-[...6 lines deleted...]
-      <c r="A188" s="48" t="s">
+      <c r="B210" s="47"/>
+      <c r="C210" s="46"/>
+      <c r="D210" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A211" s="48" t="s">
         <v>85</v>
       </c>
-      <c r="B188" s="47"/>
-[...6 lines deleted...]
-      <c r="A189" s="45" t="s">
+      <c r="B211" s="47"/>
+      <c r="C211" s="46"/>
+      <c r="D211" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A212" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="B189" s="47"/>
-[...6 lines deleted...]
-      <c r="A190" s="45" t="s">
+      <c r="B212" s="47"/>
+      <c r="C212" s="46"/>
+      <c r="D212" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A213" s="45" t="s">
         <v>41</v>
       </c>
-      <c r="B190" s="47"/>
-[...6 lines deleted...]
-      <c r="A191" s="45" t="s">
+      <c r="B213" s="47"/>
+      <c r="C213" s="46"/>
+      <c r="D213" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A214" s="45" t="s">
         <v>51</v>
       </c>
-      <c r="B191" s="47"/>
-[...6 lines deleted...]
-      <c r="A192" s="45" t="s">
+      <c r="B214" s="47"/>
+      <c r="C214" s="46"/>
+      <c r="D214" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4" s="44" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A215" s="45" t="s">
         <v>54</v>
       </c>
-      <c r="B192" s="47"/>
-[...6 lines deleted...]
-      <c r="A193" s="10" t="s">
+      <c r="B215" s="47"/>
+      <c r="C215" s="46"/>
+      <c r="D215" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A216" s="9" t="s">
         <v>61</v>
       </c>
-      <c r="B193" s="32"/>
-[...6 lines deleted...]
-      <c r="A194" s="10" t="s">
+      <c r="B216" s="31"/>
+      <c r="C216" s="23"/>
+      <c r="D216" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A217" s="9" t="s">
         <v>79</v>
       </c>
-      <c r="B194" s="32"/>
-[...6 lines deleted...]
-      <c r="A195" s="10" t="s">
+      <c r="B217" s="31"/>
+      <c r="C217" s="23"/>
+      <c r="D217" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A218" s="9" t="s">
         <v>68</v>
       </c>
-      <c r="B195" s="32"/>
-[...6 lines deleted...]
-      <c r="A196" s="10" t="s">
+      <c r="B218" s="31"/>
+      <c r="C218" s="23"/>
+      <c r="D218" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A219" s="9" t="s">
         <v>69</v>
       </c>
-      <c r="B196" s="32"/>
-[...6 lines deleted...]
-      <c r="A197" s="23" t="s">
+      <c r="B219" s="31"/>
+      <c r="C219" s="23"/>
+      <c r="D219" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A220" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="B197" s="32">
-[...2 lines deleted...]
-      <c r="C197" s="24">
+      <c r="B220" s="31">
+        <v>0</v>
+      </c>
+      <c r="C220" s="23">
         <v>0.16</v>
       </c>
-      <c r="D197" s="24">
-[...4 lines deleted...]
-      <c r="A198" s="23" t="s">
+      <c r="D220" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A221" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="B198" s="32"/>
-[...6 lines deleted...]
-      <c r="A199" s="23" t="s">
+      <c r="B221" s="31"/>
+      <c r="C221" s="23"/>
+      <c r="D221" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A222" s="22" t="s">
         <v>98</v>
       </c>
-      <c r="B199" s="32"/>
-[...6 lines deleted...]
-      <c r="A200" s="23" t="s">
+      <c r="B222" s="31"/>
+      <c r="C222" s="23"/>
+      <c r="D222" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A223" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="B200" s="32"/>
-[...6 lines deleted...]
-      <c r="A201" s="23" t="s">
+      <c r="B223" s="31"/>
+      <c r="C223" s="23"/>
+      <c r="D223" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="B201" s="32"/>
-[...6 lines deleted...]
-      <c r="A202" s="23" t="s">
+      <c r="B224" s="31"/>
+      <c r="C224" s="23"/>
+      <c r="D224" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="B202" s="32"/>
-[...6 lines deleted...]
-      <c r="A203" s="10" t="s">
+      <c r="B225" s="31"/>
+      <c r="C225" s="23"/>
+      <c r="D225" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="9" t="s">
         <v>62</v>
       </c>
-      <c r="B203" s="32"/>
-[...6 lines deleted...]
-      <c r="A204" s="10" t="s">
+      <c r="B226" s="31"/>
+      <c r="C226" s="23"/>
+      <c r="D226" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="B204" s="32"/>
-[...6 lines deleted...]
-      <c r="A205" s="30" t="s">
+      <c r="B227" s="31"/>
+      <c r="C227" s="23"/>
+      <c r="D227" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="29" t="s">
         <v>12</v>
       </c>
-      <c r="B205" s="31"/>
-[...6 lines deleted...]
-      <c r="A206" s="25" t="s">
+      <c r="B228" s="30"/>
+      <c r="C228" s="30"/>
+      <c r="D228" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="B206" s="32">
-[...2 lines deleted...]
-      <c r="C206" s="26">
+      <c r="B229" s="31">
+        <v>0</v>
+      </c>
+      <c r="C229" s="25">
         <v>6.45</v>
       </c>
-      <c r="D206" s="26">
-[...4 lines deleted...]
-      <c r="A207" s="23" t="s">
+      <c r="D229" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="22" t="s">
         <v>37</v>
       </c>
-      <c r="B207" s="32"/>
-[...6 lines deleted...]
-      <c r="A208" s="10" t="s">
+      <c r="B230" s="31"/>
+      <c r="C230" s="23"/>
+      <c r="D230" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="B208" s="32"/>
-[...6 lines deleted...]
-      <c r="A209" s="10" t="s">
+      <c r="B231" s="31"/>
+      <c r="C231" s="23"/>
+      <c r="D231" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A232" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="B209" s="32"/>
-[...6 lines deleted...]
-      <c r="A210" s="10" t="s">
+      <c r="B232" s="31"/>
+      <c r="C232" s="23"/>
+      <c r="D232" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A233" s="9" t="s">
         <v>49</v>
       </c>
-      <c r="B210" s="32"/>
-[...6 lines deleted...]
-      <c r="A211" s="10" t="s">
+      <c r="B233" s="31"/>
+      <c r="C233" s="23"/>
+      <c r="D233" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A234" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="B211" s="32"/>
-[...6 lines deleted...]
-      <c r="A212" s="10" t="s">
+      <c r="B234" s="31"/>
+      <c r="C234" s="23"/>
+      <c r="D234" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A235" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="B212" s="32"/>
-[...6 lines deleted...]
-      <c r="A213" s="42" t="s">
+      <c r="B235" s="31"/>
+      <c r="C235" s="23"/>
+      <c r="D235" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A236" s="42" t="s">
         <v>57</v>
       </c>
-      <c r="B213" s="32"/>
-[...6 lines deleted...]
-      <c r="A214" s="10" t="s">
+      <c r="B236" s="31"/>
+      <c r="C236" s="23"/>
+      <c r="D236" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A237" s="9" t="s">
         <v>64</v>
       </c>
-      <c r="B214" s="32"/>
-[...6 lines deleted...]
-      <c r="A215" s="10" t="s">
+      <c r="B237" s="31"/>
+      <c r="C237" s="23"/>
+      <c r="D237" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A238" s="9" t="s">
         <v>60</v>
       </c>
-      <c r="B215" s="32"/>
-[...6 lines deleted...]
-      <c r="A216" s="10" t="s">
+      <c r="B238" s="31"/>
+      <c r="C238" s="23"/>
+      <c r="D238" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A239" s="9" t="s">
         <v>40</v>
       </c>
-      <c r="B216" s="32"/>
-[...6 lines deleted...]
-      <c r="A217" s="10" t="s">
+      <c r="B239" s="31"/>
+      <c r="C239" s="23"/>
+      <c r="D239" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A240" s="9" t="s">
         <v>86</v>
       </c>
-      <c r="B217" s="32"/>
-[...6 lines deleted...]
-      <c r="A218" s="10" t="s">
+      <c r="B240" s="31"/>
+      <c r="C240" s="23"/>
+      <c r="D240" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A241" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="B218" s="32"/>
-[...6 lines deleted...]
-      <c r="A219" s="49" t="s">
+      <c r="B241" s="31"/>
+      <c r="C241" s="23"/>
+      <c r="D241" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A242" s="49" t="s">
         <v>91</v>
       </c>
-      <c r="B219" s="32"/>
-[...6 lines deleted...]
-      <c r="A220" s="49" t="s">
+      <c r="B242" s="31"/>
+      <c r="C242" s="23"/>
+      <c r="D242" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A243" s="49" t="s">
         <v>87</v>
       </c>
-      <c r="B220" s="32"/>
-[...6 lines deleted...]
-      <c r="A221" s="49" t="s">
+      <c r="B243" s="31"/>
+      <c r="C243" s="23"/>
+      <c r="D243" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A244" s="49" t="s">
         <v>91</v>
       </c>
-      <c r="B221" s="32"/>
-[...6 lines deleted...]
-      <c r="A222" s="49" t="s">
+      <c r="B244" s="31"/>
+      <c r="C244" s="23"/>
+      <c r="D244" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A245" s="49" t="s">
         <v>91</v>
       </c>
-      <c r="B222" s="32"/>
-[...6 lines deleted...]
-      <c r="A223" s="27" t="s">
+      <c r="B245" s="31"/>
+      <c r="C245" s="23"/>
+      <c r="D245" s="23">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A246" s="26" t="s">
         <v>72</v>
       </c>
-      <c r="B223" s="28">
-[...3 lines deleted...]
-      <c r="C223" s="28">
+      <c r="B246" s="27">
+        <f t="shared" ref="B246:D246" si="0">SUM(B244:B245)</f>
+        <v>0</v>
+      </c>
+      <c r="C246" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="D223" s="28">
+      <c r="D246" s="27">
         <f t="shared" si="0"/>
-        <v>3121.94</v>
-[...3 lines deleted...]
-      <c r="A224" s="18" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A247" s="17" t="s">
         <v>29</v>
       </c>
-      <c r="B224" s="21">
-[...13 lines deleted...]
-      <c r="A226" s="18" t="s">
+      <c r="B247" s="20">
+        <f>B201+B246</f>
+        <v>0</v>
+      </c>
+      <c r="C247" s="20">
+        <f>C201+C246</f>
+        <v>0</v>
+      </c>
+      <c r="D247" s="20">
+        <f>D201+D246</f>
+        <v>1638190.19</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A249" s="17" t="s">
         <v>74</v>
       </c>
-      <c r="B226" s="21">
-        <f>B41+B62+B81+B224</f>
+      <c r="B249" s="20">
+        <f>B41+B62+B82+B247</f>
         <v>26642003.330000002</v>
       </c>
-      <c r="C226" s="21" t="e">
-        <f>C41+C62+C81+C224</f>
+      <c r="C249" s="20" t="e">
+        <f>C41+C62+C82+C247</f>
         <v>#REF!</v>
       </c>
-      <c r="D226" s="21">
-[...4 lines deleted...]
-    <row r="229" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="D249" s="20">
+        <f>D41+D62+D82+D247</f>
+        <v>86497678.570000008</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
-  <autoFilter ref="A85:D85"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="D83:D120"/>
+  <autoFilter ref="A86:D86" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A87:D112">
+    <sortCondition descending="1" ref="D87:D112"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A4:D7"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.15748031496062992" top="0.74803149606299213" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup scale="75" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="41" max="16383" man="1"/>
     <brk id="62" max="16383" man="1"/>
-    <brk id="81" max="16383" man="1"/>
+    <brk id="82" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Prezentare Generala PE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>