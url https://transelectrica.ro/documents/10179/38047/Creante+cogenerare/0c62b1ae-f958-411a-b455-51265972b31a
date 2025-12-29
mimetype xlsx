--- v0 (2025-12-09)
+++ v1 (2025-12-29)
@@ -16,104 +16,104 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$103:$D$103</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D124" i="1" l="1"/>
+  <c r="D126" i="1" l="1"/>
+  <c r="B189" i="1" l="1"/>
+  <c r="C189" i="1"/>
+  <c r="D189" i="1"/>
   <c r="B98" i="1"/>
   <c r="C98" i="1"/>
   <c r="D98" i="1"/>
   <c r="D71" i="1"/>
-  <c r="B185" i="1"/>
-[...3 lines deleted...]
-  <c r="C124" i="1"/>
+  <c r="B126" i="1" l="1"/>
+  <c r="C126" i="1"/>
   <c r="B33" i="1" l="1"/>
-  <c r="D186" i="1" l="1"/>
+  <c r="D190" i="1" l="1"/>
   <c r="B71" i="1"/>
   <c r="C71" i="1"/>
-  <c r="B186" i="1" l="1"/>
+  <c r="B190" i="1" l="1"/>
   <c r="D91" i="1"/>
   <c r="B91" i="1"/>
   <c r="C91" i="1"/>
   <c r="B81" i="1"/>
   <c r="D73" i="1"/>
   <c r="D81" i="1" s="1"/>
   <c r="D50" i="1"/>
   <c r="D14" i="1"/>
   <c r="D12" i="1"/>
   <c r="C36" i="1"/>
   <c r="C73" i="1"/>
   <c r="C81" i="1" s="1"/>
   <c r="B50" i="1"/>
   <c r="B58" i="1" s="1"/>
   <c r="C40" i="1"/>
   <c r="C14" i="1"/>
   <c r="C12" i="1"/>
   <c r="D33" i="1" l="1"/>
   <c r="C33" i="1"/>
   <c r="C58" i="1"/>
   <c r="C82" i="1"/>
   <c r="C99" i="1"/>
   <c r="D58" i="1"/>
   <c r="D99" i="1"/>
   <c r="B59" i="1"/>
   <c r="D82" i="1"/>
   <c r="B82" i="1"/>
   <c r="B99" i="1"/>
-  <c r="C186" i="1"/>
+  <c r="C190" i="1"/>
   <c r="C59" i="1" l="1"/>
-  <c r="C187" i="1" s="1"/>
+  <c r="C191" i="1" s="1"/>
   <c r="D59" i="1"/>
-  <c r="D187" i="1" s="1"/>
-  <c r="B187" i="1"/>
+  <c r="D191" i="1" s="1"/>
+  <c r="B191" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="120">
   <si>
     <t>CET BRASOV</t>
   </si>
   <si>
     <t>CET Iasi</t>
   </si>
   <si>
     <t>Petprod</t>
   </si>
   <si>
     <t>Exclusiv Agro Line (Aton Transilvania)</t>
   </si>
   <si>
     <t>Ennet Grup</t>
   </si>
   <si>
     <t>RAAN</t>
   </si>
   <si>
     <t>Electrocentrale Oradea</t>
   </si>
   <si>
     <t>ROMENERGY INDUSTRY</t>
   </si>
   <si>
@@ -410,60 +410,66 @@
   <si>
     <t>ELNET ENERGY SRL</t>
   </si>
   <si>
     <t>INTERAGRO SRL</t>
   </si>
   <si>
     <t>AUCHAN RENEWABLE ENERGY SRL</t>
   </si>
   <si>
     <t>DACIA ENERGY SOLUTIONS SRL</t>
   </si>
   <si>
     <t>ELSID SA</t>
   </si>
   <si>
     <t>RESTART ENERGY ONE SA</t>
   </si>
   <si>
     <t>HARGHITA ENERGY BROKER SRL</t>
   </si>
   <si>
     <t>UGM ENERGY TRADING SRL</t>
   </si>
   <si>
-    <t>situația existentă la data de 27.10.2025</t>
-[...4 lines deleted...]
-  <si>
     <t>AOT ENERGY SRL</t>
   </si>
   <si>
     <t>NEW ENERGY MANAGEMENT SRL</t>
+  </si>
+  <si>
+    <t>GLYPTODON SRL</t>
+  </si>
+  <si>
+    <t>POWER PEAK TRADING SRL</t>
+  </si>
+  <si>
+    <t>situația existentă la data de 22.12.2025</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1610,138 +1616,138 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H187"/>
+  <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="84" style="2" customWidth="1"/>
     <col min="2" max="3" width="20.5703125" style="3" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="52" t="s">
         <v>83</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
     </row>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="19"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="53" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B4" s="54"/>
       <c r="C4" s="54"/>
       <c r="D4" s="55"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="56"/>
       <c r="B5" s="57"/>
       <c r="C5" s="57"/>
       <c r="D5" s="58"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="56"/>
       <c r="B6" s="57"/>
       <c r="C6" s="57"/>
       <c r="D6" s="58"/>
     </row>
     <row r="7" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="59"/>
       <c r="B7" s="60"/>
       <c r="C7" s="60"/>
       <c r="D7" s="61"/>
     </row>
     <row r="8" spans="1:4" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>76</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
     </row>
     <row r="10" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="26"/>
       <c r="C11" s="26"/>
       <c r="D11" s="26"/>
     </row>
     <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
         <v>0</v>
       </c>
       <c r="C12" s="14">
         <f>67850237.41-16026.89</f>
         <v>67834210.519999996</v>
       </c>
       <c r="D12" s="14">
         <f>67850237.41-16026.89</f>
         <v>67834210.519999996</v>
       </c>
@@ -2331,51 +2337,51 @@
         <v>95996885.140000015</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="19"/>
       <c r="B60" s="20"/>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
     </row>
     <row r="61" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="62" spans="1:4" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D62" s="17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="63" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="26"/>
       <c r="C63" s="26"/>
       <c r="D63" s="26"/>
     </row>
     <row r="64" spans="1:4" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="32" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="43">
         <v>0</v>
       </c>
       <c r="C64" s="43">
         <v>16604052.15</v>
       </c>
       <c r="D64" s="43">
         <v>16604052.15</v>
       </c>
     </row>
     <row r="65" spans="1:4" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
@@ -2587,51 +2593,51 @@
         <v>32469341.93</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A83" s="1"/>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
     </row>
     <row r="84" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A84" s="15" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="85" spans="1:4" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A85" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B85" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C85" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D85" s="17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="86" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A86" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B86" s="26"/>
       <c r="C86" s="26"/>
       <c r="D86" s="26"/>
     </row>
     <row r="87" spans="1:4" s="10" customFormat="1" ht="115.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="32" t="s">
         <v>42</v>
       </c>
       <c r="B87" s="33"/>
       <c r="C87" s="33"/>
       <c r="D87" s="33">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:4" s="10" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B88" s="13">
@@ -2712,104 +2718,104 @@
         <v>58</v>
       </c>
       <c r="B95" s="29"/>
       <c r="C95" s="29"/>
       <c r="D95" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B96" s="29"/>
       <c r="C96" s="29"/>
       <c r="D96" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B97" s="29"/>
       <c r="C97" s="29"/>
       <c r="D97" s="29">
-        <v>20.83</v>
+        <v>51.07</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A98" s="31" t="s">
         <v>82</v>
       </c>
       <c r="B98" s="29">
         <f t="shared" ref="B98:D98" si="1">SUM(B96:B97)</f>
         <v>0</v>
       </c>
       <c r="C98" s="29">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D98" s="29">
         <f t="shared" si="1"/>
-        <v>20.83</v>
+        <v>51.07</v>
       </c>
     </row>
     <row r="99" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A99" s="24" t="s">
         <v>81</v>
       </c>
       <c r="B99" s="25">
         <f>B91+B98</f>
         <v>0</v>
       </c>
       <c r="C99" s="25">
         <f>C91+C98</f>
         <v>0</v>
       </c>
       <c r="D99" s="25">
         <f>D91+D98</f>
-        <v>20.83</v>
+        <v>51.07</v>
       </c>
     </row>
     <row r="101" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A101" s="15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="102" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B102" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C102" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D102" s="17" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="103" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A103" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B103" s="26"/>
       <c r="C103" s="26"/>
       <c r="D103" s="26"/>
     </row>
     <row r="104" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A104" s="39" t="s">
         <v>56</v>
       </c>
       <c r="B104" s="40"/>
       <c r="C104" s="40"/>
       <c r="D104" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A105" s="39" t="s">
         <v>47</v>
       </c>
       <c r="B105" s="37"/>
@@ -2858,836 +2864,876 @@
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A110" s="39" t="s">
         <v>105</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="13"/>
       <c r="D110" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A111" s="39" t="s">
         <v>70</v>
       </c>
       <c r="B111" s="13"/>
       <c r="C111" s="13"/>
       <c r="D111" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A112" s="39" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B112" s="13"/>
       <c r="C112" s="13"/>
       <c r="D112" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A113" s="39" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B113" s="13"/>
       <c r="C113" s="13"/>
       <c r="D113" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A114" s="39" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-        <v>4.7300000000000004</v>
+        <v>109</v>
+      </c>
+      <c r="B114" s="13"/>
+      <c r="C114" s="13"/>
+      <c r="D114" s="13">
+        <v>21149</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A115" s="39" t="s">
-        <v>68</v>
-[...7 lines deleted...]
-    <row r="116" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+        <v>92</v>
+      </c>
+      <c r="B115" s="37"/>
+      <c r="C115" s="37"/>
+      <c r="D115" s="37">
+        <v>4.7300000000000004</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A116" s="39" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-        <v>0</v>
+        <v>116</v>
+      </c>
+      <c r="B116" s="37"/>
+      <c r="C116" s="37"/>
+      <c r="D116" s="37">
+        <v>2.4700000000000002</v>
       </c>
     </row>
     <row r="117" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A117" s="39" t="s">
-        <v>104</v>
+        <v>75</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
       <c r="D117" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A118" s="39" t="s">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="B118" s="13"/>
       <c r="C118" s="13"/>
       <c r="D118" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A119" s="39" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B119" s="13"/>
       <c r="C119" s="13"/>
       <c r="D119" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A120" s="39" t="s">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="B120" s="13"/>
       <c r="C120" s="13"/>
       <c r="D120" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A121" s="39" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B121" s="13"/>
       <c r="C121" s="13"/>
       <c r="D121" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A122" s="39" t="s">
-        <v>108</v>
+        <v>75</v>
       </c>
       <c r="B122" s="13"/>
       <c r="C122" s="13"/>
       <c r="D122" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A123" s="39" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B123" s="13"/>
       <c r="C123" s="13"/>
       <c r="D123" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A124" s="31" t="s">
+    <row r="124" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="39" t="s">
+        <v>108</v>
+      </c>
+      <c r="B124" s="13"/>
+      <c r="C124" s="13"/>
+      <c r="D124" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="39" t="s">
+        <v>104</v>
+      </c>
+      <c r="B125" s="13"/>
+      <c r="C125" s="13"/>
+      <c r="D125" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A126" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="B124" s="6">
-[...13 lines deleted...]
-      <c r="A125" s="36" t="s">
+      <c r="B126" s="6">
+        <f>SUM(B104:B125)</f>
+        <v>0</v>
+      </c>
+      <c r="C126" s="6">
+        <f>SUM(C104:C125)</f>
+        <v>0</v>
+      </c>
+      <c r="D126" s="6">
+        <f>SUM(D104:D125)</f>
+        <v>21157.200000000001</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A127" s="36" t="s">
         <v>80</v>
       </c>
-      <c r="B125" s="35"/>
-[...4 lines deleted...]
-      <c r="A126" s="45" t="s">
+      <c r="B127" s="35"/>
+      <c r="C127" s="35"/>
+      <c r="D127" s="35"/>
+    </row>
+    <row r="128" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="45" t="s">
         <v>84</v>
       </c>
-      <c r="B126" s="46"/>
-[...21 lines deleted...]
-      <c r="D128" s="37">
+      <c r="B128" s="46"/>
+      <c r="C128" s="46"/>
+      <c r="D128" s="46">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A129" s="47" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B129" s="46"/>
       <c r="C129" s="46"/>
       <c r="D129" s="46">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A130" s="47" t="s">
+        <v>104</v>
+      </c>
+      <c r="B130" s="37"/>
+      <c r="C130" s="37"/>
+      <c r="D130" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="47" t="s">
+        <v>102</v>
+      </c>
+      <c r="B131" s="46"/>
+      <c r="C131" s="46"/>
+      <c r="D131" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="B130" s="46"/>
-[...6 lines deleted...]
-      <c r="A131" s="5" t="s">
+      <c r="B132" s="46"/>
+      <c r="C132" s="46"/>
+      <c r="D132" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="5" t="s">
         <v>64</v>
-      </c>
-[...18 lines deleted...]
-        <v>60</v>
       </c>
       <c r="B133" s="6"/>
       <c r="C133" s="6"/>
       <c r="D133" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="134" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>103</v>
+    <row r="134" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="11" t="s">
+        <v>48</v>
       </c>
       <c r="B134" s="6"/>
       <c r="C134" s="6"/>
       <c r="D134" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D135" s="37">
+      <c r="A135" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B135" s="6"/>
+      <c r="C135" s="6"/>
+      <c r="D135" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A136" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D136" s="37">
+      <c r="A136" s="44" t="s">
+        <v>103</v>
+      </c>
+      <c r="B136" s="6"/>
+      <c r="C136" s="6"/>
+      <c r="D136" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A137" s="39" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="B137" s="37"/>
       <c r="C137" s="37"/>
       <c r="D137" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A138" s="39" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="B138" s="37"/>
       <c r="C138" s="37"/>
       <c r="D138" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A139" s="39" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="B139" s="37"/>
       <c r="C139" s="37"/>
       <c r="D139" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A140" s="39" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="B140" s="37"/>
       <c r="C140" s="37"/>
       <c r="D140" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A141" s="39" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B141" s="37"/>
       <c r="C141" s="37"/>
       <c r="D141" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A142" s="39" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B142" s="37"/>
       <c r="C142" s="37"/>
       <c r="D142" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A143" s="39" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="B143" s="37"/>
       <c r="C143" s="37"/>
       <c r="D143" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A144" s="39" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      <c r="D144" s="13">
+        <v>68</v>
+      </c>
+      <c r="B144" s="37"/>
+      <c r="C144" s="37"/>
+      <c r="D144" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A145" s="39" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      <c r="D145" s="13">
+        <v>102</v>
+      </c>
+      <c r="B145" s="37"/>
+      <c r="C145" s="37"/>
+      <c r="D145" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A146" s="39" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      <c r="D146" s="37">
+        <v>84</v>
+      </c>
+      <c r="B146" s="13"/>
+      <c r="C146" s="13"/>
+      <c r="D146" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A147" s="39" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      <c r="D147" s="37">
+        <v>52</v>
+      </c>
+      <c r="B147" s="13"/>
+      <c r="C147" s="13"/>
+      <c r="D147" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A148" s="39" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B148" s="37"/>
       <c r="C148" s="37"/>
       <c r="D148" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A149" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D149" s="6">
+      <c r="A149" s="39" t="s">
+        <v>88</v>
+      </c>
+      <c r="B149" s="37"/>
+      <c r="C149" s="37"/>
+      <c r="D149" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A150" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D150" s="6">
+      <c r="A150" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B150" s="37"/>
+      <c r="C150" s="37"/>
+      <c r="D150" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A151" s="11" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="B151" s="6"/>
       <c r="C151" s="6"/>
       <c r="D151" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A152" s="11" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B152" s="6"/>
       <c r="C152" s="6"/>
       <c r="D152" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A153" s="11" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B153" s="6"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A154" s="11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="B154" s="6"/>
       <c r="C154" s="6"/>
       <c r="D154" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A155" s="11" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B155" s="6"/>
       <c r="C155" s="6"/>
       <c r="D155" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A156" s="11" t="s">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="B156" s="6"/>
       <c r="C156" s="6"/>
       <c r="D156" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A157" s="11" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B157" s="6"/>
       <c r="C157" s="6"/>
       <c r="D157" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A158" s="11" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B158" s="6"/>
       <c r="C158" s="6"/>
       <c r="D158" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A159" s="11" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="B159" s="6"/>
       <c r="C159" s="6"/>
       <c r="D159" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A160" s="11" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="B160" s="6"/>
       <c r="C160" s="6"/>
       <c r="D160" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A161" s="11" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="B161" s="6"/>
       <c r="C161" s="6"/>
       <c r="D161" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A162" s="11" t="s">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="B162" s="6"/>
       <c r="C162" s="6"/>
       <c r="D162" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="5" t="s">
-        <v>37</v>
+      <c r="A163" s="11" t="s">
+        <v>62</v>
       </c>
       <c r="B163" s="6"/>
       <c r="C163" s="6"/>
       <c r="D163" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A164" s="5" t="s">
-        <v>45</v>
+      <c r="A164" s="11" t="s">
+        <v>38</v>
       </c>
       <c r="B164" s="6"/>
       <c r="C164" s="6"/>
       <c r="D164" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="11" t="s">
-        <v>44</v>
+      <c r="A165" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="B165" s="6"/>
       <c r="C165" s="6"/>
       <c r="D165" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A166" s="5" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="B166" s="6"/>
       <c r="C166" s="6"/>
       <c r="D166" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A167" s="11" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B167" s="6"/>
       <c r="C167" s="6"/>
       <c r="D167" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A168" s="11" t="s">
-        <v>54</v>
+      <c r="A168" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="B168" s="6"/>
       <c r="C168" s="6"/>
       <c r="D168" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A169" s="11" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="B169" s="6"/>
       <c r="C169" s="6"/>
       <c r="D169" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A170" s="11" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B170" s="6"/>
       <c r="C170" s="6"/>
       <c r="D170" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A171" s="11" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="B171" s="6"/>
       <c r="C171" s="6"/>
       <c r="D171" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A172" s="11" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="B172" s="6"/>
       <c r="C172" s="6"/>
       <c r="D172" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="173" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="173" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A173" s="11" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="B173" s="6"/>
       <c r="C173" s="6"/>
       <c r="D173" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A174" s="11" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="B174" s="6"/>
       <c r="C174" s="6"/>
       <c r="D174" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="175" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="175" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="11" t="s">
-        <v>9</v>
+        <v>65</v>
       </c>
       <c r="B175" s="6"/>
       <c r="C175" s="6"/>
       <c r="D175" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A176" s="11" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="B176" s="6"/>
       <c r="C176" s="6"/>
       <c r="D176" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A177" s="11" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="B177" s="6"/>
       <c r="C177" s="6"/>
-      <c r="D177" s="6"/>
+      <c r="D177" s="6">
+        <v>0</v>
+      </c>
     </row>
     <row r="178" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A178" s="11" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="B178" s="6"/>
       <c r="C178" s="6"/>
       <c r="D178" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A179" s="11" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="B179" s="6"/>
       <c r="C179" s="6"/>
-      <c r="D179" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="D179" s="6"/>
     </row>
     <row r="180" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A180" s="11" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="B180" s="6"/>
       <c r="C180" s="6"/>
       <c r="D180" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A181" s="11" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="B181" s="6"/>
       <c r="C181" s="6"/>
       <c r="D181" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A182" s="11" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="B182" s="6"/>
       <c r="C182" s="6"/>
       <c r="D182" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A183" s="11" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B183" s="6"/>
       <c r="C183" s="6"/>
       <c r="D183" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A184" s="11" t="s">
-        <v>110</v>
+        <v>57</v>
       </c>
       <c r="B184" s="6"/>
       <c r="C184" s="6"/>
       <c r="D184" s="6">
         <v>0</v>
       </c>
     </row>
-    <row r="185" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A185" s="31" t="s">
+    <row r="185" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B185" s="6"/>
+      <c r="C185" s="6"/>
+      <c r="D185" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B186" s="6"/>
+      <c r="C186" s="6"/>
+      <c r="D186" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B187" s="6"/>
+      <c r="C187" s="6"/>
+      <c r="D187" s="6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A188" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B188" s="6"/>
+      <c r="C188" s="6"/>
+      <c r="D188" s="6">
+        <v>30.81</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A189" s="31" t="s">
         <v>82</v>
       </c>
-      <c r="B185" s="27">
-[...13 lines deleted...]
-      <c r="A186" s="24" t="s">
+      <c r="B189" s="27">
+        <f t="shared" ref="B189:C189" si="2">SUM(B128:B188)</f>
+        <v>0</v>
+      </c>
+      <c r="C189" s="27">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="D189" s="27">
+        <f>SUM(D128:D188)</f>
+        <v>30.81</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A190" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="B186" s="25">
-[...13 lines deleted...]
-      <c r="A187" s="22" t="s">
+      <c r="B190" s="25">
+        <f>B126+B189</f>
+        <v>0</v>
+      </c>
+      <c r="C190" s="25">
+        <f>C126+C189</f>
+        <v>0</v>
+      </c>
+      <c r="D190" s="25">
+        <f>D126+D189</f>
+        <v>21188.010000000002</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A191" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="B187" s="23">
-        <f>B59+B82+B99+B186</f>
+      <c r="B191" s="23">
+        <f>B59+B82+B99+B190</f>
         <v>5374460.6200000001</v>
       </c>
-      <c r="C187" s="23" t="e">
-        <f>C59+C82+C99+C186</f>
+      <c r="C191" s="23" t="e">
+        <f>C59+C82+C99+C190</f>
         <v>#REF!</v>
       </c>
-      <c r="D187" s="23">
-[...1 lines deleted...]
-        <v>128466253.63000003</v>
+      <c r="D191" s="23">
+        <f>D59+D82+D99+D190</f>
+        <v>128487466.15000002</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A103:D103"/>
-  <sortState ref="A109:G111">
-    <sortCondition descending="1" ref="D109:D111"/>
+  <sortState ref="A109:G115">
+    <sortCondition descending="1" ref="D109:D115"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A4:D7"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.15748031496062992" top="0.23622047244094491" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="59" max="16383" man="1"/>
     <brk id="82" max="16383" man="1"/>
     <brk id="99" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>