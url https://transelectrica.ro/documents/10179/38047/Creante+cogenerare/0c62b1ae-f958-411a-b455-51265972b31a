--- v1 (2025-12-29)
+++ v2 (2026-02-28)
@@ -1,119 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Creante\2026\februarie\site\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{42654D75-C5E0-4A42-A795-063112C55D89}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$103:$D$103</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$132:$D$132</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D126" i="1" l="1"/>
-[...5 lines deleted...]
-  <c r="D98" i="1"/>
+  <c r="D194" i="1" l="1"/>
+  <c r="D131" i="1"/>
+  <c r="B194" i="1" l="1"/>
+  <c r="C194" i="1"/>
+  <c r="B97" i="1"/>
+  <c r="C97" i="1"/>
+  <c r="D97" i="1"/>
   <c r="D71" i="1"/>
-  <c r="B126" i="1" l="1"/>
-  <c r="C126" i="1"/>
+  <c r="B131" i="1" l="1"/>
+  <c r="C131" i="1"/>
   <c r="B33" i="1" l="1"/>
-  <c r="D190" i="1" l="1"/>
+  <c r="D195" i="1" l="1"/>
   <c r="B71" i="1"/>
   <c r="C71" i="1"/>
-  <c r="B190" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="B81" i="1"/>
+  <c r="B195" i="1" l="1"/>
+  <c r="B80" i="1"/>
   <c r="D73" i="1"/>
-  <c r="D81" i="1" s="1"/>
+  <c r="D80" i="1" s="1"/>
   <c r="D50" i="1"/>
   <c r="D14" i="1"/>
   <c r="D12" i="1"/>
   <c r="C36" i="1"/>
   <c r="C73" i="1"/>
-  <c r="C81" i="1" s="1"/>
+  <c r="C80" i="1" s="1"/>
   <c r="B50" i="1"/>
   <c r="B58" i="1" s="1"/>
   <c r="C40" i="1"/>
   <c r="C14" i="1"/>
   <c r="C12" i="1"/>
   <c r="D33" i="1" l="1"/>
   <c r="C33" i="1"/>
   <c r="C58" i="1"/>
-  <c r="C82" i="1"/>
-  <c r="C99" i="1"/>
+  <c r="C81" i="1"/>
   <c r="D58" i="1"/>
-  <c r="D99" i="1"/>
   <c r="B59" i="1"/>
-  <c r="D82" i="1"/>
-[...2 lines deleted...]
-  <c r="C190" i="1"/>
+  <c r="D81" i="1"/>
+  <c r="B81" i="1"/>
+  <c r="C195" i="1"/>
   <c r="C59" i="1" l="1"/>
-  <c r="C191" i="1" s="1"/>
   <c r="D59" i="1"/>
-  <c r="D191" i="1" s="1"/>
-  <c r="B191" i="1"/>
+  <c r="D196" i="1" l="1"/>
+  <c r="D98" i="1"/>
+  <c r="D90" i="1"/>
+  <c r="C196" i="1"/>
+  <c r="C98" i="1"/>
+  <c r="C90" i="1"/>
+  <c r="B196" i="1"/>
+  <c r="B98" i="1"/>
+  <c r="B90" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="122">
   <si>
     <t>CET BRASOV</t>
   </si>
   <si>
     <t>CET Iasi</t>
   </si>
   <si>
     <t>Petprod</t>
   </si>
   <si>
     <t>Exclusiv Agro Line (Aton Transilvania)</t>
   </si>
   <si>
     <t>Ennet Grup</t>
   </si>
   <si>
     <t>RAAN</t>
   </si>
   <si>
     <t>Electrocentrale Oradea</t>
   </si>
   <si>
     <t>ROMENERGY INDUSTRY</t>
   </si>
   <si>
@@ -173,53 +179,50 @@
   <si>
     <t>Energotrans</t>
   </si>
   <si>
     <t>Total sume de recuperat comercial</t>
   </si>
   <si>
     <t>Nume client</t>
   </si>
   <si>
     <t>Total Cogenerare</t>
   </si>
   <si>
     <t>Creante nascute pana in anul 2013</t>
   </si>
   <si>
     <t>Creante nascute in perioada 2014-2016</t>
   </si>
   <si>
     <t>C-GAZ &amp; ENERGY DISTRIBUTIE SRL</t>
   </si>
   <si>
     <t>Fidelis Energy</t>
   </si>
   <si>
-    <t>Menarom-PEC SA</t>
-[...1 lines deleted...]
-  <si>
     <t>Arelco Energy</t>
   </si>
   <si>
     <t>Arelco Power</t>
   </si>
   <si>
     <t>Arcelormittal Galati</t>
   </si>
   <si>
     <t>Elsaco Energy</t>
   </si>
   <si>
     <t>KDF Energy</t>
   </si>
   <si>
     <t>ICPE ELECTROCOND TECHNOLOGIES SA</t>
   </si>
   <si>
     <t>CET GOVORA SA</t>
   </si>
   <si>
     <t>ELECTROCENTRALE BUCURESTI SA</t>
   </si>
   <si>
     <t>SOCERAM SA</t>
@@ -422,74 +425,83 @@
   <si>
     <t>ELSID SA</t>
   </si>
   <si>
     <t>RESTART ENERGY ONE SA</t>
   </si>
   <si>
     <t>HARGHITA ENERGY BROKER SRL</t>
   </si>
   <si>
     <t>UGM ENERGY TRADING SRL</t>
   </si>
   <si>
     <t>AOT ENERGY SRL</t>
   </si>
   <si>
     <t>NEW ENERGY MANAGEMENT SRL</t>
   </si>
   <si>
     <t>GLYPTODON SRL</t>
   </si>
   <si>
     <t>POWER PEAK TRADING SRL</t>
   </si>
   <si>
-    <t>situația existentă la data de 22.12.2025</t>
-[...2 lines deleted...]
-    <t>Valoare neîncasată la data de 22 12 2025 (Lei)</t>
+    <t>TOMIS TEAM SA</t>
+  </si>
+  <si>
+    <t>COOPERATIVADEENERGIE FURNIZARE SRL</t>
+  </si>
+  <si>
+    <t>LUXTEN LIGHTING COMPANY SA</t>
+  </si>
+  <si>
+    <t>situația existentă la data de 16.02.2026</t>
+  </si>
+  <si>
+    <t>Valoare neîncasată la data de 16 02 2026 (Lei)</t>
   </si>
   <si>
     <r>
       <t>Nota:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Creantele prezentate in acest tabel sunt valabile la data intocmirii. Pentru informatii actualizate va rugam sa ne contactati la numarul de telefon 021-303.57.23 sau pe e-mail la adresa relatii.piata.energie@transelectrica.ro</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
@@ -1212,205 +1224,205 @@
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="35" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="23" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="33" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="35" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
-    <cellStyle name="20% - Accent1 2" xfId="1"/>
-[...34 lines deleted...]
-    <cellStyle name="Neutral 2" xfId="36"/>
+    <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Accent2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Accent3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Accent4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Accent5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Accent6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="40% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="40% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="40% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="40% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="40% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="40% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="60% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="60% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="60% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="60% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Accent4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Accent5 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="Accent6 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="Bad 2" xfId="25" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="Calculation 2" xfId="26" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Check Cell 2" xfId="27" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="Explanatory Text 2" xfId="28" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Good 2" xfId="29" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Heading 1 2" xfId="30" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Heading 2 2" xfId="31" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="Heading 3 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="Heading 4 2" xfId="33" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Input 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="Linked Cell 2" xfId="35" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Neutral 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="37"/>
-[...4 lines deleted...]
-    <cellStyle name="Warning Text 2" xfId="42"/>
+    <cellStyle name="Normal 2" xfId="37" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Note 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Output 2" xfId="39" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="Title 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="Total 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="Warning Text 2" xfId="42" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1438,51 +1450,51 @@
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1615,139 +1627,139 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H191"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:H196"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:D7"/>
+    <sheetView tabSelected="1" topLeftCell="A61" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A161" sqref="A161:XFD161"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="84" style="2" customWidth="1"/>
     <col min="2" max="3" width="20.5703125" style="3" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" style="3" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="52" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
     </row>
     <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="19"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="53" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B4" s="54"/>
       <c r="C4" s="54"/>
       <c r="D4" s="55"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="56"/>
       <c r="B5" s="57"/>
       <c r="C5" s="57"/>
       <c r="D5" s="58"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="56"/>
       <c r="B6" s="57"/>
       <c r="C6" s="57"/>
       <c r="D6" s="58"/>
     </row>
     <row r="7" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="59"/>
       <c r="B7" s="60"/>
       <c r="C7" s="60"/>
       <c r="D7" s="61"/>
     </row>
     <row r="8" spans="1:4" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row r="9" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
     </row>
     <row r="10" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C10" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="26"/>
       <c r="C11" s="26"/>
       <c r="D11" s="26"/>
     </row>
     <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="48" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="14">
         <v>0</v>
       </c>
       <c r="C12" s="14">
         <f>67850237.41-16026.89</f>
         <v>67834210.519999996</v>
       </c>
       <c r="D12" s="14">
         <f>67850237.41-16026.89</f>
         <v>67834210.519999996</v>
       </c>
@@ -1762,464 +1774,464 @@
       <c r="C13" s="3">
         <v>0</v>
       </c>
       <c r="D13" s="6">
         <v>4391192.74</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="49" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="41">
         <v>0</v>
       </c>
       <c r="C14" s="41">
         <f>2565035.32+115584.81</f>
         <v>2680620.13</v>
       </c>
       <c r="D14" s="41">
         <f>2565035.32+115584.81</f>
         <v>2680620.13</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="39" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="39" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B16" s="14">
         <v>0</v>
       </c>
       <c r="C16" s="14">
         <v>1814174.99</v>
       </c>
       <c r="D16" s="14">
         <v>1504046.12</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B17" s="14"/>
       <c r="C17" s="14"/>
       <c r="D17" s="14">
         <v>531030.65</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="39" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B18" s="34"/>
       <c r="C18" s="34"/>
       <c r="D18" s="34">
         <v>522180.81</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="34"/>
       <c r="C19" s="34"/>
       <c r="D19" s="34">
         <v>407885.09</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="50" t="s">
         <v>4</v>
       </c>
       <c r="B20" s="41">
         <v>0</v>
       </c>
       <c r="C20" s="41">
         <v>365256.65</v>
       </c>
       <c r="D20" s="41">
         <v>365256.65</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="12" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="D21" s="14">
         <v>166955.74</v>
       </c>
     </row>
     <row r="22" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="39" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14">
         <v>154257.60999999999</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="12" t="s">
         <v>1</v>
       </c>
       <c r="B23" s="6">
         <v>152753.93</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>152753.93</v>
       </c>
     </row>
     <row r="24" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6">
         <v>112701.59</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="48" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="6">
         <v>111331.32</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
         <v>111331.32</v>
       </c>
     </row>
     <row r="26" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6">
         <v>78523.95</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B27" s="6">
         <v>60117.7</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
         <v>60117.7</v>
       </c>
     </row>
     <row r="28" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B28" s="6">
         <v>0</v>
       </c>
       <c r="C28" s="6">
         <v>29522.76</v>
       </c>
       <c r="D28" s="6">
         <v>29522.76</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6">
         <v>27868.2</v>
       </c>
     </row>
     <row r="30" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="39" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="42">
         <v>0</v>
       </c>
       <c r="C30" s="42">
         <v>25291.45</v>
       </c>
       <c r="D30" s="42">
         <v>25291.45</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="39" t="s">
         <v>13</v>
       </c>
       <c r="B31" s="7"/>
       <c r="C31" s="7"/>
       <c r="D31" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="39" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B32" s="34"/>
       <c r="C32" s="34"/>
       <c r="D32" s="34">
         <v>11435.97</v>
       </c>
     </row>
     <row r="33" spans="1:4" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="9" t="s">
         <v>22</v>
       </c>
       <c r="B33" s="29">
         <f t="shared" ref="B33:D33" si="0">SUM(B12:B32)</f>
         <v>4715395.6900000004</v>
       </c>
       <c r="C33" s="29">
         <f t="shared" si="0"/>
         <v>72749076.5</v>
       </c>
       <c r="D33" s="29">
         <f t="shared" si="0"/>
         <v>79167182.930000022</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="15" x14ac:dyDescent="0.2">
       <c r="A34" s="36" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="26"/>
       <c r="D34" s="26"/>
     </row>
     <row r="35" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B35" s="6">
         <v>0</v>
       </c>
       <c r="C35" s="6">
         <v>14619951.74</v>
       </c>
       <c r="D35" s="6">
         <v>14619951.74</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="12" t="s">
         <v>2</v>
       </c>
       <c r="B36" s="6">
         <v>628251.49</v>
       </c>
       <c r="C36" s="6" t="e">
         <f>#REF!-B36</f>
         <v>#REF!</v>
       </c>
       <c r="D36" s="6">
         <v>1894232.36</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="6">
         <v>0</v>
       </c>
       <c r="C37" s="6">
         <v>105696.76</v>
       </c>
       <c r="D37" s="6">
         <v>105696.76</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="51" t="s">
-        <v>112</v>
+      <c r="A38" s="47" t="s">
+        <v>111</v>
       </c>
       <c r="B38" s="6">
         <v>0</v>
       </c>
       <c r="C38" s="6">
         <v>60584.88</v>
       </c>
       <c r="D38" s="6">
         <v>58878.43</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="12" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B39" s="6"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6">
         <v>47969.67</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B40" s="6">
         <v>12288.74</v>
       </c>
       <c r="C40" s="6" t="e">
         <f>#REF!-B40</f>
         <v>#REF!</v>
       </c>
       <c r="D40" s="6">
         <v>31683.05</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="12" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B41" s="6">
         <v>0</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="6">
         <v>27928.639999999999</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B42" s="6">
         <v>14105.09</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
         <v>14105.09</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B43" s="6">
         <v>0</v>
       </c>
       <c r="C43" s="6">
         <v>9216.7199999999993</v>
       </c>
       <c r="D43" s="6">
         <v>9216.7199999999993</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="51" t="s">
+      <c r="A44" s="47" t="s">
         <v>33</v>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6">
         <v>7905.61</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="39" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B45" s="6"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6">
         <v>2989.93</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B46" s="6"/>
       <c r="C46" s="6"/>
       <c r="D46" s="6">
         <v>2360.3200000000002</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="12" t="s">
         <v>15</v>
       </c>
       <c r="B47" s="6">
         <v>1435.26</v>
       </c>
       <c r="C47" s="6">
         <v>1435.26</v>
       </c>
       <c r="D47" s="6">
         <v>2009.34</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="39" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="6">
         <v>1955.2</v>
       </c>
       <c r="C48" s="6">
         <v>1955.2</v>
       </c>
       <c r="D48" s="6">
         <v>1955.2</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="51" t="s">
-        <v>66</v>
+      <c r="A49" s="47" t="s">
+        <v>65</v>
       </c>
       <c r="B49" s="6"/>
       <c r="C49" s="6"/>
       <c r="D49" s="6">
         <v>1082.05</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="12" t="s">
         <v>3</v>
       </c>
       <c r="B50" s="6">
         <f>263.54+543.98</f>
         <v>807.52</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
         <f>263.54+543.98</f>
         <v>807.52</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="12" t="s">
@@ -2229,1521 +2241,1567 @@
         <v>0</v>
       </c>
       <c r="C51" s="6">
         <v>308.16000000000003</v>
       </c>
       <c r="D51" s="6">
         <v>308.16000000000003</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B52" s="6">
         <v>221.63</v>
       </c>
       <c r="C52" s="6">
         <v>0</v>
       </c>
       <c r="D52" s="6">
         <v>221.63</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B53" s="6">
         <v>0</v>
       </c>
       <c r="C53" s="6">
         <v>200.29</v>
       </c>
       <c r="D53" s="6">
         <v>200.29</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B54" s="6"/>
       <c r="C54" s="6"/>
       <c r="D54" s="6">
         <v>133.94</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="51" t="s">
-        <v>96</v>
+      <c r="A55" s="47" t="s">
+        <v>95</v>
       </c>
       <c r="B55" s="6"/>
       <c r="C55" s="6"/>
       <c r="D55" s="6">
         <v>35.74</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="51" t="s">
+      <c r="A56" s="47" t="s">
         <v>14</v>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6">
         <v>21.98</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="51" t="s">
+      <c r="A57" s="47" t="s">
         <v>13</v>
       </c>
       <c r="B57" s="6"/>
       <c r="C57" s="6"/>
       <c r="D57" s="6">
         <v>8.0399999999999991</v>
       </c>
     </row>
     <row r="58" spans="1:4" s="8" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A58" s="38" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B58" s="27">
         <f>SUM(B35:B57)</f>
         <v>659064.92999999993</v>
       </c>
       <c r="C58" s="27" t="e">
         <f>SUM(C35:C57)</f>
         <v>#REF!</v>
       </c>
       <c r="D58" s="27">
         <f>SUM(D35:D57)</f>
         <v>16829702.209999993</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A59" s="22" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B59" s="23">
         <f>B33+B58</f>
         <v>5374460.6200000001</v>
       </c>
       <c r="C59" s="23" t="e">
         <f>C33+C58</f>
         <v>#REF!</v>
       </c>
       <c r="D59" s="23">
         <f>D33+D58</f>
         <v>95996885.140000015</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A60" s="19"/>
       <c r="B60" s="20"/>
       <c r="C60" s="20"/>
       <c r="D60" s="20"/>
     </row>
     <row r="61" spans="1:4" ht="15" x14ac:dyDescent="0.25">
       <c r="A61" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="62" spans="1:4" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A62" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B62" s="17" t="s">
         <v>30</v>
       </c>
       <c r="C62" s="17" t="s">
         <v>31</v>
       </c>
       <c r="D62" s="17" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A63" s="18" t="s">
         <v>17</v>
       </c>
       <c r="B63" s="26"/>
       <c r="C63" s="26"/>
       <c r="D63" s="26"/>
     </row>
-    <row r="64" spans="1:4" s="4" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="32" t="s">
         <v>8</v>
       </c>
       <c r="B64" s="43">
         <v>0</v>
       </c>
       <c r="C64" s="43">
         <v>16604052.15</v>
       </c>
       <c r="D64" s="43">
         <v>16604052.15</v>
       </c>
     </row>
     <row r="65" spans="1:4" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="39" t="s">
         <v>16</v>
       </c>
       <c r="B65" s="14"/>
       <c r="C65" s="14"/>
       <c r="D65" s="14">
         <v>5882072.9199999999</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="39" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B66" s="14"/>
       <c r="C66" s="14"/>
       <c r="D66" s="14">
         <v>887526.83</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B67" s="14"/>
       <c r="C67" s="14"/>
       <c r="D67" s="14">
         <v>67533.899999999994</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="39"/>
       <c r="B68" s="42"/>
       <c r="C68" s="42"/>
       <c r="D68" s="42"/>
     </row>
     <row r="69" spans="1:4" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="39" t="s">
         <v>13</v>
       </c>
       <c r="B69" s="42"/>
       <c r="C69" s="42"/>
       <c r="D69" s="42">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="39" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B70" s="42"/>
       <c r="C70" s="42"/>
       <c r="D70" s="42">
         <v>4088.09</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="9" t="s">
+      <c r="A71" s="48" t="s">
         <v>22</v>
       </c>
       <c r="B71" s="29">
         <f>SUM(B64:B69)</f>
         <v>0</v>
       </c>
       <c r="C71" s="29">
         <f>SUM(C64:C69)</f>
         <v>16604052.15</v>
       </c>
       <c r="D71" s="29">
         <f>SUM(D64:D70)</f>
         <v>23445273.889999997</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-      <c r="A72" s="36" t="s">
-        <v>80</v>
+      <c r="A72" s="51" t="s">
+        <v>79</v>
       </c>
       <c r="B72" s="28"/>
       <c r="C72" s="28"/>
       <c r="D72" s="28"/>
     </row>
     <row r="73" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="51" t="s">
+      <c r="A73" s="47" t="s">
         <v>23</v>
       </c>
       <c r="B73" s="6">
         <v>0</v>
       </c>
       <c r="C73" s="6">
         <f>8551933.56+401204.27</f>
         <v>8953137.8300000001</v>
       </c>
       <c r="D73" s="6">
         <f>8551933.56+401204.27</f>
         <v>8953137.8300000001</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6">
         <v>66367.13</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B75" s="37">
         <v>0</v>
       </c>
       <c r="C75" s="6">
         <v>3310.41</v>
       </c>
       <c r="D75" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="51" t="s">
-        <v>91</v>
+      <c r="A76" s="47" t="s">
+        <v>90</v>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="39" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B77" s="6"/>
       <c r="C77" s="6"/>
       <c r="D77" s="6">
         <v>2873.28</v>
       </c>
     </row>
     <row r="78" spans="1:4" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="12" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B78" s="6"/>
       <c r="C78" s="6"/>
       <c r="D78" s="6">
         <v>1235.48</v>
       </c>
     </row>
     <row r="79" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="51" t="s">
-        <v>46</v>
+      <c r="A79" s="47" t="s">
+        <v>45</v>
       </c>
       <c r="B79" s="6"/>
       <c r="C79" s="6"/>
       <c r="D79" s="6">
         <v>448.14</v>
       </c>
     </row>
-    <row r="80" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-      <c r="B81" s="29">
+    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A80" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" s="29">
         <f>SUM(B73:B79)</f>
         <v>0</v>
       </c>
-      <c r="C81" s="29">
+      <c r="C80" s="29">
         <f>SUM(C73:C79)</f>
         <v>8956448.2400000002</v>
       </c>
-      <c r="D81" s="29">
-[...13 lines deleted...]
-        <f>C71+C81</f>
+      <c r="D80" s="29">
+        <f>SUM(D73:D79)</f>
+        <v>9024061.8600000013</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A81" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="B81" s="23">
+        <f>B71+B80</f>
+        <v>0</v>
+      </c>
+      <c r="C81" s="23">
+        <f>C71+C80</f>
         <v>25560500.390000001</v>
       </c>
-      <c r="D82" s="23">
-[...16 lines deleted...]
-      <c r="A85" s="16" t="s">
+      <c r="D81" s="23">
+        <f>D71+D80</f>
+        <v>32469335.75</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+    </row>
+    <row r="83" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A83" s="15" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A84" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B85" s="17" t="s">
+      <c r="B84" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C85" s="17" t="s">
+      <c r="C84" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="D85" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A86" s="18" t="s">
+      <c r="D84" s="17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A85" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="B86" s="26"/>
-[...9 lines deleted...]
-      <c r="D87" s="33">
+      <c r="B85" s="26"/>
+      <c r="C85" s="26"/>
+      <c r="D85" s="26"/>
+    </row>
+    <row r="86" spans="1:4" s="10" customFormat="1" ht="115.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B86" s="33"/>
+      <c r="C86" s="33"/>
+      <c r="D86" s="33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" s="10" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="B87" s="13">
+        <v>0</v>
+      </c>
+      <c r="C87" s="13">
+        <v>29259377.010000002</v>
+      </c>
+      <c r="D87" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:4" s="10" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="12" t="s">
-[...8 lines deleted...]
-      <c r="D88" s="13">
+      <c r="A88" s="11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B88" s="14"/>
+      <c r="C88" s="14"/>
+      <c r="D88" s="14">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:4" s="10" customFormat="1" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="11" t="s">
-        <v>41</v>
-[...18 lines deleted...]
-      <c r="A91" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="B89" s="34"/>
+      <c r="C89" s="34"/>
+      <c r="D89" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A90" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="B91" s="29">
-[...18 lines deleted...]
-      <c r="D92" s="29"/>
+      <c r="B90" s="29">
+        <f t="shared" ref="B90:C90" ca="1" si="1">SUM(B89:B120)</f>
+        <v>0</v>
+      </c>
+      <c r="C90" s="29">
+        <f t="shared" ca="1" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="D90" s="29">
+        <f ca="1">SUM(D89:D90)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A91" s="18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B91" s="29"/>
+      <c r="C91" s="29"/>
+      <c r="D91" s="29"/>
+    </row>
+    <row r="92" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B92" s="21"/>
+      <c r="C92" s="21"/>
+      <c r="D92" s="21"/>
     </row>
     <row r="93" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="5" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      <c r="D93" s="21"/>
+        <v>54</v>
+      </c>
+      <c r="B93" s="35"/>
+      <c r="C93" s="35"/>
+      <c r="D93" s="35">
+        <v>0</v>
+      </c>
     </row>
     <row r="94" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="5" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      <c r="D94" s="35">
+        <v>57</v>
+      </c>
+      <c r="B94" s="29"/>
+      <c r="C94" s="29"/>
+      <c r="D94" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B95" s="29"/>
       <c r="C95" s="29"/>
       <c r="D95" s="29">
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="1:4" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="5" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="B96" s="29"/>
       <c r="C96" s="29"/>
       <c r="D96" s="29">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="C97" s="29"/>
+        <v>51.07</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A97" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B97" s="29">
+        <f t="shared" ref="B97:D97" si="2">SUM(B95:B96)</f>
+        <v>0</v>
+      </c>
+      <c r="C97" s="29">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
       <c r="D97" s="29">
+        <f t="shared" si="2"/>
         <v>51.07</v>
       </c>
     </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-        <f t="shared" si="1"/>
+    <row r="98" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A98" s="24" t="s">
+        <v>80</v>
+      </c>
+      <c r="B98" s="25">
+        <f ca="1">B90+B97</f>
+        <v>0</v>
+      </c>
+      <c r="C98" s="25">
+        <f ca="1">C90+C97</f>
+        <v>0</v>
+      </c>
+      <c r="D98" s="25">
+        <f ca="1">D90+D97</f>
         <v>51.07</v>
       </c>
     </row>
-    <row r="99" spans="1:4" ht="15" x14ac:dyDescent="0.25">
-[...22 lines deleted...]
-      <c r="A102" s="16" t="s">
+    <row r="100" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A100" s="15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="16" t="s">
         <v>28</v>
       </c>
-      <c r="B102" s="17" t="s">
+      <c r="B101" s="17" t="s">
         <v>30</v>
       </c>
-      <c r="C102" s="17" t="s">
+      <c r="C101" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="D102" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A103" s="18" t="s">
+      <c r="D101" s="17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="B103" s="26"/>
-[...1 lines deleted...]
-      <c r="D103" s="26"/>
+      <c r="B102" s="26"/>
+      <c r="C102" s="26"/>
+      <c r="D102" s="26"/>
+    </row>
+    <row r="103" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="39" t="s">
+        <v>71</v>
+      </c>
+      <c r="B103" s="37"/>
+      <c r="C103" s="37"/>
+      <c r="D103" s="37">
+        <v>0</v>
+      </c>
     </row>
     <row r="104" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A104" s="39" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B104" s="40"/>
       <c r="C104" s="40"/>
       <c r="D104" s="40">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A105" s="39" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B105" s="37"/>
       <c r="C105" s="37"/>
       <c r="D105" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A106" s="39" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B106" s="37"/>
       <c r="C106" s="37"/>
       <c r="D106" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A107" s="39" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B107" s="13"/>
       <c r="C107" s="13"/>
       <c r="D107" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A108" s="39" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B108" s="13"/>
       <c r="C108" s="13"/>
       <c r="D108" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A109" s="39" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B109" s="13"/>
       <c r="C109" s="13"/>
       <c r="D109" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A110" s="39" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B110" s="13"/>
       <c r="C110" s="13"/>
       <c r="D110" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A111" s="39" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B111" s="13"/>
       <c r="C111" s="13"/>
       <c r="D111" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A112" s="39" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B112" s="13"/>
       <c r="C112" s="13"/>
       <c r="D112" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A113" s="39" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B113" s="13"/>
       <c r="C113" s="13"/>
       <c r="D113" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="114" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A114" s="39" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="B114" s="13"/>
       <c r="C114" s="13"/>
       <c r="D114" s="13">
-        <v>21149</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:4" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A115" s="39" t="s">
-        <v>92</v>
-[...7 lines deleted...]
-    <row r="116" spans="1:4" x14ac:dyDescent="0.2">
+        <v>112</v>
+      </c>
+      <c r="B115" s="13"/>
+      <c r="C115" s="13"/>
+      <c r="D115" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A116" s="39" t="s">
         <v>116</v>
       </c>
       <c r="B116" s="37"/>
       <c r="C116" s="37"/>
-      <c r="D116" s="37">
-        <v>2.4700000000000002</v>
+      <c r="D116" s="13">
+        <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A117" s="39" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="B117" s="13"/>
       <c r="C117" s="13"/>
       <c r="D117" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="118" spans="1:4" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-        <v>1</v>
+    <row r="118" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B118" s="34"/>
+      <c r="C118" s="34"/>
+      <c r="D118" s="34">
+        <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A119" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D119" s="13">
+      <c r="A119" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B119" s="34"/>
+      <c r="C119" s="34"/>
+      <c r="D119" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="39" t="s">
-[...8 lines deleted...]
-    <row r="121" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="B120" s="34"/>
+      <c r="C120" s="34"/>
+      <c r="D120" s="34">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A121" s="39" t="s">
-        <v>111</v>
-[...7 lines deleted...]
-    <row r="122" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+        <v>91</v>
+      </c>
+      <c r="B121" s="37"/>
+      <c r="C121" s="37"/>
+      <c r="D121" s="37">
+        <v>4.7300000000000004</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A122" s="39" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B122" s="13"/>
       <c r="C122" s="13"/>
       <c r="D122" s="13">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A123" s="39" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="B123" s="13"/>
       <c r="C123" s="13"/>
       <c r="D123" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A124" s="39" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      <c r="D124" s="13">
+        <v>115</v>
+      </c>
+      <c r="B124" s="37"/>
+      <c r="C124" s="37"/>
+      <c r="D124" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A125" s="39" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="B125" s="13"/>
       <c r="C125" s="13"/>
       <c r="D125" s="13">
         <v>0</v>
       </c>
     </row>
-    <row r="126" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A126" s="31" t="s">
+    <row r="126" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="39" t="s">
+        <v>110</v>
+      </c>
+      <c r="B126" s="13"/>
+      <c r="C126" s="13"/>
+      <c r="D126" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B127" s="13"/>
+      <c r="C127" s="13"/>
+      <c r="D127" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="39" t="s">
+        <v>106</v>
+      </c>
+      <c r="B128" s="13"/>
+      <c r="C128" s="13"/>
+      <c r="D128" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="39" t="s">
+        <v>107</v>
+      </c>
+      <c r="B129" s="13"/>
+      <c r="C129" s="13"/>
+      <c r="D129" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B130" s="13"/>
+      <c r="C130" s="13"/>
+      <c r="D130" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A131" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="B126" s="6">
-[...31 lines deleted...]
-      <c r="A129" s="47" t="s">
+      <c r="B131" s="6">
+        <f>SUM(B104:B130)</f>
+        <v>0</v>
+      </c>
+      <c r="C131" s="6">
+        <f>SUM(C104:C130)</f>
+        <v>0</v>
+      </c>
+      <c r="D131" s="6">
+        <f>SUM(D103:D130)</f>
+        <v>5.73</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+      <c r="A132" s="36" t="s">
+        <v>79</v>
+      </c>
+      <c r="B132" s="35"/>
+      <c r="C132" s="35"/>
+      <c r="D132" s="35"/>
+    </row>
+    <row r="133" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="44" t="s">
+        <v>83</v>
+      </c>
+      <c r="B133" s="45"/>
+      <c r="C133" s="45"/>
+      <c r="D133" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="B134" s="45"/>
+      <c r="C134" s="45"/>
+      <c r="D134" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="46" t="s">
         <v>103</v>
       </c>
-      <c r="B129" s="46"/>
-[...72 lines deleted...]
-        <v>0</v>
+      <c r="B135" s="37"/>
+      <c r="C135" s="37"/>
+      <c r="D135" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A136" s="46" t="s">
+        <v>114</v>
+      </c>
+      <c r="B136" s="37"/>
+      <c r="C136" s="37"/>
+      <c r="D136" s="37">
+        <v>41.81</v>
       </c>
     </row>
     <row r="137" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A137" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D137" s="37">
+      <c r="A137" s="46" t="s">
+        <v>101</v>
+      </c>
+      <c r="B137" s="45"/>
+      <c r="C137" s="45"/>
+      <c r="D137" s="45">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A138" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D138" s="37">
+      <c r="A138" s="46" t="s">
+        <v>99</v>
+      </c>
+      <c r="B138" s="45"/>
+      <c r="C138" s="45"/>
+      <c r="D138" s="45">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="39" t="s">
-        <v>101</v>
+      <c r="A139" s="12" t="s">
+        <v>63</v>
       </c>
       <c r="B139" s="37"/>
       <c r="C139" s="37"/>
       <c r="D139" s="37">
         <v>0</v>
       </c>
     </row>
-    <row r="140" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="39" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="B140" s="37"/>
       <c r="C140" s="37"/>
       <c r="D140" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A141" s="39" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B141" s="37"/>
       <c r="C141" s="37"/>
       <c r="D141" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="39" t="s">
-        <v>59</v>
+      <c r="A142" s="46" t="s">
+        <v>102</v>
       </c>
       <c r="B142" s="37"/>
       <c r="C142" s="37"/>
       <c r="D142" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A143" s="39" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="B143" s="37"/>
       <c r="C143" s="37"/>
       <c r="D143" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A144" s="39" t="s">
-        <v>68</v>
+        <v>99</v>
       </c>
       <c r="B144" s="37"/>
       <c r="C144" s="37"/>
       <c r="D144" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A145" s="39" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B145" s="37"/>
       <c r="C145" s="37"/>
       <c r="D145" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A146" s="39" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      <c r="D146" s="13">
+        <v>85</v>
+      </c>
+      <c r="B146" s="37"/>
+      <c r="C146" s="37"/>
+      <c r="D146" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A147" s="39" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      <c r="D147" s="13">
+        <v>66</v>
+      </c>
+      <c r="B147" s="37"/>
+      <c r="C147" s="37"/>
+      <c r="D147" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A148" s="39" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="B148" s="37"/>
       <c r="C148" s="37"/>
       <c r="D148" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A149" s="39" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="B149" s="37"/>
       <c r="C149" s="37"/>
       <c r="D149" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A150" s="39" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="B150" s="37"/>
       <c r="C150" s="37"/>
       <c r="D150" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="11" t="s">
-[...4 lines deleted...]
-      <c r="D151" s="6">
+      <c r="A151" s="39" t="s">
+        <v>101</v>
+      </c>
+      <c r="B151" s="37"/>
+      <c r="C151" s="37"/>
+      <c r="D151" s="37">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="11" t="s">
+      <c r="A152" s="39" t="s">
+        <v>83</v>
+      </c>
+      <c r="B152" s="13"/>
+      <c r="C152" s="13"/>
+      <c r="D152" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A153" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B153" s="13"/>
+      <c r="C153" s="13"/>
+      <c r="D153" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A154" s="39" t="s">
+        <v>84</v>
+      </c>
+      <c r="B154" s="37"/>
+      <c r="C154" s="37"/>
+      <c r="D154" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A155" s="39" t="s">
         <v>87</v>
       </c>
-      <c r="B152" s="6"/>
-[...6 lines deleted...]
-      <c r="A153" s="11" t="s">
+      <c r="B155" s="37"/>
+      <c r="C155" s="37"/>
+      <c r="D155" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A156" s="39" t="s">
+        <v>89</v>
+      </c>
+      <c r="B156" s="37"/>
+      <c r="C156" s="37"/>
+      <c r="D156" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A157" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B157" s="37"/>
+      <c r="C157" s="37"/>
+      <c r="D157" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A158" s="39" t="s">
+        <v>86</v>
+      </c>
+      <c r="B158" s="37"/>
+      <c r="C158" s="37"/>
+      <c r="D158" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A159" s="39" t="s">
+        <v>73</v>
+      </c>
+      <c r="B159" s="37"/>
+      <c r="C159" s="37"/>
+      <c r="D159" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A160" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="B153" s="6"/>
-[...16 lines deleted...]
-      <c r="A155" s="11" t="s">
+      <c r="B160" s="37"/>
+      <c r="C160" s="37"/>
+      <c r="D160" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A161" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="B161" s="37"/>
+      <c r="C161" s="37"/>
+      <c r="D161" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A162" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="B162" s="37"/>
+      <c r="C162" s="37"/>
+      <c r="D162" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A163" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="B163" s="37"/>
+      <c r="C163" s="37"/>
+      <c r="D163" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A164" s="39" t="s">
+        <v>69</v>
+      </c>
+      <c r="B164" s="37"/>
+      <c r="C164" s="37"/>
+      <c r="D164" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A165" s="39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B165" s="37"/>
+      <c r="C165" s="37"/>
+      <c r="D165" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="166" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A166" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="B166" s="37"/>
+      <c r="C166" s="37"/>
+      <c r="D166" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A167" s="39" t="s">
+        <v>60</v>
+      </c>
+      <c r="B167" s="37"/>
+      <c r="C167" s="37"/>
+      <c r="D167" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A168" s="39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B168" s="37"/>
+      <c r="C168" s="37"/>
+      <c r="D168" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A169" s="39" t="s">
+        <v>37</v>
+      </c>
+      <c r="B169" s="37"/>
+      <c r="C169" s="37"/>
+      <c r="D169" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A170" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B170" s="37"/>
+      <c r="C170" s="37"/>
+      <c r="D170" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A171" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="B171" s="37"/>
+      <c r="C171" s="37"/>
+      <c r="D171" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A172" s="39" t="s">
+        <v>43</v>
+      </c>
+      <c r="B172" s="37"/>
+      <c r="C172" s="37"/>
+      <c r="D172" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A173" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="B173" s="37"/>
+      <c r="C173" s="37"/>
+      <c r="D173" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="174" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A174" s="39" t="s">
+        <v>39</v>
+      </c>
+      <c r="B174" s="37"/>
+      <c r="C174" s="37"/>
+      <c r="D174" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="175" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A175" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="B175" s="37"/>
+      <c r="C175" s="37"/>
+      <c r="D175" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A176" s="39" t="s">
+        <v>12</v>
+      </c>
+      <c r="B176" s="37"/>
+      <c r="C176" s="37"/>
+      <c r="D176" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A177" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="B177" s="37"/>
+      <c r="C177" s="37"/>
+      <c r="D177" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A178" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="B155" s="6"/>
-[...36 lines deleted...]
-      <c r="A159" s="11" t="s">
+      <c r="B178" s="37"/>
+      <c r="C178" s="37"/>
+      <c r="D178" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A179" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="B179" s="37"/>
+      <c r="C179" s="37"/>
+      <c r="D179" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A180" s="39" t="s">
+        <v>64</v>
+      </c>
+      <c r="B180" s="37"/>
+      <c r="C180" s="37"/>
+      <c r="D180" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A181" s="39" t="s">
+        <v>57</v>
+      </c>
+      <c r="B181" s="37"/>
+      <c r="C181" s="37"/>
+      <c r="D181" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A182" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="B182" s="37"/>
+      <c r="C182" s="37"/>
+      <c r="D182" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A183" s="39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B183" s="37"/>
+      <c r="C183" s="37"/>
+      <c r="D183" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A184" s="39" t="s">
+        <v>90</v>
+      </c>
+      <c r="B184" s="37"/>
+      <c r="C184" s="37"/>
+      <c r="D184" s="37"/>
+    </row>
+    <row r="185" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A185" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="B185" s="37"/>
+      <c r="C185" s="37"/>
+      <c r="D185" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A186" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="B159" s="6"/>
-[...224 lines deleted...]
-      <c r="A182" s="11" t="s">
+      <c r="B186" s="37"/>
+      <c r="C186" s="37"/>
+      <c r="D186" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A187" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="B182" s="6"/>
-[...83 lines deleted...]
-      <c r="A190" s="24" t="s">
+      <c r="B187" s="37"/>
+      <c r="C187" s="37"/>
+      <c r="D187" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A188" s="39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B188" s="37"/>
+      <c r="C188" s="37"/>
+      <c r="D188" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A189" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="B189" s="37"/>
+      <c r="C189" s="37"/>
+      <c r="D189" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A190" s="39" t="s">
+        <v>96</v>
+      </c>
+      <c r="B190" s="37"/>
+      <c r="C190" s="37"/>
+      <c r="D190" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A191" s="39" t="s">
+        <v>109</v>
+      </c>
+      <c r="B191" s="37"/>
+      <c r="C191" s="37"/>
+      <c r="D191" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A192" s="39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B192" s="37"/>
+      <c r="C192" s="37"/>
+      <c r="D192" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A193" s="39" t="s">
+        <v>109</v>
+      </c>
+      <c r="B193" s="37"/>
+      <c r="C193" s="37"/>
+      <c r="D193" s="37">
+        <v>39.68</v>
+      </c>
+    </row>
+    <row r="194" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A194" s="31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B194" s="27">
+        <f t="shared" ref="B194:C194" si="3">SUM(B133:B193)</f>
+        <v>0</v>
+      </c>
+      <c r="C194" s="27">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="D194" s="27">
+        <f>SUM(D133:D193)</f>
+        <v>81.490000000000009</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A195" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="B190" s="25">
-[...13 lines deleted...]
-      <c r="A191" s="22" t="s">
+      <c r="B195" s="25">
+        <f>B131+B194</f>
+        <v>0</v>
+      </c>
+      <c r="C195" s="25">
+        <f>C131+C194</f>
+        <v>0</v>
+      </c>
+      <c r="D195" s="25">
+        <f>D131+D194</f>
+        <v>87.220000000000013</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4" ht="15" x14ac:dyDescent="0.25">
+      <c r="A196" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="B191" s="23">
-        <f>B59+B82+B99+B190</f>
+      <c r="B196" s="23">
+        <f ca="1">B59+B81+B98+B195</f>
         <v>5374460.6200000001</v>
       </c>
-      <c r="C191" s="23" t="e">
-[...5 lines deleted...]
-        <v>128487466.15000002</v>
+      <c r="C196" s="23">
+        <f ca="1">C59+C81+C98+C195</f>
+        <v>114394301.08</v>
+      </c>
+      <c r="D196" s="23">
+        <f ca="1">D59+D81+D98+D195</f>
+        <v>128558556.47000001</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A103:D103"/>
-[...1 lines deleted...]
-    <sortCondition descending="1" ref="D109:D115"/>
+  <autoFilter ref="A132:D132" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A102:D125">
+    <sortCondition descending="1" ref="D103:D125"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A4:D7"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.15748031496062992" top="0.23622047244094491" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="59" max="16383" man="1"/>
-    <brk id="82" max="16383" man="1"/>
-    <brk id="99" max="16383" man="1"/>
+    <brk id="81" max="16383" man="1"/>
+    <brk id="98" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>