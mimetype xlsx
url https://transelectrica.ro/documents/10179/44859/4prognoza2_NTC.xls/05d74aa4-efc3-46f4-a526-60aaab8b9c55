--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -1,5519 +1,1189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...9 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="7" rupBuild="9303"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="6390" windowWidth="28830" windowHeight="6435" firstSheet="8" activeTab="11"/>
+    <workbookView xWindow="480" yWindow="105" windowWidth="27795" windowHeight="12600"/>
   </bookViews>
   <sheets>
-    <sheet name="January 2025" sheetId="1" r:id="rId1"/>
-[...10 lines deleted...]
-    <sheet name="December 2025" sheetId="12" r:id="rId12"/>
+    <sheet name="January 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
-  <extLst>
-[...3 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I22" i="12" l="1"/>
-[...864 lines deleted...]
-  <c r="B21" i="1" l="1"/>
+  <c r="O22" i="1" l="1"/>
+  <c r="N22" i="1"/>
+  <c r="M22" i="1"/>
+  <c r="L22" i="1"/>
+  <c r="K22" i="1"/>
+  <c r="J22" i="1"/>
+  <c r="I22" i="1"/>
+  <c r="H22" i="1"/>
+  <c r="G22" i="1"/>
+  <c r="F22" i="1"/>
+  <c r="E22" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="C22" i="1"/>
+  <c r="B22" i="1"/>
+  <c r="O21" i="1"/>
+  <c r="N21" i="1"/>
+  <c r="M21" i="1"/>
+  <c r="L21" i="1"/>
+  <c r="K21" i="1"/>
+  <c r="J21" i="1"/>
+  <c r="I21" i="1"/>
+  <c r="H21" i="1"/>
+  <c r="G21" i="1"/>
+  <c r="F21" i="1"/>
+  <c r="E21" i="1"/>
+  <c r="D21" i="1"/>
   <c r="C21" i="1"/>
-  <c r="D21" i="1"/>
-[...24 lines deleted...]
-  <c r="O22" i="1"/>
+  <c r="B21" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="584" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="30">
   <si>
-    <t>* Valori propuse de Transelectrica pentru armonizare cu Ukrenergo pe granita RO-UA.</t>
+    <t>Prognoza valorilor NTC saptamanale ianuarie 2026 [MW]</t>
+  </si>
+  <si>
+    <t>Forecast of weekly NTC values January 2026 [MW]</t>
+  </si>
+  <si>
+    <t>Saptamana  Week</t>
+  </si>
+  <si>
+    <t>29.12.2025-04.01.2026</t>
+  </si>
+  <si>
+    <t>05-11.01</t>
+  </si>
+  <si>
+    <t>12-18.01</t>
+  </si>
+  <si>
+    <t>19-25.12</t>
+  </si>
+  <si>
+    <t>26.01-01.02</t>
+  </si>
+  <si>
+    <t>Zi / Day</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RO=&gt;HU        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HU=&gt;RO  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RO =&gt;SR    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SR =&gt;RO    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">RO =&gt;BG   </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> BG =&gt;RO   </t>
+  </si>
+  <si>
+    <t>RO =&gt;UA*</t>
+  </si>
+  <si>
+    <t>UA =&gt;RO*</t>
+  </si>
+  <si>
+    <t>RO =&gt;MD</t>
+  </si>
+  <si>
+    <t>MD =&gt;RO*</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RO Export        </t>
   </si>
   <si>
     <t xml:space="preserve">RO Import   </t>
   </si>
   <si>
-    <t xml:space="preserve">RO Export        </t>
-[...34 lines deleted...]
-  <si>
     <t>Notă:</t>
-  </si>
-[...133 lines deleted...]
-    <t>* Valori propuse de Transelectrica pentru armonizare cu Ukrenergo pe granita RO-UA și cu Moldelectrica pe granița RO-MD.</t>
   </si>
   <si>
     <t xml:space="preserve">Valorile de NTC export / import pe granita RO-HU sunt cele calculate de catre Transelectrica, iar armonizarea pe valoarea minimă se face prin platformele corespunzatoare. </t>
   </si>
   <si>
     <t>Nu se determină valori procentuale, deoarece calculul de capacitate pe granița RO-HU este bazat pe fluxuri.</t>
   </si>
   <si>
     <t>Valorile procentuale reprezintă gradul de îndeplinire al valorilor prognozate minime față de cele realizate minime.</t>
   </si>
   <si>
     <t xml:space="preserve">BG =&gt;RO   </t>
   </si>
   <si>
-    <t>Prognoza valorilor NTC saptamanale iulie 2025 [MW]</t>
+    <t xml:space="preserve">RO =&gt;UA  </t>
   </si>
   <si>
-    <t>Forecast of weekly NTC values July 2025 [MW]</t>
+    <t xml:space="preserve">UA =&gt;RO   </t>
   </si>
   <si>
-    <t>07-13.07</t>
+    <t xml:space="preserve">MD =&gt;RO   </t>
   </si>
   <si>
-    <t>14-20.07</t>
-[...107 lines deleted...]
-    <t>Forecast of weekly NTC values December 2025 [MW]</t>
+    <t>* Valori propuse de Transelectrica pentru armonizare cu Ukrenergo pe granita RO-UA și cu Moldelectrica pe granița RO-MD.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
-    </font>
-[...11 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
-[...50 lines deleted...]
-    <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <charset val="238"/>
-[...27 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
-      <name val="Calibri"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="10"/>
       <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="43"/>
+        <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFCCFFFF"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCCFFFF"/>
-[...5 lines deleted...]
-        <fgColor indexed="9"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...2 lines deleted...]
-      <right/>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...26 lines deleted...]
-      </left>
       <right/>
-      <top style="medium">
-[...57 lines deleted...]
-      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top/>
       <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-      <top/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...1 lines deleted...]
-      </right>
+      <right/>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top style="thin">
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...25 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="medium">
-[...4 lines deleted...]
-      </bottom>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="151">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...88 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...189 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...42 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-[...2927 lines deleted...]
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AM44"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="AH15" sqref="AH15"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="Y31" sqref="Y31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="36" width="8.7109375" customWidth="1"/>
     <col min="257" max="257" width="16.85546875" customWidth="1"/>
     <col min="258" max="292" width="8.7109375" customWidth="1"/>
     <col min="513" max="513" width="16.85546875" customWidth="1"/>
     <col min="514" max="548" width="8.7109375" customWidth="1"/>
     <col min="769" max="769" width="16.85546875" customWidth="1"/>
     <col min="770" max="804" width="8.7109375" customWidth="1"/>
     <col min="1025" max="1025" width="16.85546875" customWidth="1"/>
     <col min="1026" max="1060" width="8.7109375" customWidth="1"/>
     <col min="1281" max="1281" width="16.85546875" customWidth="1"/>
     <col min="1282" max="1316" width="8.7109375" customWidth="1"/>
     <col min="1537" max="1537" width="16.85546875" customWidth="1"/>
     <col min="1538" max="1572" width="8.7109375" customWidth="1"/>
     <col min="1793" max="1793" width="16.85546875" customWidth="1"/>
     <col min="1794" max="1828" width="8.7109375" customWidth="1"/>
     <col min="2049" max="2049" width="16.85546875" customWidth="1"/>
     <col min="2050" max="2084" width="8.7109375" customWidth="1"/>
     <col min="2305" max="2305" width="16.85546875" customWidth="1"/>
     <col min="2306" max="2340" width="8.7109375" customWidth="1"/>
     <col min="2561" max="2561" width="16.85546875" customWidth="1"/>
@@ -5605,30286 +1275,1877 @@
     <col min="13569" max="13569" width="16.85546875" customWidth="1"/>
     <col min="13570" max="13604" width="8.7109375" customWidth="1"/>
     <col min="13825" max="13825" width="16.85546875" customWidth="1"/>
     <col min="13826" max="13860" width="8.7109375" customWidth="1"/>
     <col min="14081" max="14081" width="16.85546875" customWidth="1"/>
     <col min="14082" max="14116" width="8.7109375" customWidth="1"/>
     <col min="14337" max="14337" width="16.85546875" customWidth="1"/>
     <col min="14338" max="14372" width="8.7109375" customWidth="1"/>
     <col min="14593" max="14593" width="16.85546875" customWidth="1"/>
     <col min="14594" max="14628" width="8.7109375" customWidth="1"/>
     <col min="14849" max="14849" width="16.85546875" customWidth="1"/>
     <col min="14850" max="14884" width="8.7109375" customWidth="1"/>
     <col min="15105" max="15105" width="16.85546875" customWidth="1"/>
     <col min="15106" max="15140" width="8.7109375" customWidth="1"/>
     <col min="15361" max="15361" width="16.85546875" customWidth="1"/>
     <col min="15362" max="15396" width="8.7109375" customWidth="1"/>
     <col min="15617" max="15617" width="16.85546875" customWidth="1"/>
     <col min="15618" max="15652" width="8.7109375" customWidth="1"/>
     <col min="15873" max="15873" width="16.85546875" customWidth="1"/>
     <col min="15874" max="15908" width="8.7109375" customWidth="1"/>
     <col min="16129" max="16129" width="16.85546875" customWidth="1"/>
     <col min="16130" max="16164" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A1" s="129" t="s">
-[...36 lines deleted...]
-      <c r="AJ1" s="129"/>
+      <c r="A1" s="86" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="86"/>
+      <c r="C1" s="86"/>
+      <c r="D1" s="86"/>
+      <c r="E1" s="86"/>
+      <c r="F1" s="86"/>
+      <c r="G1" s="86"/>
+      <c r="H1" s="86"/>
+      <c r="I1" s="86"/>
+      <c r="J1" s="86"/>
+      <c r="K1" s="86"/>
+      <c r="L1" s="86"/>
+      <c r="M1" s="86"/>
+      <c r="N1" s="86"/>
+      <c r="O1" s="86"/>
+      <c r="P1" s="86"/>
+      <c r="Q1" s="86"/>
+      <c r="R1" s="86"/>
+      <c r="S1" s="86"/>
+      <c r="T1" s="86"/>
+      <c r="U1" s="86"/>
+      <c r="V1" s="86"/>
+      <c r="W1" s="86"/>
+      <c r="X1" s="86"/>
+      <c r="Y1" s="86"/>
+      <c r="Z1" s="86"/>
+      <c r="AA1" s="86"/>
+      <c r="AB1" s="86"/>
+      <c r="AC1" s="86"/>
+      <c r="AD1" s="86"/>
+      <c r="AE1" s="86"/>
+      <c r="AF1" s="86"/>
+      <c r="AG1" s="86"/>
+      <c r="AH1" s="86"/>
+      <c r="AI1" s="86"/>
+      <c r="AJ1" s="86"/>
     </row>
     <row r="2" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="130" t="s">
-[...36 lines deleted...]
-      <c r="AJ2" s="130"/>
+      <c r="A2" s="87" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="87"/>
+      <c r="C2" s="87"/>
+      <c r="D2" s="87"/>
+      <c r="E2" s="87"/>
+      <c r="F2" s="87"/>
+      <c r="G2" s="87"/>
+      <c r="H2" s="87"/>
+      <c r="I2" s="87"/>
+      <c r="J2" s="87"/>
+      <c r="K2" s="87"/>
+      <c r="L2" s="87"/>
+      <c r="M2" s="87"/>
+      <c r="N2" s="87"/>
+      <c r="O2" s="87"/>
+      <c r="P2" s="87"/>
+      <c r="Q2" s="87"/>
+      <c r="R2" s="87"/>
+      <c r="S2" s="87"/>
+      <c r="T2" s="87"/>
+      <c r="U2" s="87"/>
+      <c r="V2" s="87"/>
+      <c r="W2" s="87"/>
+      <c r="X2" s="87"/>
+      <c r="Y2" s="87"/>
+      <c r="Z2" s="87"/>
+      <c r="AA2" s="87"/>
+      <c r="AB2" s="87"/>
+      <c r="AC2" s="87"/>
+      <c r="AD2" s="87"/>
+      <c r="AE2" s="87"/>
+      <c r="AF2" s="87"/>
+      <c r="AG2" s="87"/>
+      <c r="AH2" s="87"/>
+      <c r="AI2" s="87"/>
+      <c r="AJ2" s="87"/>
     </row>
     <row r="3" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="62" t="s">
+      <c r="A3" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="88" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="89"/>
+      <c r="D3" s="89"/>
+      <c r="E3" s="89"/>
+      <c r="F3" s="89"/>
+      <c r="G3" s="89"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="88" t="s">
+        <v>4</v>
+      </c>
+      <c r="J3" s="89"/>
+      <c r="K3" s="89"/>
+      <c r="L3" s="89"/>
+      <c r="M3" s="89"/>
+      <c r="N3" s="89"/>
+      <c r="O3" s="90"/>
+      <c r="P3" s="91" t="s">
+        <v>5</v>
+      </c>
+      <c r="Q3" s="92"/>
+      <c r="R3" s="92"/>
+      <c r="S3" s="92"/>
+      <c r="T3" s="92"/>
+      <c r="U3" s="92"/>
+      <c r="V3" s="93"/>
+      <c r="W3" s="89" t="s">
+        <v>6</v>
+      </c>
+      <c r="X3" s="89"/>
+      <c r="Y3" s="89"/>
+      <c r="Z3" s="89"/>
+      <c r="AA3" s="89"/>
+      <c r="AB3" s="89"/>
+      <c r="AC3" s="89"/>
+      <c r="AD3" s="88" t="s">
+        <v>7</v>
+      </c>
+      <c r="AE3" s="89"/>
+      <c r="AF3" s="89"/>
+      <c r="AG3" s="89"/>
+      <c r="AH3" s="89"/>
+      <c r="AI3" s="89"/>
+      <c r="AJ3" s="90"/>
+    </row>
+    <row r="4" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="1"/>
+      <c r="B4" s="74"/>
+      <c r="C4" s="75"/>
+      <c r="D4" s="75"/>
+      <c r="E4" s="75"/>
+      <c r="F4" s="75"/>
+      <c r="G4" s="75"/>
+      <c r="H4" s="76"/>
+      <c r="I4" s="77"/>
+      <c r="J4" s="78"/>
+      <c r="K4" s="78"/>
+      <c r="L4" s="78"/>
+      <c r="M4" s="78"/>
+      <c r="N4" s="78"/>
+      <c r="O4" s="79"/>
+      <c r="P4" s="80"/>
+      <c r="Q4" s="78"/>
+      <c r="R4" s="78"/>
+      <c r="S4" s="78"/>
+      <c r="T4" s="78"/>
+      <c r="U4" s="78"/>
+      <c r="V4" s="79"/>
+      <c r="W4" s="75"/>
+      <c r="X4" s="75"/>
+      <c r="Y4" s="75"/>
+      <c r="Z4" s="75"/>
+      <c r="AA4" s="75"/>
+      <c r="AB4" s="75"/>
+      <c r="AC4" s="75"/>
+      <c r="AD4" s="74"/>
+      <c r="AE4" s="75"/>
+      <c r="AF4" s="75"/>
+      <c r="AG4" s="75"/>
+      <c r="AH4" s="75"/>
+      <c r="AI4" s="75"/>
+      <c r="AJ4" s="76"/>
+    </row>
+    <row r="5" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="3">
+        <v>29</v>
+      </c>
+      <c r="C5" s="4">
+        <v>30</v>
+      </c>
+      <c r="D5" s="3">
+        <v>31</v>
+      </c>
+      <c r="E5" s="4">
+        <v>1</v>
+      </c>
+      <c r="F5" s="3">
+        <v>2</v>
+      </c>
+      <c r="G5" s="5">
+        <v>3</v>
+      </c>
+      <c r="H5" s="6">
+        <v>4</v>
+      </c>
+      <c r="I5" s="3">
+        <v>5</v>
+      </c>
+      <c r="J5" s="7">
+        <v>6</v>
+      </c>
+      <c r="K5" s="3">
+        <v>7</v>
+      </c>
+      <c r="L5" s="7">
+        <v>8</v>
+      </c>
+      <c r="M5" s="3">
+        <v>9</v>
+      </c>
+      <c r="N5" s="7">
+        <v>10</v>
+      </c>
+      <c r="O5" s="3">
+        <v>11</v>
+      </c>
+      <c r="P5" s="8">
+        <v>12</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>13</v>
+      </c>
+      <c r="R5" s="9">
+        <v>14</v>
+      </c>
+      <c r="S5" s="3">
+        <v>15</v>
+      </c>
+      <c r="T5" s="8">
+        <v>16</v>
+      </c>
+      <c r="U5" s="4">
+        <v>17</v>
+      </c>
+      <c r="V5" s="3">
+        <v>18</v>
+      </c>
+      <c r="W5" s="4">
+        <v>19</v>
+      </c>
+      <c r="X5" s="3">
         <v>20</v>
       </c>
-      <c r="B3" s="131" t="s">
-[...84 lines deleted...]
-      <c r="A5" s="60" t="s">
+      <c r="Y5" s="4">
+        <v>21</v>
+      </c>
+      <c r="Z5" s="3">
+        <v>22</v>
+      </c>
+      <c r="AA5" s="4">
         <v>23</v>
       </c>
-      <c r="B5" s="58">
+      <c r="AB5" s="3">
+        <v>24</v>
+      </c>
+      <c r="AC5" s="4">
+        <v>25</v>
+      </c>
+      <c r="AD5" s="3">
+        <v>26</v>
+      </c>
+      <c r="AE5" s="3">
+        <v>27</v>
+      </c>
+      <c r="AF5" s="10">
+        <v>28</v>
+      </c>
+      <c r="AG5" s="3">
         <v>29</v>
       </c>
-      <c r="C5" s="59">
+      <c r="AH5" s="3">
         <v>30</v>
       </c>
-      <c r="D5" s="58">
+      <c r="AI5" s="3">
+        <v>31</v>
+      </c>
+      <c r="AJ5" s="3">
         <v>1</v>
       </c>
-      <c r="E5" s="59">
+    </row>
+    <row r="6" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="C6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="E6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="F6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="G6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="H6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="I6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="J6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="K6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="L6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="M6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="N6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="O6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="P6" s="13"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="14"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="14"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="15"/>
+      <c r="W6" s="16"/>
+      <c r="X6" s="16"/>
+      <c r="Y6" s="16"/>
+      <c r="Z6" s="16"/>
+      <c r="AA6" s="16"/>
+      <c r="AB6" s="16"/>
+      <c r="AC6" s="16"/>
+      <c r="AD6" s="16"/>
+      <c r="AE6" s="16"/>
+      <c r="AF6" s="16"/>
+      <c r="AG6" s="16"/>
+      <c r="AH6" s="16"/>
+      <c r="AI6" s="16"/>
+      <c r="AJ6" s="12"/>
+    </row>
+    <row r="7" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="C7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="D7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="E7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="F7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="G7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="H7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="I7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="J7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="K7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="L7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="M7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="N7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="O7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="P7" s="19"/>
+      <c r="Q7" s="20"/>
+      <c r="R7" s="21"/>
+      <c r="S7" s="20"/>
+      <c r="T7" s="21"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="22"/>
+      <c r="W7" s="23"/>
+      <c r="X7" s="23"/>
+      <c r="Y7" s="23"/>
+      <c r="Z7" s="23"/>
+      <c r="AA7" s="23"/>
+      <c r="AB7" s="23"/>
+      <c r="AC7" s="23"/>
+      <c r="AD7" s="23"/>
+      <c r="AE7" s="23"/>
+      <c r="AF7" s="23"/>
+      <c r="AG7" s="23"/>
+      <c r="AH7" s="23"/>
+      <c r="AI7" s="23"/>
+      <c r="AJ7" s="18"/>
+    </row>
+    <row r="8" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="24"/>
+      <c r="B8" s="25"/>
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="27"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="27"/>
+      <c r="O8" s="26"/>
+      <c r="P8" s="27"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="27"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="27"/>
+      <c r="U8" s="26"/>
+      <c r="V8" s="27"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+      <c r="AC8" s="25"/>
+      <c r="AD8" s="25"/>
+      <c r="AE8" s="25"/>
+      <c r="AF8" s="25"/>
+      <c r="AG8" s="25"/>
+      <c r="AH8" s="25"/>
+      <c r="AI8" s="25"/>
+      <c r="AJ8" s="26"/>
+    </row>
+    <row r="9" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="C9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="D9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="E9" s="28">
+        <v>800</v>
+      </c>
+      <c r="F9" s="28">
+        <v>800</v>
+      </c>
+      <c r="G9" s="28">
+        <v>800</v>
+      </c>
+      <c r="H9" s="29">
+        <v>800</v>
+      </c>
+      <c r="I9" s="29">
+        <v>800</v>
+      </c>
+      <c r="J9" s="29">
+        <v>800</v>
+      </c>
+      <c r="K9" s="29">
+        <v>800</v>
+      </c>
+      <c r="L9" s="29">
+        <v>800</v>
+      </c>
+      <c r="M9" s="29">
+        <v>800</v>
+      </c>
+      <c r="N9" s="29">
+        <v>800</v>
+      </c>
+      <c r="O9" s="29">
+        <v>800</v>
+      </c>
+      <c r="P9" s="13"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="14"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="14"/>
+      <c r="U9" s="12"/>
+      <c r="V9" s="15"/>
+      <c r="W9" s="16"/>
+      <c r="X9" s="16"/>
+      <c r="Y9" s="16"/>
+      <c r="Z9" s="16"/>
+      <c r="AA9" s="16"/>
+      <c r="AB9" s="16"/>
+      <c r="AC9" s="16"/>
+      <c r="AD9" s="16"/>
+      <c r="AE9" s="16"/>
+      <c r="AF9" s="16"/>
+      <c r="AG9" s="16"/>
+      <c r="AH9" s="16"/>
+      <c r="AI9" s="16"/>
+      <c r="AJ9" s="12"/>
+    </row>
+    <row r="10" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="C10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="D10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="E10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="G10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="H10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="I10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="J10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="K10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="L10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="M10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="N10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="O10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="P10" s="19"/>
+      <c r="Q10" s="20"/>
+      <c r="R10" s="21"/>
+      <c r="S10" s="20"/>
+      <c r="T10" s="21"/>
+      <c r="U10" s="20"/>
+      <c r="V10" s="22"/>
+      <c r="W10" s="23"/>
+      <c r="X10" s="23"/>
+      <c r="Y10" s="23"/>
+      <c r="Z10" s="23"/>
+      <c r="AA10" s="23"/>
+      <c r="AB10" s="23"/>
+      <c r="AC10" s="23"/>
+      <c r="AD10" s="23"/>
+      <c r="AE10" s="23"/>
+      <c r="AF10" s="23"/>
+      <c r="AG10" s="23"/>
+      <c r="AH10" s="23"/>
+      <c r="AI10" s="23"/>
+      <c r="AJ10" s="18"/>
+    </row>
+    <row r="11" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24"/>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="27"/>
+      <c r="K11" s="26"/>
+      <c r="L11" s="27"/>
+      <c r="M11" s="26"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="27"/>
+      <c r="Q11" s="26"/>
+      <c r="R11" s="27"/>
+      <c r="S11" s="26"/>
+      <c r="T11" s="27"/>
+      <c r="U11" s="26"/>
+      <c r="V11" s="27"/>
+      <c r="W11" s="25"/>
+      <c r="X11" s="25"/>
+      <c r="Y11" s="25"/>
+      <c r="Z11" s="25"/>
+      <c r="AA11" s="25"/>
+      <c r="AB11" s="25"/>
+      <c r="AC11" s="25"/>
+      <c r="AD11" s="25"/>
+      <c r="AE11" s="25"/>
+      <c r="AF11" s="25"/>
+      <c r="AG11" s="25"/>
+      <c r="AH11" s="25"/>
+      <c r="AI11" s="25"/>
+      <c r="AJ11" s="26"/>
+    </row>
+    <row r="12" spans="1:36" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="C12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="D12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="E12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="F12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="G12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="H12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="I12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="J12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="K12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="L12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="M12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="N12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="O12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="P12" s="13"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="14"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="14"/>
+      <c r="U12" s="12"/>
+      <c r="V12" s="33"/>
+      <c r="W12" s="12"/>
+      <c r="X12" s="12"/>
+      <c r="Y12" s="12"/>
+      <c r="Z12" s="12"/>
+      <c r="AA12" s="12"/>
+      <c r="AB12" s="12"/>
+      <c r="AC12" s="12"/>
+      <c r="AD12" s="29"/>
+      <c r="AE12" s="29"/>
+      <c r="AF12" s="29"/>
+      <c r="AG12" s="29"/>
+      <c r="AH12" s="29"/>
+      <c r="AI12" s="29"/>
+      <c r="AJ12" s="12"/>
+    </row>
+    <row r="13" spans="1:36" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="C13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="D13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="E13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="F13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="G13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="H13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="I13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="J13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="K13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="L13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="M13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="N13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="O13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="P13" s="19"/>
+      <c r="Q13" s="20"/>
+      <c r="R13" s="21"/>
+      <c r="S13" s="20"/>
+      <c r="T13" s="21"/>
+      <c r="U13" s="20"/>
+      <c r="V13" s="22"/>
+      <c r="W13" s="34"/>
+      <c r="X13" s="34"/>
+      <c r="Y13" s="34"/>
+      <c r="Z13" s="34"/>
+      <c r="AA13" s="34"/>
+      <c r="AB13" s="34"/>
+      <c r="AC13" s="34"/>
+      <c r="AD13" s="31"/>
+      <c r="AE13" s="31"/>
+      <c r="AF13" s="31"/>
+      <c r="AG13" s="31"/>
+      <c r="AH13" s="31"/>
+      <c r="AI13" s="31"/>
+      <c r="AJ13" s="18"/>
+    </row>
+    <row r="14" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="24"/>
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="26"/>
+      <c r="R14" s="27"/>
+      <c r="S14" s="26"/>
+      <c r="T14" s="27"/>
+      <c r="U14" s="26"/>
+      <c r="V14" s="27"/>
+      <c r="W14" s="25"/>
+      <c r="X14" s="25"/>
+      <c r="Y14" s="25"/>
+      <c r="Z14" s="25"/>
+      <c r="AA14" s="25"/>
+      <c r="AB14" s="25"/>
+      <c r="AC14" s="25"/>
+      <c r="AD14" s="25"/>
+      <c r="AE14" s="25"/>
+      <c r="AF14" s="25"/>
+      <c r="AG14" s="25"/>
+      <c r="AH14" s="25"/>
+      <c r="AI14" s="25"/>
+      <c r="AJ14" s="26"/>
+    </row>
+    <row r="15" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="12">
+        <v>315</v>
+      </c>
+      <c r="C15" s="12">
+        <v>315</v>
+      </c>
+      <c r="D15" s="12">
+        <v>315</v>
+      </c>
+      <c r="E15" s="12">
+        <v>367</v>
+      </c>
+      <c r="F15" s="12">
+        <v>367</v>
+      </c>
+      <c r="G15" s="12">
+        <v>367</v>
+      </c>
+      <c r="H15" s="12">
+        <v>367</v>
+      </c>
+      <c r="I15" s="12">
+        <v>367</v>
+      </c>
+      <c r="J15" s="12">
+        <v>367</v>
+      </c>
+      <c r="K15" s="12">
+        <v>367</v>
+      </c>
+      <c r="L15" s="12">
+        <v>367</v>
+      </c>
+      <c r="M15" s="12">
+        <v>367</v>
+      </c>
+      <c r="N15" s="12">
+        <v>367</v>
+      </c>
+      <c r="O15" s="12">
+        <v>367</v>
+      </c>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
+      <c r="V15" s="12"/>
+      <c r="W15" s="12"/>
+      <c r="X15" s="12"/>
+      <c r="Y15" s="12"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="12"/>
+      <c r="AB15" s="12"/>
+      <c r="AC15" s="12"/>
+      <c r="AD15" s="12"/>
+      <c r="AE15" s="12"/>
+      <c r="AF15" s="12"/>
+      <c r="AG15" s="12"/>
+      <c r="AH15" s="12"/>
+      <c r="AI15" s="12"/>
+      <c r="AJ15" s="12"/>
+    </row>
+    <row r="16" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="18">
+        <v>135</v>
+      </c>
+      <c r="C16" s="18">
+        <v>135</v>
+      </c>
+      <c r="D16" s="18">
+        <v>135</v>
+      </c>
+      <c r="E16" s="18">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18">
+        <v>120</v>
+      </c>
+      <c r="G16" s="18">
+        <v>120</v>
+      </c>
+      <c r="H16" s="18">
+        <v>120</v>
+      </c>
+      <c r="I16" s="18">
+        <v>120</v>
+      </c>
+      <c r="J16" s="18">
+        <v>120</v>
+      </c>
+      <c r="K16" s="18">
+        <v>120</v>
+      </c>
+      <c r="L16" s="18">
+        <v>120</v>
+      </c>
+      <c r="M16" s="18">
+        <v>120</v>
+      </c>
+      <c r="N16" s="18">
+        <v>120</v>
+      </c>
+      <c r="O16" s="18">
+        <v>120</v>
+      </c>
+      <c r="P16" s="18"/>
+      <c r="Q16" s="18"/>
+      <c r="R16" s="18"/>
+      <c r="S16" s="18"/>
+      <c r="T16" s="18"/>
+      <c r="U16" s="18"/>
+      <c r="V16" s="18"/>
+      <c r="W16" s="18"/>
+      <c r="X16" s="18"/>
+      <c r="Y16" s="18"/>
+      <c r="Z16" s="18"/>
+      <c r="AA16" s="18"/>
+      <c r="AB16" s="18"/>
+      <c r="AC16" s="18"/>
+      <c r="AD16" s="18"/>
+      <c r="AE16" s="18"/>
+      <c r="AF16" s="18"/>
+      <c r="AG16" s="18"/>
+      <c r="AH16" s="18"/>
+      <c r="AI16" s="18"/>
+      <c r="AJ16" s="18"/>
+    </row>
+    <row r="17" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="24"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="27"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="27"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="27"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="25"/>
+      <c r="Q17" s="26"/>
+      <c r="R17" s="27"/>
+      <c r="S17" s="26"/>
+      <c r="T17" s="27"/>
+      <c r="U17" s="26"/>
+      <c r="V17" s="37"/>
+      <c r="W17" s="25"/>
+      <c r="X17" s="25"/>
+      <c r="Y17" s="25"/>
+      <c r="Z17" s="25"/>
+      <c r="AA17" s="25"/>
+      <c r="AB17" s="25"/>
+      <c r="AC17" s="25"/>
+      <c r="AD17" s="25"/>
+      <c r="AE17" s="25"/>
+      <c r="AF17" s="25"/>
+      <c r="AG17" s="25"/>
+      <c r="AH17" s="25"/>
+      <c r="AI17" s="25"/>
+      <c r="AJ17" s="26"/>
+    </row>
+    <row r="18" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="12">
+        <v>315</v>
+      </c>
+      <c r="C18" s="12">
+        <v>315</v>
+      </c>
+      <c r="D18" s="12">
+        <v>315</v>
+      </c>
+      <c r="E18" s="12">
+        <v>367</v>
+      </c>
+      <c r="F18" s="12">
+        <v>367</v>
+      </c>
+      <c r="G18" s="12">
+        <v>367</v>
+      </c>
+      <c r="H18" s="12">
+        <v>367</v>
+      </c>
+      <c r="I18" s="12">
+        <v>367</v>
+      </c>
+      <c r="J18" s="12">
+        <v>367</v>
+      </c>
+      <c r="K18" s="12">
+        <v>367</v>
+      </c>
+      <c r="L18" s="12">
+        <v>367</v>
+      </c>
+      <c r="M18" s="12">
+        <v>367</v>
+      </c>
+      <c r="N18" s="12">
+        <v>367</v>
+      </c>
+      <c r="O18" s="12">
+        <v>367</v>
+      </c>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="12"/>
+      <c r="X18" s="12"/>
+      <c r="Y18" s="12"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="12"/>
+      <c r="AB18" s="12"/>
+      <c r="AC18" s="12"/>
+      <c r="AD18" s="12"/>
+      <c r="AE18" s="12"/>
+      <c r="AF18" s="12"/>
+      <c r="AG18" s="12"/>
+      <c r="AH18" s="12"/>
+      <c r="AI18" s="12"/>
+      <c r="AJ18" s="12"/>
+    </row>
+    <row r="19" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="18">
+        <v>135</v>
+      </c>
+      <c r="C19" s="18">
+        <v>135</v>
+      </c>
+      <c r="D19" s="18">
+        <v>135</v>
+      </c>
+      <c r="E19" s="18">
+        <v>120</v>
+      </c>
+      <c r="F19" s="18">
+        <v>120</v>
+      </c>
+      <c r="G19" s="18">
+        <v>120</v>
+      </c>
+      <c r="H19" s="18">
+        <v>120</v>
+      </c>
+      <c r="I19" s="18">
+        <v>120</v>
+      </c>
+      <c r="J19" s="18">
+        <v>120</v>
+      </c>
+      <c r="K19" s="18">
+        <v>120</v>
+      </c>
+      <c r="L19" s="18">
+        <v>120</v>
+      </c>
+      <c r="M19" s="18">
+        <v>120</v>
+      </c>
+      <c r="N19" s="18">
+        <v>120</v>
+      </c>
+      <c r="O19" s="18">
+        <v>120</v>
+      </c>
+      <c r="P19" s="18"/>
+      <c r="Q19" s="18"/>
+      <c r="R19" s="18"/>
+      <c r="S19" s="18"/>
+      <c r="T19" s="18"/>
+      <c r="U19" s="18"/>
+      <c r="V19" s="18"/>
+      <c r="W19" s="18"/>
+      <c r="X19" s="18"/>
+      <c r="Y19" s="18"/>
+      <c r="Z19" s="18"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
+      <c r="AC19" s="18"/>
+      <c r="AD19" s="18"/>
+      <c r="AE19" s="18"/>
+      <c r="AF19" s="18"/>
+      <c r="AG19" s="18"/>
+      <c r="AH19" s="18"/>
+      <c r="AI19" s="38"/>
+      <c r="AJ19" s="18"/>
+    </row>
+    <row r="20" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="39"/>
+      <c r="B20" s="40"/>
+      <c r="C20" s="41"/>
+      <c r="D20" s="41"/>
+      <c r="E20" s="41"/>
+      <c r="F20" s="41"/>
+      <c r="G20" s="42"/>
+      <c r="H20" s="43"/>
+      <c r="I20" s="44"/>
+      <c r="J20" s="42"/>
+      <c r="K20" s="42"/>
+      <c r="L20" s="42"/>
+      <c r="M20" s="42"/>
+      <c r="N20" s="42"/>
+      <c r="O20" s="43"/>
+      <c r="P20" s="42"/>
+      <c r="Q20" s="42"/>
+      <c r="R20" s="42"/>
+      <c r="S20" s="42"/>
+      <c r="T20" s="45"/>
+      <c r="U20" s="42"/>
+      <c r="V20" s="43"/>
+      <c r="W20" s="42"/>
+      <c r="X20" s="42"/>
+      <c r="Y20" s="42"/>
+      <c r="Z20" s="42"/>
+      <c r="AA20" s="42"/>
+      <c r="AB20" s="42"/>
+      <c r="AC20" s="43"/>
+      <c r="AD20" s="42"/>
+      <c r="AE20" s="42"/>
+      <c r="AF20" s="42"/>
+      <c r="AG20" s="42"/>
+      <c r="AH20" s="42"/>
+      <c r="AI20" s="42"/>
+      <c r="AJ20" s="43"/>
+    </row>
+    <row r="21" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="46">
+        <f t="shared" ref="B21:O22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <v>4530</v>
+      </c>
+      <c r="C21" s="46">
+        <f t="shared" si="0"/>
+        <v>4530</v>
+      </c>
+      <c r="D21" s="46">
+        <f t="shared" si="0"/>
+        <v>4530</v>
+      </c>
+      <c r="E21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="F21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="G21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="H21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="I21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="J21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="K21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="L21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="M21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="N21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="O21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="46"/>
+      <c r="R21" s="46"/>
+      <c r="S21" s="46"/>
+      <c r="T21" s="46"/>
+      <c r="U21" s="46"/>
+      <c r="V21" s="46"/>
+      <c r="W21" s="46"/>
+      <c r="X21" s="46"/>
+      <c r="Y21" s="46"/>
+      <c r="Z21" s="46"/>
+      <c r="AA21" s="46"/>
+      <c r="AB21" s="46"/>
+      <c r="AC21" s="46"/>
+      <c r="AD21" s="46"/>
+      <c r="AE21" s="46"/>
+      <c r="AF21" s="46"/>
+      <c r="AG21" s="46"/>
+      <c r="AH21" s="46"/>
+      <c r="AI21" s="46"/>
+      <c r="AJ21" s="46"/>
+    </row>
+    <row r="22" spans="1:39" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="47">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="C22" s="47">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="D22" s="47">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="E22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="F22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="G22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="H22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="I22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="J22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="K22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="L22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="M22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="N22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="O22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="P22" s="47"/>
+      <c r="Q22" s="47"/>
+      <c r="R22" s="47"/>
+      <c r="S22" s="47"/>
+      <c r="T22" s="47"/>
+      <c r="U22" s="47"/>
+      <c r="V22" s="47"/>
+      <c r="W22" s="47"/>
+      <c r="X22" s="47"/>
+      <c r="Y22" s="47"/>
+      <c r="Z22" s="47"/>
+      <c r="AA22" s="47"/>
+      <c r="AB22" s="47"/>
+      <c r="AC22" s="47"/>
+      <c r="AD22" s="47"/>
+      <c r="AE22" s="47"/>
+      <c r="AF22" s="47"/>
+      <c r="AG22" s="47"/>
+      <c r="AH22" s="47"/>
+      <c r="AI22" s="47"/>
+      <c r="AJ22" s="47"/>
+    </row>
+    <row r="23" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="48"/>
+      <c r="C23" s="48"/>
+      <c r="D23" s="49"/>
+      <c r="E23" s="49"/>
+      <c r="F23" s="50"/>
+      <c r="G23" s="50"/>
+      <c r="H23" s="50"/>
+      <c r="I23" s="50"/>
+      <c r="J23" s="50"/>
+      <c r="K23" s="50"/>
+      <c r="L23" s="50"/>
+      <c r="M23" s="50"/>
+      <c r="N23" s="50"/>
+      <c r="O23" s="50"/>
+      <c r="P23" s="50"/>
+      <c r="Q23" s="50"/>
+      <c r="R23" s="50"/>
+      <c r="S23" s="49"/>
+      <c r="T23" s="49"/>
+      <c r="U23" s="50"/>
+      <c r="X23" s="48"/>
+      <c r="Y23" s="49"/>
+      <c r="Z23" s="48"/>
+      <c r="AA23" s="49"/>
+      <c r="AB23" s="49"/>
+      <c r="AC23" s="49"/>
+    </row>
+    <row r="24" spans="1:39" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="F5" s="58">
+      <c r="B24" s="81" t="s">
         <v>3</v>
       </c>
-      <c r="G5" s="57">
+      <c r="C24" s="82"/>
+      <c r="D24" s="82"/>
+      <c r="E24" s="83"/>
+      <c r="F24" s="81" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="56">
+      <c r="G24" s="82"/>
+      <c r="H24" s="82"/>
+      <c r="I24" s="83"/>
+      <c r="J24" s="81" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="58">
+      <c r="K24" s="84"/>
+      <c r="L24" s="84"/>
+      <c r="M24" s="85"/>
+      <c r="N24" s="81" t="s">
         <v>6</v>
       </c>
-      <c r="J5" s="85">
+      <c r="O24" s="82"/>
+      <c r="P24" s="82"/>
+      <c r="Q24" s="83"/>
+      <c r="R24" s="81" t="s">
         <v>7</v>
       </c>
-      <c r="K5" s="58">
-[...2 lines deleted...]
-      <c r="L5" s="85">
+      <c r="S24" s="82"/>
+      <c r="T24" s="82"/>
+      <c r="U24" s="83"/>
+      <c r="X24" s="52" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="M5" s="58">
+      <c r="B25" s="72"/>
+      <c r="C25" s="64"/>
+      <c r="D25" s="64"/>
+      <c r="E25" s="65"/>
+      <c r="F25" s="72"/>
+      <c r="G25" s="64"/>
+      <c r="H25" s="64"/>
+      <c r="I25" s="65"/>
+      <c r="J25" s="72"/>
+      <c r="K25" s="64"/>
+      <c r="L25" s="64"/>
+      <c r="M25" s="65"/>
+      <c r="N25" s="72"/>
+      <c r="O25" s="64"/>
+      <c r="P25" s="64"/>
+      <c r="Q25" s="65"/>
+      <c r="R25" s="72"/>
+      <c r="S25" s="64"/>
+      <c r="T25" s="64"/>
+      <c r="U25" s="65"/>
+      <c r="X25" s="53" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="N5" s="85">
+      <c r="B26" s="73"/>
+      <c r="C26" s="70"/>
+      <c r="D26" s="70"/>
+      <c r="E26" s="71"/>
+      <c r="F26" s="73"/>
+      <c r="G26" s="70"/>
+      <c r="H26" s="70"/>
+      <c r="I26" s="71"/>
+      <c r="J26" s="73"/>
+      <c r="K26" s="70"/>
+      <c r="L26" s="70"/>
+      <c r="M26" s="71"/>
+      <c r="N26" s="73"/>
+      <c r="O26" s="70"/>
+      <c r="P26" s="70"/>
+      <c r="Q26" s="71"/>
+      <c r="R26" s="73"/>
+      <c r="S26" s="70"/>
+      <c r="T26" s="70"/>
+      <c r="U26" s="71"/>
+      <c r="X26" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA26" s="55"/>
+      <c r="AB26" s="56"/>
+      <c r="AC26" s="55"/>
+      <c r="AD26" s="56"/>
+      <c r="AE26" s="55"/>
+      <c r="AF26" s="55"/>
+      <c r="AG26" s="55"/>
+      <c r="AH26" s="55"/>
+      <c r="AI26" s="55"/>
+      <c r="AJ26" s="55"/>
+      <c r="AK26" s="55"/>
+      <c r="AL26" s="55"/>
+      <c r="AM26" s="55"/>
+    </row>
+    <row r="27" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="57"/>
+      <c r="B27" s="57"/>
+      <c r="C27" s="58"/>
+      <c r="D27" s="58"/>
+      <c r="E27" s="59"/>
+      <c r="F27" s="57"/>
+      <c r="G27" s="58"/>
+      <c r="H27" s="58"/>
+      <c r="I27" s="59"/>
+      <c r="J27" s="57"/>
+      <c r="K27" s="58"/>
+      <c r="L27" s="58"/>
+      <c r="M27" s="59"/>
+      <c r="N27" s="57"/>
+      <c r="O27" s="58"/>
+      <c r="P27" s="58"/>
+      <c r="Q27" s="59"/>
+      <c r="R27" s="57"/>
+      <c r="S27" s="58"/>
+      <c r="T27" s="58"/>
+      <c r="U27" s="59"/>
+      <c r="X27" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z27" s="53"/>
+      <c r="AB27" s="56"/>
+      <c r="AD27" s="55"/>
+    </row>
+    <row r="28" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="O5" s="58">
+      <c r="B28" s="63"/>
+      <c r="C28" s="64"/>
+      <c r="D28" s="64"/>
+      <c r="E28" s="65"/>
+      <c r="F28" s="63"/>
+      <c r="G28" s="64"/>
+      <c r="H28" s="64"/>
+      <c r="I28" s="65"/>
+      <c r="J28" s="63"/>
+      <c r="K28" s="64"/>
+      <c r="L28" s="64"/>
+      <c r="M28" s="65"/>
+      <c r="N28" s="63"/>
+      <c r="O28" s="64"/>
+      <c r="P28" s="64"/>
+      <c r="Q28" s="65"/>
+      <c r="R28" s="63"/>
+      <c r="S28" s="64"/>
+      <c r="T28" s="64"/>
+      <c r="U28" s="65"/>
+      <c r="Z28" s="56"/>
+      <c r="AB28" s="56"/>
+      <c r="AD28" s="56"/>
+    </row>
+    <row r="29" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="P5" s="78">
+      <c r="B29" s="69"/>
+      <c r="C29" s="70"/>
+      <c r="D29" s="70"/>
+      <c r="E29" s="71"/>
+      <c r="F29" s="69"/>
+      <c r="G29" s="70"/>
+      <c r="H29" s="70"/>
+      <c r="I29" s="71"/>
+      <c r="J29" s="69"/>
+      <c r="K29" s="70"/>
+      <c r="L29" s="70"/>
+      <c r="M29" s="71"/>
+      <c r="N29" s="69"/>
+      <c r="O29" s="70"/>
+      <c r="P29" s="70"/>
+      <c r="Q29" s="71"/>
+      <c r="R29" s="69"/>
+      <c r="S29" s="70"/>
+      <c r="T29" s="70"/>
+      <c r="U29" s="71"/>
+      <c r="Z29" s="56"/>
+      <c r="AD29" s="56"/>
+    </row>
+    <row r="30" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="57"/>
+      <c r="B30" s="57"/>
+      <c r="C30" s="58"/>
+      <c r="D30" s="58"/>
+      <c r="E30" s="59"/>
+      <c r="F30" s="57"/>
+      <c r="G30" s="58"/>
+      <c r="H30" s="58"/>
+      <c r="I30" s="59"/>
+      <c r="J30" s="57"/>
+      <c r="K30" s="58"/>
+      <c r="L30" s="58"/>
+      <c r="M30" s="59"/>
+      <c r="N30" s="57"/>
+      <c r="O30" s="58"/>
+      <c r="P30" s="58"/>
+      <c r="Q30" s="59"/>
+      <c r="R30" s="57"/>
+      <c r="S30" s="58"/>
+      <c r="T30" s="58"/>
+      <c r="U30" s="59"/>
+      <c r="Z30" s="53"/>
+    </row>
+    <row r="31" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="Q5" s="59">
-[...8 lines deleted...]
-      <c r="T5" s="78">
+      <c r="B31" s="63"/>
+      <c r="C31" s="64"/>
+      <c r="D31" s="64"/>
+      <c r="E31" s="65"/>
+      <c r="F31" s="63"/>
+      <c r="G31" s="64"/>
+      <c r="H31" s="64"/>
+      <c r="I31" s="65"/>
+      <c r="J31" s="63"/>
+      <c r="K31" s="64"/>
+      <c r="L31" s="64"/>
+      <c r="M31" s="65"/>
+      <c r="N31" s="63"/>
+      <c r="O31" s="64"/>
+      <c r="P31" s="64"/>
+      <c r="Q31" s="65"/>
+      <c r="R31" s="63"/>
+      <c r="S31" s="64"/>
+      <c r="T31" s="64"/>
+      <c r="U31" s="65"/>
+      <c r="Z31" s="56"/>
+    </row>
+    <row r="32" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="69"/>
+      <c r="C32" s="70"/>
+      <c r="D32" s="70"/>
+      <c r="E32" s="71"/>
+      <c r="F32" s="69"/>
+      <c r="G32" s="70"/>
+      <c r="H32" s="70"/>
+      <c r="I32" s="71"/>
+      <c r="J32" s="69"/>
+      <c r="K32" s="70"/>
+      <c r="L32" s="70"/>
+      <c r="M32" s="71"/>
+      <c r="N32" s="69"/>
+      <c r="O32" s="70"/>
+      <c r="P32" s="70"/>
+      <c r="Q32" s="71"/>
+      <c r="R32" s="69"/>
+      <c r="S32" s="70"/>
+      <c r="T32" s="70"/>
+      <c r="U32" s="71"/>
+    </row>
+    <row r="33" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="57"/>
+      <c r="B33" s="58"/>
+      <c r="C33" s="58"/>
+      <c r="D33" s="58"/>
+      <c r="E33" s="59"/>
+      <c r="F33" s="57"/>
+      <c r="G33" s="58"/>
+      <c r="H33" s="58"/>
+      <c r="I33" s="59"/>
+      <c r="J33" s="57"/>
+      <c r="K33" s="58"/>
+      <c r="L33" s="58"/>
+      <c r="M33" s="59"/>
+      <c r="N33" s="57"/>
+      <c r="O33" s="58"/>
+      <c r="P33" s="58"/>
+      <c r="Q33" s="59"/>
+      <c r="R33" s="58"/>
+      <c r="S33" s="58"/>
+      <c r="T33" s="58"/>
+      <c r="U33" s="59"/>
+    </row>
+    <row r="34" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="63"/>
+      <c r="C34" s="64"/>
+      <c r="D34" s="64"/>
+      <c r="E34" s="65"/>
+      <c r="F34" s="60"/>
+      <c r="G34" s="61"/>
+      <c r="H34" s="61"/>
+      <c r="I34" s="62"/>
+      <c r="J34" s="63"/>
+      <c r="K34" s="64"/>
+      <c r="L34" s="64"/>
+      <c r="M34" s="65"/>
+      <c r="N34" s="63"/>
+      <c r="O34" s="64"/>
+      <c r="P34" s="64"/>
+      <c r="Q34" s="65"/>
+      <c r="R34" s="63"/>
+      <c r="S34" s="64"/>
+      <c r="T34" s="64"/>
+      <c r="U34" s="65"/>
+    </row>
+    <row r="35" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="69"/>
+      <c r="C35" s="70"/>
+      <c r="D35" s="70"/>
+      <c r="E35" s="71"/>
+      <c r="F35" s="69"/>
+      <c r="G35" s="70"/>
+      <c r="H35" s="70"/>
+      <c r="I35" s="71"/>
+      <c r="J35" s="69"/>
+      <c r="K35" s="70"/>
+      <c r="L35" s="70"/>
+      <c r="M35" s="71"/>
+      <c r="N35" s="69"/>
+      <c r="O35" s="70"/>
+      <c r="P35" s="70"/>
+      <c r="Q35" s="71"/>
+      <c r="R35" s="69"/>
+      <c r="S35" s="70"/>
+      <c r="T35" s="70"/>
+      <c r="U35" s="71"/>
+    </row>
+    <row r="36" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="57"/>
+      <c r="B36" s="58"/>
+      <c r="C36" s="58"/>
+      <c r="D36" s="58"/>
+      <c r="E36" s="59"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="58"/>
+      <c r="H36" s="58"/>
+      <c r="I36" s="59"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="58"/>
+      <c r="L36" s="58"/>
+      <c r="M36" s="59"/>
+      <c r="N36" s="57"/>
+      <c r="O36" s="58"/>
+      <c r="P36" s="58"/>
+      <c r="Q36" s="59"/>
+      <c r="R36" s="58"/>
+      <c r="S36" s="58"/>
+      <c r="T36" s="58"/>
+      <c r="U36" s="59"/>
+    </row>
+    <row r="37" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="U5" s="59">
-[...2 lines deleted...]
-      <c r="V5" s="58">
+      <c r="B37" s="63"/>
+      <c r="C37" s="64"/>
+      <c r="D37" s="64"/>
+      <c r="E37" s="65"/>
+      <c r="F37" s="63"/>
+      <c r="G37" s="64"/>
+      <c r="H37" s="64"/>
+      <c r="I37" s="65"/>
+      <c r="J37" s="63"/>
+      <c r="K37" s="64"/>
+      <c r="L37" s="64"/>
+      <c r="M37" s="65"/>
+      <c r="N37" s="63"/>
+      <c r="O37" s="64"/>
+      <c r="P37" s="64"/>
+      <c r="Q37" s="65"/>
+      <c r="R37" s="63"/>
+      <c r="S37" s="64"/>
+      <c r="T37" s="64"/>
+      <c r="U37" s="65"/>
+    </row>
+    <row r="38" spans="1:21" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" s="69"/>
+      <c r="C38" s="70"/>
+      <c r="D38" s="70"/>
+      <c r="E38" s="71"/>
+      <c r="F38" s="69"/>
+      <c r="G38" s="70"/>
+      <c r="H38" s="70"/>
+      <c r="I38" s="71"/>
+      <c r="J38" s="69"/>
+      <c r="K38" s="70"/>
+      <c r="L38" s="70"/>
+      <c r="M38" s="71"/>
+      <c r="N38" s="69"/>
+      <c r="O38" s="70"/>
+      <c r="P38" s="70"/>
+      <c r="Q38" s="71"/>
+      <c r="R38" s="69"/>
+      <c r="S38" s="70"/>
+      <c r="T38" s="70"/>
+      <c r="U38" s="71"/>
+    </row>
+    <row r="39" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="57"/>
+      <c r="B39" s="57"/>
+      <c r="C39" s="58"/>
+      <c r="D39" s="58"/>
+      <c r="E39" s="59"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="58"/>
+      <c r="H39" s="58"/>
+      <c r="I39" s="59"/>
+      <c r="J39" s="57"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="58"/>
+      <c r="M39" s="59"/>
+      <c r="N39" s="57"/>
+      <c r="O39" s="58"/>
+      <c r="P39" s="58"/>
+      <c r="Q39" s="59"/>
+      <c r="R39" s="58"/>
+      <c r="S39" s="58"/>
+      <c r="T39" s="58"/>
+      <c r="U39" s="59"/>
+    </row>
+    <row r="40" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="W5" s="59">
+      <c r="B40" s="60"/>
+      <c r="C40" s="61"/>
+      <c r="D40" s="61"/>
+      <c r="E40" s="62"/>
+      <c r="F40" s="60"/>
+      <c r="G40" s="61"/>
+      <c r="H40" s="61"/>
+      <c r="I40" s="62"/>
+      <c r="J40" s="60"/>
+      <c r="K40" s="61"/>
+      <c r="L40" s="61"/>
+      <c r="M40" s="62"/>
+      <c r="N40" s="60"/>
+      <c r="O40" s="61"/>
+      <c r="P40" s="61"/>
+      <c r="Q40" s="62"/>
+      <c r="R40" s="63"/>
+      <c r="S40" s="64"/>
+      <c r="T40" s="64"/>
+      <c r="U40" s="65"/>
+    </row>
+    <row r="41" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="X5" s="58">
-[...2260 lines deleted...]
-      <c r="U41" s="142"/>
+      <c r="B41" s="66"/>
+      <c r="C41" s="67"/>
+      <c r="D41" s="67"/>
+      <c r="E41" s="68"/>
+      <c r="F41" s="66"/>
+      <c r="G41" s="67"/>
+      <c r="H41" s="67"/>
+      <c r="I41" s="68"/>
+      <c r="J41" s="66"/>
+      <c r="K41" s="67"/>
+      <c r="L41" s="67"/>
+      <c r="M41" s="68"/>
+      <c r="N41" s="66"/>
+      <c r="O41" s="67"/>
+      <c r="P41" s="67"/>
+      <c r="Q41" s="68"/>
+      <c r="R41" s="69"/>
+      <c r="S41" s="70"/>
+      <c r="T41" s="70"/>
+      <c r="U41" s="71"/>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>59</v>
-[...408 lines deleted...]
-      <c r="D5" s="58">
         <v>29</v>
-      </c>
-[...27321 lines deleted...]
-        <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
     <mergeCell ref="A1:AJ1"/>
     <mergeCell ref="A2:AJ2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="I3:O3"/>
     <mergeCell ref="P3:V3"/>
     <mergeCell ref="W3:AC3"/>
     <mergeCell ref="AD3:AJ3"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="J24:M24"/>
     <mergeCell ref="N24:Q24"/>
     <mergeCell ref="R24:U24"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="I4:O4"/>
     <mergeCell ref="P4:V4"/>
     <mergeCell ref="W4:AC4"/>
     <mergeCell ref="AD4:AJ4"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="F26:I26"/>
     <mergeCell ref="J26:M26"/>
     <mergeCell ref="N26:Q26"/>
@@ -35939,61 +3200,50 @@
     <mergeCell ref="J41:M41"/>
     <mergeCell ref="N41:Q41"/>
     <mergeCell ref="R41:U41"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="F40:I40"/>
     <mergeCell ref="J40:M40"/>
     <mergeCell ref="N40:Q40"/>
     <mergeCell ref="R40:U40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
-[...11 lines deleted...]
-      <vt:lpstr>December 2025</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>January 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CNTEE Transelectrica</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ana Maria GHIURES</dc:creator>
+  <dc:creator>Valeria ANDRONESCU</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>