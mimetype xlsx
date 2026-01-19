--- v1 (2025-12-30)
+++ v2 (2026-01-19)
@@ -13,83 +13,117 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="105" windowWidth="27795" windowHeight="12600"/>
   </bookViews>
   <sheets>
     <sheet name="January 2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="J41" i="1" l="1"/>
+  <c r="J40" i="1"/>
+  <c r="W22" i="1" l="1"/>
+  <c r="X22" i="1"/>
+  <c r="Y22" i="1"/>
+  <c r="Z22" i="1"/>
+  <c r="AA22" i="1"/>
+  <c r="AB22" i="1"/>
+  <c r="AC22" i="1"/>
+  <c r="W21" i="1"/>
+  <c r="X21" i="1"/>
+  <c r="Y21" i="1"/>
+  <c r="Z21" i="1"/>
+  <c r="AA21" i="1"/>
+  <c r="AB21" i="1"/>
+  <c r="AC21" i="1"/>
+  <c r="P22" i="1" l="1"/>
+  <c r="Q22" i="1"/>
+  <c r="R22" i="1"/>
+  <c r="S22" i="1"/>
+  <c r="T22" i="1"/>
+  <c r="U22" i="1"/>
+  <c r="V22" i="1"/>
+  <c r="P21" i="1"/>
+  <c r="Q21" i="1"/>
+  <c r="R21" i="1"/>
+  <c r="S21" i="1"/>
+  <c r="T21" i="1"/>
+  <c r="U21" i="1"/>
+  <c r="V21" i="1"/>
+  <c r="F41" i="1" l="1"/>
+  <c r="F40" i="1"/>
+  <c r="B41" i="1"/>
+  <c r="B40" i="1"/>
   <c r="O22" i="1" l="1"/>
   <c r="N22" i="1"/>
   <c r="M22" i="1"/>
   <c r="L22" i="1"/>
   <c r="K22" i="1"/>
   <c r="J22" i="1"/>
   <c r="I22" i="1"/>
   <c r="H22" i="1"/>
   <c r="G22" i="1"/>
   <c r="F22" i="1"/>
   <c r="E22" i="1"/>
   <c r="D22" i="1"/>
   <c r="C22" i="1"/>
   <c r="B22" i="1"/>
   <c r="O21" i="1"/>
   <c r="N21" i="1"/>
   <c r="M21" i="1"/>
   <c r="L21" i="1"/>
   <c r="K21" i="1"/>
   <c r="J21" i="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="G21" i="1"/>
   <c r="F21" i="1"/>
   <c r="E21" i="1"/>
   <c r="D21" i="1"/>
   <c r="C21" i="1"/>
   <c r="B21" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="31">
   <si>
     <t>Prognoza valorilor NTC saptamanale ianuarie 2026 [MW]</t>
   </si>
   <si>
     <t>Forecast of weekly NTC values January 2026 [MW]</t>
   </si>
   <si>
     <t>Saptamana  Week</t>
   </si>
   <si>
     <t>29.12.2025-04.01.2026</t>
   </si>
   <si>
     <t>05-11.01</t>
   </si>
   <si>
     <t>12-18.01</t>
   </si>
   <si>
     <t>19-25.12</t>
   </si>
   <si>
     <t>26.01-01.02</t>
   </si>
   <si>
@@ -135,50 +169,53 @@
     <t>Notă:</t>
   </si>
   <si>
     <t xml:space="preserve">Valorile de NTC export / import pe granita RO-HU sunt cele calculate de catre Transelectrica, iar armonizarea pe valoarea minimă se face prin platformele corespunzatoare. </t>
   </si>
   <si>
     <t>Nu se determină valori procentuale, deoarece calculul de capacitate pe granița RO-HU este bazat pe fluxuri.</t>
   </si>
   <si>
     <t>Valorile procentuale reprezintă gradul de îndeplinire al valorilor prognozate minime față de cele realizate minime.</t>
   </si>
   <si>
     <t xml:space="preserve">BG =&gt;RO   </t>
   </si>
   <si>
     <t xml:space="preserve">RO =&gt;UA  </t>
   </si>
   <si>
     <t xml:space="preserve">UA =&gt;RO   </t>
   </si>
   <si>
     <t xml:space="preserve">MD =&gt;RO   </t>
   </si>
   <si>
     <t>* Valori propuse de Transelectrica pentru armonizare cu Ukrenergo pe granita RO-UA și cu Moldelectrica pe granița RO-MD.</t>
+  </si>
+  <si>
+    <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -725,150 +762,150 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...35 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -1275,216 +1312,216 @@
     <col min="13569" max="13569" width="16.85546875" customWidth="1"/>
     <col min="13570" max="13604" width="8.7109375" customWidth="1"/>
     <col min="13825" max="13825" width="16.85546875" customWidth="1"/>
     <col min="13826" max="13860" width="8.7109375" customWidth="1"/>
     <col min="14081" max="14081" width="16.85546875" customWidth="1"/>
     <col min="14082" max="14116" width="8.7109375" customWidth="1"/>
     <col min="14337" max="14337" width="16.85546875" customWidth="1"/>
     <col min="14338" max="14372" width="8.7109375" customWidth="1"/>
     <col min="14593" max="14593" width="16.85546875" customWidth="1"/>
     <col min="14594" max="14628" width="8.7109375" customWidth="1"/>
     <col min="14849" max="14849" width="16.85546875" customWidth="1"/>
     <col min="14850" max="14884" width="8.7109375" customWidth="1"/>
     <col min="15105" max="15105" width="16.85546875" customWidth="1"/>
     <col min="15106" max="15140" width="8.7109375" customWidth="1"/>
     <col min="15361" max="15361" width="16.85546875" customWidth="1"/>
     <col min="15362" max="15396" width="8.7109375" customWidth="1"/>
     <col min="15617" max="15617" width="16.85546875" customWidth="1"/>
     <col min="15618" max="15652" width="8.7109375" customWidth="1"/>
     <col min="15873" max="15873" width="16.85546875" customWidth="1"/>
     <col min="15874" max="15908" width="8.7109375" customWidth="1"/>
     <col min="16129" max="16129" width="16.85546875" customWidth="1"/>
     <col min="16130" max="16164" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A1" s="86" t="s">
+      <c r="A1" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="86"/>
-[...33 lines deleted...]
-      <c r="AJ1" s="86"/>
+      <c r="B1" s="60"/>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+      <c r="G1" s="60"/>
+      <c r="H1" s="60"/>
+      <c r="I1" s="60"/>
+      <c r="J1" s="60"/>
+      <c r="K1" s="60"/>
+      <c r="L1" s="60"/>
+      <c r="M1" s="60"/>
+      <c r="N1" s="60"/>
+      <c r="O1" s="60"/>
+      <c r="P1" s="60"/>
+      <c r="Q1" s="60"/>
+      <c r="R1" s="60"/>
+      <c r="S1" s="60"/>
+      <c r="T1" s="60"/>
+      <c r="U1" s="60"/>
+      <c r="V1" s="60"/>
+      <c r="W1" s="60"/>
+      <c r="X1" s="60"/>
+      <c r="Y1" s="60"/>
+      <c r="Z1" s="60"/>
+      <c r="AA1" s="60"/>
+      <c r="AB1" s="60"/>
+      <c r="AC1" s="60"/>
+      <c r="AD1" s="60"/>
+      <c r="AE1" s="60"/>
+      <c r="AF1" s="60"/>
+      <c r="AG1" s="60"/>
+      <c r="AH1" s="60"/>
+      <c r="AI1" s="60"/>
+      <c r="AJ1" s="60"/>
     </row>
     <row r="2" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="87" t="s">
+      <c r="A2" s="61" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="87"/>
-[...33 lines deleted...]
-      <c r="AJ2" s="87"/>
+      <c r="B2" s="61"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="61"/>
+      <c r="I2" s="61"/>
+      <c r="J2" s="61"/>
+      <c r="K2" s="61"/>
+      <c r="L2" s="61"/>
+      <c r="M2" s="61"/>
+      <c r="N2" s="61"/>
+      <c r="O2" s="61"/>
+      <c r="P2" s="61"/>
+      <c r="Q2" s="61"/>
+      <c r="R2" s="61"/>
+      <c r="S2" s="61"/>
+      <c r="T2" s="61"/>
+      <c r="U2" s="61"/>
+      <c r="V2" s="61"/>
+      <c r="W2" s="61"/>
+      <c r="X2" s="61"/>
+      <c r="Y2" s="61"/>
+      <c r="Z2" s="61"/>
+      <c r="AA2" s="61"/>
+      <c r="AB2" s="61"/>
+      <c r="AC2" s="61"/>
+      <c r="AD2" s="61"/>
+      <c r="AE2" s="61"/>
+      <c r="AF2" s="61"/>
+      <c r="AG2" s="61"/>
+      <c r="AH2" s="61"/>
+      <c r="AI2" s="61"/>
+      <c r="AJ2" s="61"/>
     </row>
     <row r="3" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="88" t="s">
+      <c r="B3" s="62" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="89"/>
-[...5 lines deleted...]
-      <c r="I3" s="88" t="s">
+      <c r="C3" s="63"/>
+      <c r="D3" s="63"/>
+      <c r="E3" s="63"/>
+      <c r="F3" s="63"/>
+      <c r="G3" s="63"/>
+      <c r="H3" s="64"/>
+      <c r="I3" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="J3" s="89"/>
-[...5 lines deleted...]
-      <c r="P3" s="91" t="s">
+      <c r="J3" s="63"/>
+      <c r="K3" s="63"/>
+      <c r="L3" s="63"/>
+      <c r="M3" s="63"/>
+      <c r="N3" s="63"/>
+      <c r="O3" s="64"/>
+      <c r="P3" s="65" t="s">
         <v>5</v>
       </c>
-      <c r="Q3" s="92"/>
-[...5 lines deleted...]
-      <c r="W3" s="89" t="s">
+      <c r="Q3" s="66"/>
+      <c r="R3" s="66"/>
+      <c r="S3" s="66"/>
+      <c r="T3" s="66"/>
+      <c r="U3" s="66"/>
+      <c r="V3" s="67"/>
+      <c r="W3" s="63" t="s">
         <v>6</v>
       </c>
-      <c r="X3" s="89"/>
-[...5 lines deleted...]
-      <c r="AD3" s="88" t="s">
+      <c r="X3" s="63"/>
+      <c r="Y3" s="63"/>
+      <c r="Z3" s="63"/>
+      <c r="AA3" s="63"/>
+      <c r="AB3" s="63"/>
+      <c r="AC3" s="63"/>
+      <c r="AD3" s="62" t="s">
         <v>7</v>
       </c>
-      <c r="AE3" s="89"/>
-[...4 lines deleted...]
-      <c r="AJ3" s="90"/>
+      <c r="AE3" s="63"/>
+      <c r="AF3" s="63"/>
+      <c r="AG3" s="63"/>
+      <c r="AH3" s="63"/>
+      <c r="AI3" s="63"/>
+      <c r="AJ3" s="64"/>
     </row>
     <row r="4" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="B4" s="74"/>
-[...33 lines deleted...]
-      <c r="AJ4" s="76"/>
+      <c r="B4" s="73"/>
+      <c r="C4" s="74"/>
+      <c r="D4" s="74"/>
+      <c r="E4" s="74"/>
+      <c r="F4" s="74"/>
+      <c r="G4" s="74"/>
+      <c r="H4" s="75"/>
+      <c r="I4" s="76"/>
+      <c r="J4" s="77"/>
+      <c r="K4" s="77"/>
+      <c r="L4" s="77"/>
+      <c r="M4" s="77"/>
+      <c r="N4" s="77"/>
+      <c r="O4" s="78"/>
+      <c r="P4" s="79"/>
+      <c r="Q4" s="77"/>
+      <c r="R4" s="77"/>
+      <c r="S4" s="77"/>
+      <c r="T4" s="77"/>
+      <c r="U4" s="77"/>
+      <c r="V4" s="78"/>
+      <c r="W4" s="74"/>
+      <c r="X4" s="74"/>
+      <c r="Y4" s="74"/>
+      <c r="Z4" s="74"/>
+      <c r="AA4" s="74"/>
+      <c r="AB4" s="74"/>
+      <c r="AC4" s="74"/>
+      <c r="AD4" s="73"/>
+      <c r="AE4" s="74"/>
+      <c r="AF4" s="74"/>
+      <c r="AG4" s="74"/>
+      <c r="AH4" s="74"/>
+      <c r="AI4" s="74"/>
+      <c r="AJ4" s="75"/>
     </row>
     <row r="5" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3">
         <v>29</v>
       </c>
       <c r="C5" s="4">
         <v>30</v>
       </c>
       <c r="D5" s="3">
         <v>31</v>
       </c>
       <c r="E5" s="4">
         <v>1</v>
       </c>
       <c r="F5" s="3">
         <v>2</v>
       </c>
       <c r="G5" s="5">
         <v>3</v>
       </c>
       <c r="H5" s="6">
         <v>4</v>
@@ -1598,64 +1635,92 @@
       </c>
       <c r="H6" s="12">
         <v>1000</v>
       </c>
       <c r="I6" s="12">
         <v>1000</v>
       </c>
       <c r="J6" s="12">
         <v>1000</v>
       </c>
       <c r="K6" s="12">
         <v>1000</v>
       </c>
       <c r="L6" s="12">
         <v>1000</v>
       </c>
       <c r="M6" s="12">
         <v>1000</v>
       </c>
       <c r="N6" s="12">
         <v>1000</v>
       </c>
       <c r="O6" s="12">
         <v>1000</v>
       </c>
-      <c r="P6" s="13"/>
-[...12 lines deleted...]
-      <c r="AC6" s="16"/>
+      <c r="P6" s="13">
+        <v>1000</v>
+      </c>
+      <c r="Q6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="R6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="S6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="T6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="U6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="V6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="W6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="X6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="Y6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="Z6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AA6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AB6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AC6" s="16">
+        <v>1000</v>
+      </c>
       <c r="AD6" s="16"/>
       <c r="AE6" s="16"/>
       <c r="AF6" s="16"/>
       <c r="AG6" s="16"/>
       <c r="AH6" s="16"/>
       <c r="AI6" s="16"/>
       <c r="AJ6" s="12"/>
     </row>
     <row r="7" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="18">
         <v>1000</v>
       </c>
       <c r="C7" s="18">
         <v>1000</v>
       </c>
       <c r="D7" s="18">
         <v>1000</v>
       </c>
       <c r="E7" s="18">
         <v>1000</v>
       </c>
       <c r="F7" s="18">
@@ -1666,64 +1731,92 @@
       </c>
       <c r="H7" s="18">
         <v>1000</v>
       </c>
       <c r="I7" s="18">
         <v>1000</v>
       </c>
       <c r="J7" s="18">
         <v>1000</v>
       </c>
       <c r="K7" s="18">
         <v>1000</v>
       </c>
       <c r="L7" s="18">
         <v>1000</v>
       </c>
       <c r="M7" s="18">
         <v>1000</v>
       </c>
       <c r="N7" s="18">
         <v>1000</v>
       </c>
       <c r="O7" s="18">
         <v>1000</v>
       </c>
-      <c r="P7" s="19"/>
-[...12 lines deleted...]
-      <c r="AC7" s="23"/>
+      <c r="P7" s="19">
+        <v>1000</v>
+      </c>
+      <c r="Q7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="R7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="S7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="T7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="U7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="V7" s="22">
+        <v>1000</v>
+      </c>
+      <c r="W7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="X7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="Y7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="Z7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AA7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AB7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AC7" s="23">
+        <v>1000</v>
+      </c>
       <c r="AD7" s="23"/>
       <c r="AE7" s="23"/>
       <c r="AF7" s="23"/>
       <c r="AG7" s="23"/>
       <c r="AH7" s="23"/>
       <c r="AI7" s="23"/>
       <c r="AJ7" s="18"/>
     </row>
     <row r="8" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="24"/>
       <c r="B8" s="25"/>
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="27"/>
       <c r="K8" s="26"/>
       <c r="L8" s="27"/>
       <c r="M8" s="26"/>
       <c r="N8" s="27"/>
       <c r="O8" s="26"/>
       <c r="P8" s="27"/>
@@ -1772,64 +1865,92 @@
       </c>
       <c r="H9" s="29">
         <v>800</v>
       </c>
       <c r="I9" s="29">
         <v>800</v>
       </c>
       <c r="J9" s="29">
         <v>800</v>
       </c>
       <c r="K9" s="29">
         <v>800</v>
       </c>
       <c r="L9" s="29">
         <v>800</v>
       </c>
       <c r="M9" s="29">
         <v>800</v>
       </c>
       <c r="N9" s="29">
         <v>800</v>
       </c>
       <c r="O9" s="29">
         <v>800</v>
       </c>
-      <c r="P9" s="13"/>
-[...12 lines deleted...]
-      <c r="AC9" s="16"/>
+      <c r="P9" s="13">
+        <v>800</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>800</v>
+      </c>
+      <c r="R9" s="14">
+        <v>800</v>
+      </c>
+      <c r="S9" s="12">
+        <v>800</v>
+      </c>
+      <c r="T9" s="14">
+        <v>800</v>
+      </c>
+      <c r="U9" s="12">
+        <v>800</v>
+      </c>
+      <c r="V9" s="15">
+        <v>800</v>
+      </c>
+      <c r="W9" s="16">
+        <v>800</v>
+      </c>
+      <c r="X9" s="16">
+        <v>800</v>
+      </c>
+      <c r="Y9" s="16">
+        <v>800</v>
+      </c>
+      <c r="Z9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AA9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AB9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AC9" s="16">
+        <v>800</v>
+      </c>
       <c r="AD9" s="16"/>
       <c r="AE9" s="16"/>
       <c r="AF9" s="16"/>
       <c r="AG9" s="16"/>
       <c r="AH9" s="16"/>
       <c r="AI9" s="16"/>
       <c r="AJ9" s="12"/>
     </row>
     <row r="10" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="30" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="23">
         <v>1000</v>
       </c>
       <c r="C10" s="23">
         <v>1000</v>
       </c>
       <c r="D10" s="23">
         <v>1000</v>
       </c>
       <c r="E10" s="23">
         <v>1000</v>
       </c>
       <c r="F10" s="23">
@@ -1840,64 +1961,92 @@
       </c>
       <c r="H10" s="31">
         <v>1000</v>
       </c>
       <c r="I10" s="31">
         <v>1000</v>
       </c>
       <c r="J10" s="31">
         <v>1000</v>
       </c>
       <c r="K10" s="31">
         <v>1000</v>
       </c>
       <c r="L10" s="31">
         <v>1000</v>
       </c>
       <c r="M10" s="31">
         <v>1000</v>
       </c>
       <c r="N10" s="31">
         <v>1000</v>
       </c>
       <c r="O10" s="31">
         <v>1000</v>
       </c>
-      <c r="P10" s="19"/>
-[...12 lines deleted...]
-      <c r="AC10" s="23"/>
+      <c r="P10" s="19">
+        <v>1000</v>
+      </c>
+      <c r="Q10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="R10" s="21">
+        <v>1000</v>
+      </c>
+      <c r="S10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="T10" s="21">
+        <v>1000</v>
+      </c>
+      <c r="U10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="V10" s="22">
+        <v>1000</v>
+      </c>
+      <c r="W10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="X10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="Y10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="Z10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AA10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AB10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AC10" s="23">
+        <v>1000</v>
+      </c>
       <c r="AD10" s="23"/>
       <c r="AE10" s="23"/>
       <c r="AF10" s="23"/>
       <c r="AG10" s="23"/>
       <c r="AH10" s="23"/>
       <c r="AI10" s="23"/>
       <c r="AJ10" s="18"/>
     </row>
     <row r="11" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="24"/>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="27"/>
       <c r="K11" s="26"/>
       <c r="L11" s="27"/>
       <c r="M11" s="26"/>
       <c r="N11" s="27"/>
       <c r="O11" s="26"/>
       <c r="P11" s="27"/>
@@ -1946,64 +2095,92 @@
       </c>
       <c r="H12" s="29">
         <v>1900</v>
       </c>
       <c r="I12" s="29">
         <v>1900</v>
       </c>
       <c r="J12" s="29">
         <v>1900</v>
       </c>
       <c r="K12" s="29">
         <v>1900</v>
       </c>
       <c r="L12" s="29">
         <v>1900</v>
       </c>
       <c r="M12" s="29">
         <v>1900</v>
       </c>
       <c r="N12" s="29">
         <v>1900</v>
       </c>
       <c r="O12" s="29">
         <v>1900</v>
       </c>
-      <c r="P12" s="13"/>
-[...12 lines deleted...]
-      <c r="AC12" s="12"/>
+      <c r="P12" s="13">
+        <v>1900</v>
+      </c>
+      <c r="Q12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="R12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="S12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="T12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="U12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="V12" s="33">
+        <v>1900</v>
+      </c>
+      <c r="W12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="X12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="Y12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="Z12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AA12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AB12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AC12" s="12">
+        <v>1900</v>
+      </c>
       <c r="AD12" s="29"/>
       <c r="AE12" s="29"/>
       <c r="AF12" s="29"/>
       <c r="AG12" s="29"/>
       <c r="AH12" s="29"/>
       <c r="AI12" s="29"/>
       <c r="AJ12" s="12"/>
     </row>
     <row r="13" spans="1:36" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="31">
         <v>1900</v>
       </c>
       <c r="C13" s="31">
         <v>1900</v>
       </c>
       <c r="D13" s="31">
         <v>1900</v>
       </c>
       <c r="E13" s="31">
         <v>1900</v>
       </c>
       <c r="F13" s="31">
@@ -2014,64 +2191,92 @@
       </c>
       <c r="H13" s="31">
         <v>1900</v>
       </c>
       <c r="I13" s="31">
         <v>1900</v>
       </c>
       <c r="J13" s="31">
         <v>1900</v>
       </c>
       <c r="K13" s="31">
         <v>1900</v>
       </c>
       <c r="L13" s="31">
         <v>1900</v>
       </c>
       <c r="M13" s="31">
         <v>1900</v>
       </c>
       <c r="N13" s="31">
         <v>1900</v>
       </c>
       <c r="O13" s="31">
         <v>1900</v>
       </c>
-      <c r="P13" s="19"/>
-[...12 lines deleted...]
-      <c r="AC13" s="34"/>
+      <c r="P13" s="19">
+        <v>1900</v>
+      </c>
+      <c r="Q13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="R13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="S13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="T13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="U13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="V13" s="22">
+        <v>1900</v>
+      </c>
+      <c r="W13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="X13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="Y13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="Z13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="AA13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="AB13" s="34">
+        <v>1900</v>
+      </c>
+      <c r="AC13" s="34">
+        <v>1900</v>
+      </c>
       <c r="AD13" s="31"/>
       <c r="AE13" s="31"/>
       <c r="AF13" s="31"/>
       <c r="AG13" s="31"/>
       <c r="AH13" s="31"/>
       <c r="AI13" s="31"/>
       <c r="AJ13" s="18"/>
     </row>
     <row r="14" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="24"/>
       <c r="B14" s="25"/>
       <c r="C14" s="25"/>
       <c r="D14" s="25"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="27"/>
       <c r="K14" s="26"/>
       <c r="L14" s="27"/>
       <c r="M14" s="26"/>
       <c r="N14" s="27"/>
       <c r="O14" s="26"/>
       <c r="P14" s="27"/>
@@ -2120,64 +2325,92 @@
       </c>
       <c r="H15" s="12">
         <v>367</v>
       </c>
       <c r="I15" s="12">
         <v>367</v>
       </c>
       <c r="J15" s="12">
         <v>367</v>
       </c>
       <c r="K15" s="12">
         <v>367</v>
       </c>
       <c r="L15" s="12">
         <v>367</v>
       </c>
       <c r="M15" s="12">
         <v>367</v>
       </c>
       <c r="N15" s="12">
         <v>367</v>
       </c>
       <c r="O15" s="12">
         <v>367</v>
       </c>
-      <c r="P15" s="12"/>
-[...12 lines deleted...]
-      <c r="AC15" s="12"/>
+      <c r="P15" s="12">
+        <v>367</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>367</v>
+      </c>
+      <c r="R15" s="12">
+        <v>367</v>
+      </c>
+      <c r="S15" s="12">
+        <v>367</v>
+      </c>
+      <c r="T15" s="12">
+        <v>367</v>
+      </c>
+      <c r="U15" s="12">
+        <v>367</v>
+      </c>
+      <c r="V15" s="12">
+        <v>367</v>
+      </c>
+      <c r="W15" s="12">
+        <v>360</v>
+      </c>
+      <c r="X15" s="12">
+        <v>360</v>
+      </c>
+      <c r="Y15" s="12">
+        <v>360</v>
+      </c>
+      <c r="Z15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AA15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AB15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AC15" s="12">
+        <v>360</v>
+      </c>
       <c r="AD15" s="12"/>
       <c r="AE15" s="12"/>
       <c r="AF15" s="12"/>
       <c r="AG15" s="12"/>
       <c r="AH15" s="12"/>
       <c r="AI15" s="12"/>
       <c r="AJ15" s="12"/>
     </row>
     <row r="16" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>135</v>
       </c>
       <c r="C16" s="18">
         <v>135</v>
       </c>
       <c r="D16" s="18">
         <v>135</v>
       </c>
       <c r="E16" s="18">
         <v>120</v>
       </c>
       <c r="F16" s="18">
@@ -2188,64 +2421,92 @@
       </c>
       <c r="H16" s="18">
         <v>120</v>
       </c>
       <c r="I16" s="18">
         <v>120</v>
       </c>
       <c r="J16" s="18">
         <v>120</v>
       </c>
       <c r="K16" s="18">
         <v>120</v>
       </c>
       <c r="L16" s="18">
         <v>120</v>
       </c>
       <c r="M16" s="18">
         <v>120</v>
       </c>
       <c r="N16" s="18">
         <v>120</v>
       </c>
       <c r="O16" s="18">
         <v>120</v>
       </c>
-      <c r="P16" s="18"/>
-[...12 lines deleted...]
-      <c r="AC16" s="18"/>
+      <c r="P16" s="18">
+        <v>120</v>
+      </c>
+      <c r="Q16" s="18">
+        <v>120</v>
+      </c>
+      <c r="R16" s="18">
+        <v>120</v>
+      </c>
+      <c r="S16" s="18">
+        <v>120</v>
+      </c>
+      <c r="T16" s="18">
+        <v>120</v>
+      </c>
+      <c r="U16" s="18">
+        <v>120</v>
+      </c>
+      <c r="V16" s="18">
+        <v>120</v>
+      </c>
+      <c r="W16" s="18">
+        <v>120</v>
+      </c>
+      <c r="X16" s="18">
+        <v>120</v>
+      </c>
+      <c r="Y16" s="18">
+        <v>120</v>
+      </c>
+      <c r="Z16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AA16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AB16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AC16" s="18">
+        <v>120</v>
+      </c>
       <c r="AD16" s="18"/>
       <c r="AE16" s="18"/>
       <c r="AF16" s="18"/>
       <c r="AG16" s="18"/>
       <c r="AH16" s="18"/>
       <c r="AI16" s="18"/>
       <c r="AJ16" s="18"/>
     </row>
     <row r="17" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="24"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="26"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="27"/>
       <c r="K17" s="26"/>
       <c r="L17" s="27"/>
       <c r="M17" s="26"/>
       <c r="N17" s="27"/>
       <c r="O17" s="26"/>
       <c r="P17" s="25"/>
@@ -2294,64 +2555,92 @@
       </c>
       <c r="H18" s="12">
         <v>367</v>
       </c>
       <c r="I18" s="12">
         <v>367</v>
       </c>
       <c r="J18" s="12">
         <v>367</v>
       </c>
       <c r="K18" s="12">
         <v>367</v>
       </c>
       <c r="L18" s="12">
         <v>367</v>
       </c>
       <c r="M18" s="12">
         <v>367</v>
       </c>
       <c r="N18" s="12">
         <v>367</v>
       </c>
       <c r="O18" s="12">
         <v>367</v>
       </c>
-      <c r="P18" s="12"/>
-[...12 lines deleted...]
-      <c r="AC18" s="12"/>
+      <c r="P18" s="12">
+        <v>367</v>
+      </c>
+      <c r="Q18" s="12">
+        <v>367</v>
+      </c>
+      <c r="R18" s="12">
+        <v>367</v>
+      </c>
+      <c r="S18" s="12">
+        <v>367</v>
+      </c>
+      <c r="T18" s="12">
+        <v>367</v>
+      </c>
+      <c r="U18" s="12">
+        <v>367</v>
+      </c>
+      <c r="V18" s="12">
+        <v>367</v>
+      </c>
+      <c r="W18" s="12">
+        <v>360</v>
+      </c>
+      <c r="X18" s="12">
+        <v>360</v>
+      </c>
+      <c r="Y18" s="12">
+        <v>360</v>
+      </c>
+      <c r="Z18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AA18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AB18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AC18" s="12">
+        <v>360</v>
+      </c>
       <c r="AD18" s="12"/>
       <c r="AE18" s="12"/>
       <c r="AF18" s="12"/>
       <c r="AG18" s="12"/>
       <c r="AH18" s="12"/>
       <c r="AI18" s="12"/>
       <c r="AJ18" s="12"/>
     </row>
     <row r="19" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="36" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="18">
         <v>135</v>
       </c>
       <c r="C19" s="18">
         <v>135</v>
       </c>
       <c r="D19" s="18">
         <v>135</v>
       </c>
       <c r="E19" s="18">
         <v>120</v>
       </c>
       <c r="F19" s="18">
@@ -2362,64 +2651,92 @@
       </c>
       <c r="H19" s="18">
         <v>120</v>
       </c>
       <c r="I19" s="18">
         <v>120</v>
       </c>
       <c r="J19" s="18">
         <v>120</v>
       </c>
       <c r="K19" s="18">
         <v>120</v>
       </c>
       <c r="L19" s="18">
         <v>120</v>
       </c>
       <c r="M19" s="18">
         <v>120</v>
       </c>
       <c r="N19" s="18">
         <v>120</v>
       </c>
       <c r="O19" s="18">
         <v>120</v>
       </c>
-      <c r="P19" s="18"/>
-[...12 lines deleted...]
-      <c r="AC19" s="18"/>
+      <c r="P19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Q19" s="18">
+        <v>120</v>
+      </c>
+      <c r="R19" s="18">
+        <v>120</v>
+      </c>
+      <c r="S19" s="18">
+        <v>120</v>
+      </c>
+      <c r="T19" s="18">
+        <v>120</v>
+      </c>
+      <c r="U19" s="18">
+        <v>120</v>
+      </c>
+      <c r="V19" s="18">
+        <v>120</v>
+      </c>
+      <c r="W19" s="18">
+        <v>120</v>
+      </c>
+      <c r="X19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Y19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Z19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AA19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AB19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AC19" s="18">
+        <v>120</v>
+      </c>
       <c r="AD19" s="18"/>
       <c r="AE19" s="18"/>
       <c r="AF19" s="18"/>
       <c r="AG19" s="18"/>
       <c r="AH19" s="18"/>
       <c r="AI19" s="38"/>
       <c r="AJ19" s="18"/>
     </row>
     <row r="20" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="39"/>
       <c r="B20" s="40"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="42"/>
       <c r="H20" s="43"/>
       <c r="I20" s="44"/>
       <c r="J20" s="42"/>
       <c r="K20" s="42"/>
       <c r="L20" s="42"/>
       <c r="M20" s="42"/>
       <c r="N20" s="42"/>
       <c r="O20" s="43"/>
       <c r="P20" s="42"/>
@@ -2427,51 +2744,51 @@
       <c r="R20" s="42"/>
       <c r="S20" s="42"/>
       <c r="T20" s="45"/>
       <c r="U20" s="42"/>
       <c r="V20" s="43"/>
       <c r="W20" s="42"/>
       <c r="X20" s="42"/>
       <c r="Y20" s="42"/>
       <c r="Z20" s="42"/>
       <c r="AA20" s="42"/>
       <c r="AB20" s="42"/>
       <c r="AC20" s="43"/>
       <c r="AD20" s="42"/>
       <c r="AE20" s="42"/>
       <c r="AF20" s="42"/>
       <c r="AG20" s="42"/>
       <c r="AH20" s="42"/>
       <c r="AI20" s="42"/>
       <c r="AJ20" s="43"/>
     </row>
     <row r="21" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="46">
-        <f t="shared" ref="B21:O22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <f t="shared" ref="B21:Q22" si="0">SUM(B6+B9+B12+B15+B18)</f>
         <v>4530</v>
       </c>
       <c r="C21" s="46">
         <f t="shared" si="0"/>
         <v>4530</v>
       </c>
       <c r="D21" s="46">
         <f t="shared" si="0"/>
         <v>4530</v>
       </c>
       <c r="E21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="F21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="G21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="H21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
@@ -2482,64 +2799,106 @@
       </c>
       <c r="J21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="K21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="L21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="M21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="N21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
       <c r="O21" s="46">
         <f t="shared" si="0"/>
         <v>4434</v>
       </c>
-      <c r="P21" s="46"/>
-[...12 lines deleted...]
-      <c r="AC21" s="46"/>
+      <c r="P21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="Q21" s="46">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="R21" s="46">
+        <f t="shared" ref="R21:AC22" si="1">SUM(R6+R9+R12+R15+R18)</f>
+        <v>4434</v>
+      </c>
+      <c r="S21" s="46">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="T21" s="46">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="U21" s="46">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="V21" s="46">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="W21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="X21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="Y21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="Z21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AA21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AB21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AC21" s="46">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
       <c r="AD21" s="46"/>
       <c r="AE21" s="46"/>
       <c r="AF21" s="46"/>
       <c r="AG21" s="46"/>
       <c r="AH21" s="46"/>
       <c r="AI21" s="46"/>
       <c r="AJ21" s="46"/>
     </row>
     <row r="22" spans="1:39" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="47">
         <f t="shared" si="0"/>
         <v>4170</v>
       </c>
       <c r="C22" s="47">
         <f t="shared" si="0"/>
         <v>4170</v>
       </c>
       <c r="D22" s="47">
         <f t="shared" si="0"/>
         <v>4170</v>
       </c>
       <c r="E22" s="47">
@@ -2564,669 +2923,789 @@
       </c>
       <c r="J22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
       <c r="K22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
       <c r="L22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
       <c r="M22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
       <c r="N22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
       <c r="O22" s="47">
         <f t="shared" si="0"/>
         <v>4140</v>
       </c>
-      <c r="P22" s="47"/>
-[...12 lines deleted...]
-      <c r="AC22" s="47"/>
+      <c r="P22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="Q22" s="47">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="R22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="S22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="T22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="U22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="V22" s="47">
+        <f>SUM(V7+V10+V13+V16+V19)</f>
+        <v>4140</v>
+      </c>
+      <c r="W22" s="47">
+        <f>SUM(W7+W10+W13+W16+W19)</f>
+        <v>4140</v>
+      </c>
+      <c r="X22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="Y22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="Z22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AA22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AB22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AC22" s="47">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
       <c r="AD22" s="47"/>
       <c r="AE22" s="47"/>
       <c r="AF22" s="47"/>
       <c r="AG22" s="47"/>
       <c r="AH22" s="47"/>
       <c r="AI22" s="47"/>
       <c r="AJ22" s="47"/>
     </row>
     <row r="23" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="48"/>
       <c r="C23" s="48"/>
       <c r="D23" s="49"/>
       <c r="E23" s="49"/>
       <c r="F23" s="50"/>
       <c r="G23" s="50"/>
       <c r="H23" s="50"/>
       <c r="I23" s="50"/>
       <c r="J23" s="50"/>
       <c r="K23" s="50"/>
       <c r="L23" s="50"/>
       <c r="M23" s="50"/>
       <c r="N23" s="50"/>
       <c r="O23" s="50"/>
       <c r="P23" s="50"/>
       <c r="Q23" s="50"/>
       <c r="R23" s="50"/>
       <c r="S23" s="49"/>
       <c r="T23" s="49"/>
       <c r="U23" s="50"/>
       <c r="X23" s="48"/>
       <c r="Y23" s="49"/>
       <c r="Z23" s="48"/>
       <c r="AA23" s="49"/>
       <c r="AB23" s="49"/>
       <c r="AC23" s="49"/>
     </row>
     <row r="24" spans="1:39" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="51" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="81" t="s">
+      <c r="B24" s="68" t="s">
         <v>3</v>
       </c>
-      <c r="C24" s="82"/>
-[...2 lines deleted...]
-      <c r="F24" s="81" t="s">
+      <c r="C24" s="69"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="70"/>
+      <c r="F24" s="68" t="s">
         <v>4</v>
       </c>
-      <c r="G24" s="82"/>
-[...2 lines deleted...]
-      <c r="J24" s="81" t="s">
+      <c r="G24" s="69"/>
+      <c r="H24" s="69"/>
+      <c r="I24" s="70"/>
+      <c r="J24" s="68" t="s">
         <v>5</v>
       </c>
-      <c r="K24" s="84"/>
-[...2 lines deleted...]
-      <c r="N24" s="81" t="s">
+      <c r="K24" s="71"/>
+      <c r="L24" s="71"/>
+      <c r="M24" s="72"/>
+      <c r="N24" s="68" t="s">
         <v>6</v>
       </c>
-      <c r="O24" s="82"/>
-[...2 lines deleted...]
-      <c r="R24" s="81" t="s">
+      <c r="O24" s="69"/>
+      <c r="P24" s="69"/>
+      <c r="Q24" s="70"/>
+      <c r="R24" s="68" t="s">
         <v>7</v>
       </c>
-      <c r="S24" s="82"/>
-[...1 lines deleted...]
-      <c r="U24" s="83"/>
+      <c r="S24" s="69"/>
+      <c r="T24" s="69"/>
+      <c r="U24" s="70"/>
       <c r="X24" s="52" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="72"/>
-[...18 lines deleted...]
-      <c r="U25" s="65"/>
+      <c r="B25" s="83" t="s">
+        <v>30</v>
+      </c>
+      <c r="C25" s="84"/>
+      <c r="D25" s="84"/>
+      <c r="E25" s="85"/>
+      <c r="F25" s="83" t="s">
+        <v>30</v>
+      </c>
+      <c r="G25" s="84"/>
+      <c r="H25" s="84"/>
+      <c r="I25" s="85"/>
+      <c r="J25" s="83" t="s">
+        <v>30</v>
+      </c>
+      <c r="K25" s="84"/>
+      <c r="L25" s="84"/>
+      <c r="M25" s="85"/>
+      <c r="N25" s="83"/>
+      <c r="O25" s="84"/>
+      <c r="P25" s="84"/>
+      <c r="Q25" s="85"/>
+      <c r="R25" s="83"/>
+      <c r="S25" s="84"/>
+      <c r="T25" s="84"/>
+      <c r="U25" s="85"/>
       <c r="X25" s="53" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="B26" s="73"/>
-[...18 lines deleted...]
-      <c r="U26" s="71"/>
+      <c r="B26" s="80" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="81"/>
+      <c r="D26" s="81"/>
+      <c r="E26" s="82"/>
+      <c r="F26" s="80" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="81"/>
+      <c r="H26" s="81"/>
+      <c r="I26" s="82"/>
+      <c r="J26" s="80" t="s">
+        <v>30</v>
+      </c>
+      <c r="K26" s="81"/>
+      <c r="L26" s="81"/>
+      <c r="M26" s="82"/>
+      <c r="N26" s="80"/>
+      <c r="O26" s="81"/>
+      <c r="P26" s="81"/>
+      <c r="Q26" s="82"/>
+      <c r="R26" s="80"/>
+      <c r="S26" s="81"/>
+      <c r="T26" s="81"/>
+      <c r="U26" s="82"/>
       <c r="X26" s="54" t="s">
         <v>23</v>
       </c>
       <c r="AA26" s="55"/>
       <c r="AB26" s="56"/>
       <c r="AC26" s="55"/>
       <c r="AD26" s="56"/>
       <c r="AE26" s="55"/>
       <c r="AF26" s="55"/>
       <c r="AG26" s="55"/>
       <c r="AH26" s="55"/>
       <c r="AI26" s="55"/>
       <c r="AJ26" s="55"/>
       <c r="AK26" s="55"/>
       <c r="AL26" s="55"/>
       <c r="AM26" s="55"/>
     </row>
     <row r="27" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="57"/>
       <c r="B27" s="57"/>
       <c r="C27" s="58"/>
       <c r="D27" s="58"/>
       <c r="E27" s="59"/>
       <c r="F27" s="57"/>
       <c r="G27" s="58"/>
       <c r="H27" s="58"/>
       <c r="I27" s="59"/>
       <c r="J27" s="57"/>
       <c r="K27" s="58"/>
       <c r="L27" s="58"/>
       <c r="M27" s="59"/>
       <c r="N27" s="57"/>
       <c r="O27" s="58"/>
       <c r="P27" s="58"/>
       <c r="Q27" s="59"/>
       <c r="R27" s="57"/>
       <c r="S27" s="58"/>
       <c r="T27" s="58"/>
       <c r="U27" s="59"/>
       <c r="X27" s="53" t="s">
         <v>24</v>
       </c>
       <c r="Z27" s="53"/>
       <c r="AB27" s="56"/>
       <c r="AD27" s="55"/>
     </row>
     <row r="28" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="63"/>
-[...18 lines deleted...]
-      <c r="U28" s="65"/>
+      <c r="B28" s="87">
+        <v>100</v>
+      </c>
+      <c r="C28" s="84"/>
+      <c r="D28" s="84"/>
+      <c r="E28" s="85"/>
+      <c r="F28" s="87">
+        <v>100</v>
+      </c>
+      <c r="G28" s="84"/>
+      <c r="H28" s="84"/>
+      <c r="I28" s="85"/>
+      <c r="J28" s="87">
+        <v>100</v>
+      </c>
+      <c r="K28" s="84"/>
+      <c r="L28" s="84"/>
+      <c r="M28" s="85"/>
+      <c r="N28" s="87"/>
+      <c r="O28" s="84"/>
+      <c r="P28" s="84"/>
+      <c r="Q28" s="85"/>
+      <c r="R28" s="87"/>
+      <c r="S28" s="84"/>
+      <c r="T28" s="84"/>
+      <c r="U28" s="85"/>
       <c r="Z28" s="56"/>
       <c r="AB28" s="56"/>
       <c r="AD28" s="56"/>
     </row>
     <row r="29" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="B29" s="69"/>
-[...18 lines deleted...]
-      <c r="U29" s="71"/>
+      <c r="B29" s="86">
+        <v>100</v>
+      </c>
+      <c r="C29" s="81"/>
+      <c r="D29" s="81"/>
+      <c r="E29" s="82"/>
+      <c r="F29" s="86">
+        <v>100</v>
+      </c>
+      <c r="G29" s="81"/>
+      <c r="H29" s="81"/>
+      <c r="I29" s="82"/>
+      <c r="J29" s="86">
+        <v>100</v>
+      </c>
+      <c r="K29" s="81"/>
+      <c r="L29" s="81"/>
+      <c r="M29" s="82"/>
+      <c r="N29" s="86"/>
+      <c r="O29" s="81"/>
+      <c r="P29" s="81"/>
+      <c r="Q29" s="82"/>
+      <c r="R29" s="86"/>
+      <c r="S29" s="81"/>
+      <c r="T29" s="81"/>
+      <c r="U29" s="82"/>
       <c r="Z29" s="56"/>
       <c r="AD29" s="56"/>
     </row>
     <row r="30" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="57"/>
       <c r="B30" s="57"/>
       <c r="C30" s="58"/>
       <c r="D30" s="58"/>
       <c r="E30" s="59"/>
       <c r="F30" s="57"/>
       <c r="G30" s="58"/>
       <c r="H30" s="58"/>
       <c r="I30" s="59"/>
       <c r="J30" s="57"/>
       <c r="K30" s="58"/>
       <c r="L30" s="58"/>
       <c r="M30" s="59"/>
       <c r="N30" s="57"/>
       <c r="O30" s="58"/>
       <c r="P30" s="58"/>
       <c r="Q30" s="59"/>
       <c r="R30" s="57"/>
       <c r="S30" s="58"/>
       <c r="T30" s="58"/>
       <c r="U30" s="59"/>
       <c r="Z30" s="53"/>
     </row>
     <row r="31" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="63"/>
-[...18 lines deleted...]
-      <c r="U31" s="65"/>
+      <c r="B31" s="87">
+        <v>100</v>
+      </c>
+      <c r="C31" s="84"/>
+      <c r="D31" s="84"/>
+      <c r="E31" s="85"/>
+      <c r="F31" s="87">
+        <v>100</v>
+      </c>
+      <c r="G31" s="84"/>
+      <c r="H31" s="84"/>
+      <c r="I31" s="85"/>
+      <c r="J31" s="87">
+        <v>100</v>
+      </c>
+      <c r="K31" s="84"/>
+      <c r="L31" s="84"/>
+      <c r="M31" s="85"/>
+      <c r="N31" s="87"/>
+      <c r="O31" s="84"/>
+      <c r="P31" s="84"/>
+      <c r="Q31" s="85"/>
+      <c r="R31" s="87"/>
+      <c r="S31" s="84"/>
+      <c r="T31" s="84"/>
+      <c r="U31" s="85"/>
       <c r="Z31" s="56"/>
     </row>
     <row r="32" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="69"/>
-[...18 lines deleted...]
-      <c r="U32" s="71"/>
+      <c r="B32" s="86">
+        <v>100</v>
+      </c>
+      <c r="C32" s="81"/>
+      <c r="D32" s="81"/>
+      <c r="E32" s="82"/>
+      <c r="F32" s="86">
+        <v>100</v>
+      </c>
+      <c r="G32" s="81"/>
+      <c r="H32" s="81"/>
+      <c r="I32" s="82"/>
+      <c r="J32" s="86">
+        <v>100</v>
+      </c>
+      <c r="K32" s="81"/>
+      <c r="L32" s="81"/>
+      <c r="M32" s="82"/>
+      <c r="N32" s="86"/>
+      <c r="O32" s="81"/>
+      <c r="P32" s="81"/>
+      <c r="Q32" s="82"/>
+      <c r="R32" s="86"/>
+      <c r="S32" s="81"/>
+      <c r="T32" s="81"/>
+      <c r="U32" s="82"/>
     </row>
     <row r="33" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="57"/>
       <c r="B33" s="58"/>
       <c r="C33" s="58"/>
       <c r="D33" s="58"/>
       <c r="E33" s="59"/>
       <c r="F33" s="57"/>
       <c r="G33" s="58"/>
       <c r="H33" s="58"/>
       <c r="I33" s="59"/>
       <c r="J33" s="57"/>
       <c r="K33" s="58"/>
       <c r="L33" s="58"/>
       <c r="M33" s="59"/>
       <c r="N33" s="57"/>
       <c r="O33" s="58"/>
       <c r="P33" s="58"/>
       <c r="Q33" s="59"/>
       <c r="R33" s="58"/>
       <c r="S33" s="58"/>
       <c r="T33" s="58"/>
       <c r="U33" s="59"/>
     </row>
     <row r="34" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="63"/>
-[...18 lines deleted...]
-      <c r="U34" s="65"/>
+      <c r="B34" s="87">
+        <v>50</v>
+      </c>
+      <c r="C34" s="84"/>
+      <c r="D34" s="84"/>
+      <c r="E34" s="85"/>
+      <c r="F34" s="87">
+        <v>65</v>
+      </c>
+      <c r="G34" s="84"/>
+      <c r="H34" s="84"/>
+      <c r="I34" s="85"/>
+      <c r="J34" s="87">
+        <v>70</v>
+      </c>
+      <c r="K34" s="84"/>
+      <c r="L34" s="84"/>
+      <c r="M34" s="85"/>
+      <c r="N34" s="87"/>
+      <c r="O34" s="84"/>
+      <c r="P34" s="84"/>
+      <c r="Q34" s="85"/>
+      <c r="R34" s="87"/>
+      <c r="S34" s="84"/>
+      <c r="T34" s="84"/>
+      <c r="U34" s="85"/>
     </row>
     <row r="35" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="B35" s="69"/>
-[...18 lines deleted...]
-      <c r="U35" s="71"/>
+      <c r="B35" s="86">
+        <v>0</v>
+      </c>
+      <c r="C35" s="81"/>
+      <c r="D35" s="81"/>
+      <c r="E35" s="82"/>
+      <c r="F35" s="86">
+        <v>0</v>
+      </c>
+      <c r="G35" s="81"/>
+      <c r="H35" s="81"/>
+      <c r="I35" s="82"/>
+      <c r="J35" s="86">
+        <v>0</v>
+      </c>
+      <c r="K35" s="81"/>
+      <c r="L35" s="81"/>
+      <c r="M35" s="82"/>
+      <c r="N35" s="86"/>
+      <c r="O35" s="81"/>
+      <c r="P35" s="81"/>
+      <c r="Q35" s="82"/>
+      <c r="R35" s="86"/>
+      <c r="S35" s="81"/>
+      <c r="T35" s="81"/>
+      <c r="U35" s="82"/>
     </row>
     <row r="36" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="57"/>
       <c r="B36" s="58"/>
       <c r="C36" s="58"/>
       <c r="D36" s="58"/>
       <c r="E36" s="59"/>
-      <c r="F36" s="57"/>
+      <c r="F36" s="58"/>
       <c r="G36" s="58"/>
       <c r="H36" s="58"/>
       <c r="I36" s="59"/>
       <c r="J36" s="57"/>
       <c r="K36" s="58"/>
       <c r="L36" s="58"/>
       <c r="M36" s="59"/>
       <c r="N36" s="57"/>
       <c r="O36" s="58"/>
       <c r="P36" s="58"/>
       <c r="Q36" s="59"/>
       <c r="R36" s="58"/>
       <c r="S36" s="58"/>
       <c r="T36" s="58"/>
       <c r="U36" s="59"/>
     </row>
     <row r="37" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="63"/>
-[...18 lines deleted...]
-      <c r="U37" s="65"/>
+      <c r="B37" s="87">
+        <v>111</v>
+      </c>
+      <c r="C37" s="84"/>
+      <c r="D37" s="84"/>
+      <c r="E37" s="85"/>
+      <c r="F37" s="87">
+        <v>100</v>
+      </c>
+      <c r="G37" s="84"/>
+      <c r="H37" s="84"/>
+      <c r="I37" s="85"/>
+      <c r="J37" s="87">
+        <v>100</v>
+      </c>
+      <c r="K37" s="84"/>
+      <c r="L37" s="84"/>
+      <c r="M37" s="85"/>
+      <c r="N37" s="87"/>
+      <c r="O37" s="84"/>
+      <c r="P37" s="84"/>
+      <c r="Q37" s="85"/>
+      <c r="R37" s="87"/>
+      <c r="S37" s="84"/>
+      <c r="T37" s="84"/>
+      <c r="U37" s="85"/>
     </row>
     <row r="38" spans="1:21" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="69"/>
-[...18 lines deleted...]
-      <c r="U38" s="71"/>
+      <c r="B38" s="86">
+        <v>100</v>
+      </c>
+      <c r="C38" s="81"/>
+      <c r="D38" s="81"/>
+      <c r="E38" s="82"/>
+      <c r="F38" s="86">
+        <v>100</v>
+      </c>
+      <c r="G38" s="81"/>
+      <c r="H38" s="81"/>
+      <c r="I38" s="82"/>
+      <c r="J38" s="86">
+        <v>100</v>
+      </c>
+      <c r="K38" s="81"/>
+      <c r="L38" s="81"/>
+      <c r="M38" s="82"/>
+      <c r="N38" s="86"/>
+      <c r="O38" s="81"/>
+      <c r="P38" s="81"/>
+      <c r="Q38" s="82"/>
+      <c r="R38" s="86"/>
+      <c r="S38" s="81"/>
+      <c r="T38" s="81"/>
+      <c r="U38" s="82"/>
     </row>
     <row r="39" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="57"/>
       <c r="B39" s="57"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="59"/>
       <c r="F39" s="57"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="59"/>
       <c r="J39" s="57"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="59"/>
       <c r="N39" s="57"/>
       <c r="O39" s="58"/>
       <c r="P39" s="58"/>
       <c r="Q39" s="59"/>
       <c r="R39" s="58"/>
       <c r="S39" s="58"/>
       <c r="T39" s="58"/>
       <c r="U39" s="59"/>
     </row>
     <row r="40" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="60"/>
-[...18 lines deleted...]
-      <c r="U40" s="65"/>
+      <c r="B40" s="91">
+        <f>(B28+B31+B34+B37)/4</f>
+        <v>90.25</v>
+      </c>
+      <c r="C40" s="92"/>
+      <c r="D40" s="92"/>
+      <c r="E40" s="93"/>
+      <c r="F40" s="91">
+        <f>(F28+F31+F34+F37)/4</f>
+        <v>91.25</v>
+      </c>
+      <c r="G40" s="92"/>
+      <c r="H40" s="92"/>
+      <c r="I40" s="93"/>
+      <c r="J40" s="91">
+        <f>(J28+J31+J34+J37)/4</f>
+        <v>92.5</v>
+      </c>
+      <c r="K40" s="92"/>
+      <c r="L40" s="92"/>
+      <c r="M40" s="93"/>
+      <c r="N40" s="91"/>
+      <c r="O40" s="92"/>
+      <c r="P40" s="92"/>
+      <c r="Q40" s="93"/>
+      <c r="R40" s="87"/>
+      <c r="S40" s="84"/>
+      <c r="T40" s="84"/>
+      <c r="U40" s="85"/>
     </row>
     <row r="41" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="66"/>
-[...18 lines deleted...]
-      <c r="U41" s="71"/>
+      <c r="B41" s="88">
+        <f>(B29+B32+B35+B38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="C41" s="89"/>
+      <c r="D41" s="89"/>
+      <c r="E41" s="90"/>
+      <c r="F41" s="88">
+        <f>(F29+F32+F35+F38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="G41" s="89"/>
+      <c r="H41" s="89"/>
+      <c r="I41" s="90"/>
+      <c r="J41" s="88">
+        <f>(J29+J32+J35+J38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="K41" s="89"/>
+      <c r="L41" s="89"/>
+      <c r="M41" s="90"/>
+      <c r="N41" s="88"/>
+      <c r="O41" s="89"/>
+      <c r="P41" s="89"/>
+      <c r="Q41" s="90"/>
+      <c r="R41" s="86"/>
+      <c r="S41" s="81"/>
+      <c r="T41" s="81"/>
+      <c r="U41" s="82"/>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="R40:U40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="R41:U41"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="R38:U38"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="R34:U34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="R35:U35"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="R31:U31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="R32:U32"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="R28:U28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="R29:U29"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="R25:U25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="R26:U26"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="I4:O4"/>
+    <mergeCell ref="P4:V4"/>
+    <mergeCell ref="W4:AC4"/>
+    <mergeCell ref="AD4:AJ4"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="R24:U24"/>
     <mergeCell ref="A1:AJ1"/>
     <mergeCell ref="A2:AJ2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="I3:O3"/>
     <mergeCell ref="P3:V3"/>
     <mergeCell ref="W3:AC3"/>
     <mergeCell ref="AD3:AJ3"/>
-    <mergeCell ref="B24:E24"/>
-[...68 lines deleted...]
-    <mergeCell ref="R40:U40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>January 2026</vt:lpstr>
     </vt:vector>