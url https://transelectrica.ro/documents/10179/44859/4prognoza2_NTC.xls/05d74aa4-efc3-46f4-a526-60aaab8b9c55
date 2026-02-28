--- v2 (2026-01-19)
+++ v3 (2026-02-28)
@@ -1,62 +1,178 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="480" yWindow="105" windowWidth="27795" windowHeight="12600"/>
+    <workbookView xWindow="480" yWindow="105" windowWidth="27795" windowHeight="12600" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="January 2026" sheetId="1" r:id="rId1"/>
+    <sheet name="February 2026" sheetId="2" r:id="rId2"/>
+    <sheet name="March 2026" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B41" i="3" l="1"/>
+  <c r="B40" i="3"/>
+  <c r="N41" i="2"/>
+  <c r="N40" i="2"/>
+  <c r="I22" i="3"/>
+  <c r="J22" i="3"/>
+  <c r="K22" i="3"/>
+  <c r="L22" i="3"/>
+  <c r="M22" i="3"/>
+  <c r="N22" i="3"/>
+  <c r="O22" i="3"/>
+  <c r="I21" i="3"/>
+  <c r="J21" i="3"/>
+  <c r="K21" i="3"/>
+  <c r="L21" i="3"/>
+  <c r="M21" i="3"/>
+  <c r="N21" i="3"/>
+  <c r="O21" i="3"/>
+  <c r="H22" i="3" l="1"/>
+  <c r="G22" i="3"/>
+  <c r="F22" i="3"/>
+  <c r="E22" i="3"/>
+  <c r="D22" i="3"/>
+  <c r="C22" i="3"/>
+  <c r="B22" i="3"/>
+  <c r="H21" i="3"/>
+  <c r="G21" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="E21" i="3"/>
+  <c r="D21" i="3"/>
+  <c r="C21" i="3"/>
+  <c r="B21" i="3"/>
+  <c r="W22" i="2" l="1"/>
+  <c r="X22" i="2"/>
+  <c r="Y22" i="2"/>
+  <c r="Z22" i="2"/>
+  <c r="AA22" i="2"/>
+  <c r="AB22" i="2"/>
+  <c r="AC22" i="2"/>
+  <c r="W21" i="2"/>
+  <c r="X21" i="2"/>
+  <c r="Y21" i="2"/>
+  <c r="Z21" i="2"/>
+  <c r="AA21" i="2"/>
+  <c r="AB21" i="2"/>
+  <c r="AC21" i="2"/>
+  <c r="J41" i="2" l="1"/>
+  <c r="J40" i="2"/>
+  <c r="F41" i="2" l="1"/>
+  <c r="F40" i="2"/>
+  <c r="P22" i="2"/>
+  <c r="Q22" i="2"/>
+  <c r="R22" i="2"/>
+  <c r="S22" i="2"/>
+  <c r="T22" i="2"/>
+  <c r="U22" i="2"/>
+  <c r="V22" i="2"/>
+  <c r="P21" i="2"/>
+  <c r="Q21" i="2"/>
+  <c r="R21" i="2"/>
+  <c r="S21" i="2"/>
+  <c r="T21" i="2"/>
+  <c r="U21" i="2"/>
+  <c r="V21" i="2"/>
+  <c r="I22" i="2" l="1"/>
+  <c r="J22" i="2"/>
+  <c r="K22" i="2"/>
+  <c r="L22" i="2"/>
+  <c r="M22" i="2"/>
+  <c r="N22" i="2"/>
+  <c r="O22" i="2"/>
+  <c r="I21" i="2"/>
+  <c r="J21" i="2"/>
+  <c r="K21" i="2"/>
+  <c r="L21" i="2"/>
+  <c r="M21" i="2"/>
+  <c r="N21" i="2"/>
+  <c r="O21" i="2"/>
+  <c r="B41" i="2" l="1"/>
+  <c r="B40" i="2"/>
+  <c r="R41" i="1" l="1"/>
+  <c r="R40" i="1"/>
+  <c r="H22" i="2"/>
+  <c r="G22" i="2"/>
+  <c r="F22" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="D22" i="2"/>
+  <c r="C22" i="2"/>
+  <c r="B22" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="G21" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="D21" i="2"/>
+  <c r="C21" i="2"/>
+  <c r="B21" i="2"/>
+  <c r="AD22" i="1" l="1"/>
+  <c r="AE22" i="1"/>
+  <c r="AF22" i="1"/>
+  <c r="AG22" i="1"/>
+  <c r="AH22" i="1"/>
+  <c r="AI22" i="1"/>
+  <c r="AJ22" i="1"/>
+  <c r="AD21" i="1"/>
+  <c r="AE21" i="1"/>
+  <c r="AF21" i="1"/>
+  <c r="AG21" i="1"/>
+  <c r="AH21" i="1"/>
+  <c r="AI21" i="1"/>
+  <c r="AJ21" i="1"/>
+  <c r="N41" i="1" l="1"/>
+  <c r="N40" i="1"/>
   <c r="J41" i="1" l="1"/>
   <c r="J40" i="1"/>
   <c r="W22" i="1" l="1"/>
   <c r="X22" i="1"/>
   <c r="Y22" i="1"/>
   <c r="Z22" i="1"/>
   <c r="AA22" i="1"/>
   <c r="AB22" i="1"/>
   <c r="AC22" i="1"/>
   <c r="W21" i="1"/>
   <c r="X21" i="1"/>
   <c r="Y21" i="1"/>
   <c r="Z21" i="1"/>
   <c r="AA21" i="1"/>
   <c r="AB21" i="1"/>
   <c r="AC21" i="1"/>
   <c r="P22" i="1" l="1"/>
   <c r="Q22" i="1"/>
   <c r="R22" i="1"/>
   <c r="S22" i="1"/>
   <c r="T22" i="1"/>
   <c r="U22" i="1"/>
   <c r="V22" i="1"/>
   <c r="P21" i="1"/>
   <c r="Q21" i="1"/>
@@ -79,51 +195,51 @@
   <c r="H22" i="1"/>
   <c r="G22" i="1"/>
   <c r="F22" i="1"/>
   <c r="E22" i="1"/>
   <c r="D22" i="1"/>
   <c r="C22" i="1"/>
   <c r="B22" i="1"/>
   <c r="O21" i="1"/>
   <c r="N21" i="1"/>
   <c r="M21" i="1"/>
   <c r="L21" i="1"/>
   <c r="K21" i="1"/>
   <c r="J21" i="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="G21" i="1"/>
   <c r="F21" i="1"/>
   <c r="E21" i="1"/>
   <c r="D21" i="1"/>
   <c r="C21" i="1"/>
   <c r="B21" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="44">
   <si>
     <t>Prognoza valorilor NTC saptamanale ianuarie 2026 [MW]</t>
   </si>
   <si>
     <t>Forecast of weekly NTC values January 2026 [MW]</t>
   </si>
   <si>
     <t>Saptamana  Week</t>
   </si>
   <si>
     <t>29.12.2025-04.01.2026</t>
   </si>
   <si>
     <t>05-11.01</t>
   </si>
   <si>
     <t>12-18.01</t>
   </si>
   <si>
     <t>19-25.12</t>
   </si>
   <si>
     <t>26.01-01.02</t>
   </si>
   <si>
@@ -172,50 +288,89 @@
     <t xml:space="preserve">Valorile de NTC export / import pe granita RO-HU sunt cele calculate de catre Transelectrica, iar armonizarea pe valoarea minimă se face prin platformele corespunzatoare. </t>
   </si>
   <si>
     <t>Nu se determină valori procentuale, deoarece calculul de capacitate pe granița RO-HU este bazat pe fluxuri.</t>
   </si>
   <si>
     <t>Valorile procentuale reprezintă gradul de îndeplinire al valorilor prognozate minime față de cele realizate minime.</t>
   </si>
   <si>
     <t xml:space="preserve">BG =&gt;RO   </t>
   </si>
   <si>
     <t xml:space="preserve">RO =&gt;UA  </t>
   </si>
   <si>
     <t xml:space="preserve">UA =&gt;RO   </t>
   </si>
   <si>
     <t xml:space="preserve">MD =&gt;RO   </t>
   </si>
   <si>
     <t>* Valori propuse de Transelectrica pentru armonizare cu Ukrenergo pe granita RO-UA și cu Moldelectrica pe granița RO-MD.</t>
   </si>
   <si>
     <t>-</t>
+  </si>
+  <si>
+    <t>Prognoza valorilor NTC saptamanale februarie 2026 [MW]</t>
+  </si>
+  <si>
+    <t>Forecast of weekly NTC values February 2026 [MW]</t>
+  </si>
+  <si>
+    <t>02-08.02</t>
+  </si>
+  <si>
+    <t>09-15.02</t>
+  </si>
+  <si>
+    <t>16-22.02</t>
+  </si>
+  <si>
+    <t>23.02-01.03</t>
+  </si>
+  <si>
+    <t>02-08.03</t>
+  </si>
+  <si>
+    <t>09-15.03</t>
+  </si>
+  <si>
+    <t>16-22.03</t>
+  </si>
+  <si>
+    <t>Forecast of weekly NTC values March 2026 [MW]</t>
+  </si>
+  <si>
+    <t>Prognoza valorilor NTC saptamanale martie 2026 [MW]</t>
+  </si>
+  <si>
+    <t>23-29.03</t>
+  </si>
+  <si>
+    <t>30.03-05.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -599,51 +754,51 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -708,53 +863,50 @@
     <xf numFmtId="0" fontId="7" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -762,168 +914,198 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...67 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1171,56 +1353,64 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AM44"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="Y31" sqref="Y31"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="R25" sqref="R25:U32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="36" width="8.7109375" customWidth="1"/>
     <col min="257" max="257" width="16.85546875" customWidth="1"/>
     <col min="258" max="292" width="8.7109375" customWidth="1"/>
     <col min="513" max="513" width="16.85546875" customWidth="1"/>
     <col min="514" max="548" width="8.7109375" customWidth="1"/>
     <col min="769" max="769" width="16.85546875" customWidth="1"/>
     <col min="770" max="804" width="8.7109375" customWidth="1"/>
     <col min="1025" max="1025" width="16.85546875" customWidth="1"/>
     <col min="1026" max="1060" width="8.7109375" customWidth="1"/>
     <col min="1281" max="1281" width="16.85546875" customWidth="1"/>
     <col min="1282" max="1316" width="8.7109375" customWidth="1"/>
     <col min="1537" max="1537" width="16.85546875" customWidth="1"/>
     <col min="1538" max="1572" width="8.7109375" customWidth="1"/>
     <col min="1793" max="1793" width="16.85546875" customWidth="1"/>
     <col min="1794" max="1828" width="8.7109375" customWidth="1"/>
     <col min="2049" max="2049" width="16.85546875" customWidth="1"/>
     <col min="2050" max="2084" width="8.7109375" customWidth="1"/>
     <col min="2305" max="2305" width="16.85546875" customWidth="1"/>
     <col min="2306" max="2340" width="8.7109375" customWidth="1"/>
     <col min="2561" max="2561" width="16.85546875" customWidth="1"/>
@@ -1312,216 +1502,216 @@
     <col min="13569" max="13569" width="16.85546875" customWidth="1"/>
     <col min="13570" max="13604" width="8.7109375" customWidth="1"/>
     <col min="13825" max="13825" width="16.85546875" customWidth="1"/>
     <col min="13826" max="13860" width="8.7109375" customWidth="1"/>
     <col min="14081" max="14081" width="16.85546875" customWidth="1"/>
     <col min="14082" max="14116" width="8.7109375" customWidth="1"/>
     <col min="14337" max="14337" width="16.85546875" customWidth="1"/>
     <col min="14338" max="14372" width="8.7109375" customWidth="1"/>
     <col min="14593" max="14593" width="16.85546875" customWidth="1"/>
     <col min="14594" max="14628" width="8.7109375" customWidth="1"/>
     <col min="14849" max="14849" width="16.85546875" customWidth="1"/>
     <col min="14850" max="14884" width="8.7109375" customWidth="1"/>
     <col min="15105" max="15105" width="16.85546875" customWidth="1"/>
     <col min="15106" max="15140" width="8.7109375" customWidth="1"/>
     <col min="15361" max="15361" width="16.85546875" customWidth="1"/>
     <col min="15362" max="15396" width="8.7109375" customWidth="1"/>
     <col min="15617" max="15617" width="16.85546875" customWidth="1"/>
     <col min="15618" max="15652" width="8.7109375" customWidth="1"/>
     <col min="15873" max="15873" width="16.85546875" customWidth="1"/>
     <col min="15874" max="15908" width="8.7109375" customWidth="1"/>
     <col min="16129" max="16129" width="16.85546875" customWidth="1"/>
     <col min="16130" max="16164" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A1" s="60" t="s">
+      <c r="A1" s="92" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="60"/>
-[...33 lines deleted...]
-      <c r="AJ1" s="60"/>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+      <c r="G1" s="92"/>
+      <c r="H1" s="92"/>
+      <c r="I1" s="92"/>
+      <c r="J1" s="92"/>
+      <c r="K1" s="92"/>
+      <c r="L1" s="92"/>
+      <c r="M1" s="92"/>
+      <c r="N1" s="92"/>
+      <c r="O1" s="92"/>
+      <c r="P1" s="92"/>
+      <c r="Q1" s="92"/>
+      <c r="R1" s="92"/>
+      <c r="S1" s="92"/>
+      <c r="T1" s="92"/>
+      <c r="U1" s="92"/>
+      <c r="V1" s="92"/>
+      <c r="W1" s="92"/>
+      <c r="X1" s="92"/>
+      <c r="Y1" s="92"/>
+      <c r="Z1" s="92"/>
+      <c r="AA1" s="92"/>
+      <c r="AB1" s="92"/>
+      <c r="AC1" s="92"/>
+      <c r="AD1" s="92"/>
+      <c r="AE1" s="92"/>
+      <c r="AF1" s="92"/>
+      <c r="AG1" s="92"/>
+      <c r="AH1" s="92"/>
+      <c r="AI1" s="92"/>
+      <c r="AJ1" s="92"/>
     </row>
     <row r="2" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="61" t="s">
+      <c r="A2" s="93" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="61"/>
-[...33 lines deleted...]
-      <c r="AJ2" s="61"/>
+      <c r="B2" s="93"/>
+      <c r="C2" s="93"/>
+      <c r="D2" s="93"/>
+      <c r="E2" s="93"/>
+      <c r="F2" s="93"/>
+      <c r="G2" s="93"/>
+      <c r="H2" s="93"/>
+      <c r="I2" s="93"/>
+      <c r="J2" s="93"/>
+      <c r="K2" s="93"/>
+      <c r="L2" s="93"/>
+      <c r="M2" s="93"/>
+      <c r="N2" s="93"/>
+      <c r="O2" s="93"/>
+      <c r="P2" s="93"/>
+      <c r="Q2" s="93"/>
+      <c r="R2" s="93"/>
+      <c r="S2" s="93"/>
+      <c r="T2" s="93"/>
+      <c r="U2" s="93"/>
+      <c r="V2" s="93"/>
+      <c r="W2" s="93"/>
+      <c r="X2" s="93"/>
+      <c r="Y2" s="93"/>
+      <c r="Z2" s="93"/>
+      <c r="AA2" s="93"/>
+      <c r="AB2" s="93"/>
+      <c r="AC2" s="93"/>
+      <c r="AD2" s="93"/>
+      <c r="AE2" s="93"/>
+      <c r="AF2" s="93"/>
+      <c r="AG2" s="93"/>
+      <c r="AH2" s="93"/>
+      <c r="AI2" s="93"/>
+      <c r="AJ2" s="93"/>
     </row>
     <row r="3" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="62" t="s">
+      <c r="B3" s="94" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="63"/>
-[...5 lines deleted...]
-      <c r="I3" s="62" t="s">
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="96"/>
+      <c r="I3" s="94" t="s">
         <v>4</v>
       </c>
-      <c r="J3" s="63"/>
-[...5 lines deleted...]
-      <c r="P3" s="65" t="s">
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="95"/>
+      <c r="N3" s="95"/>
+      <c r="O3" s="96"/>
+      <c r="P3" s="97" t="s">
         <v>5</v>
       </c>
-      <c r="Q3" s="66"/>
-[...5 lines deleted...]
-      <c r="W3" s="63" t="s">
+      <c r="Q3" s="98"/>
+      <c r="R3" s="98"/>
+      <c r="S3" s="98"/>
+      <c r="T3" s="98"/>
+      <c r="U3" s="98"/>
+      <c r="V3" s="99"/>
+      <c r="W3" s="95" t="s">
         <v>6</v>
       </c>
-      <c r="X3" s="63"/>
-[...5 lines deleted...]
-      <c r="AD3" s="62" t="s">
+      <c r="X3" s="95"/>
+      <c r="Y3" s="95"/>
+      <c r="Z3" s="95"/>
+      <c r="AA3" s="95"/>
+      <c r="AB3" s="95"/>
+      <c r="AC3" s="95"/>
+      <c r="AD3" s="94" t="s">
         <v>7</v>
       </c>
-      <c r="AE3" s="63"/>
-[...4 lines deleted...]
-      <c r="AJ3" s="64"/>
+      <c r="AE3" s="95"/>
+      <c r="AF3" s="95"/>
+      <c r="AG3" s="95"/>
+      <c r="AH3" s="95"/>
+      <c r="AI3" s="95"/>
+      <c r="AJ3" s="96"/>
     </row>
     <row r="4" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="B4" s="73"/>
-[...33 lines deleted...]
-      <c r="AJ4" s="75"/>
+      <c r="B4" s="80"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="84"/>
+      <c r="K4" s="84"/>
+      <c r="L4" s="84"/>
+      <c r="M4" s="84"/>
+      <c r="N4" s="84"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
+      <c r="Q4" s="84"/>
+      <c r="R4" s="84"/>
+      <c r="S4" s="84"/>
+      <c r="T4" s="84"/>
+      <c r="U4" s="84"/>
+      <c r="V4" s="85"/>
+      <c r="W4" s="81"/>
+      <c r="X4" s="81"/>
+      <c r="Y4" s="81"/>
+      <c r="Z4" s="81"/>
+      <c r="AA4" s="81"/>
+      <c r="AB4" s="81"/>
+      <c r="AC4" s="81"/>
+      <c r="AD4" s="80"/>
+      <c r="AE4" s="81"/>
+      <c r="AF4" s="81"/>
+      <c r="AG4" s="81"/>
+      <c r="AH4" s="81"/>
+      <c r="AI4" s="81"/>
+      <c r="AJ4" s="82"/>
     </row>
     <row r="5" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3">
         <v>29</v>
       </c>
       <c r="C5" s="4">
         <v>30</v>
       </c>
       <c r="D5" s="3">
         <v>31</v>
       </c>
       <c r="E5" s="4">
         <v>1</v>
       </c>
       <c r="F5" s="3">
         <v>2</v>
       </c>
       <c r="G5" s="5">
         <v>3</v>
       </c>
       <c r="H5" s="6">
         <v>4</v>
@@ -1677,57 +1867,71 @@
       </c>
       <c r="V6" s="15">
         <v>1000</v>
       </c>
       <c r="W6" s="16">
         <v>1000</v>
       </c>
       <c r="X6" s="16">
         <v>1000</v>
       </c>
       <c r="Y6" s="16">
         <v>1000</v>
       </c>
       <c r="Z6" s="16">
         <v>1000</v>
       </c>
       <c r="AA6" s="16">
         <v>1000</v>
       </c>
       <c r="AB6" s="16">
         <v>1000</v>
       </c>
       <c r="AC6" s="16">
         <v>1000</v>
       </c>
-      <c r="AD6" s="16"/>
-[...5 lines deleted...]
-      <c r="AJ6" s="12"/>
+      <c r="AD6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AE6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AF6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AG6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AH6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AI6" s="16">
+        <v>1000</v>
+      </c>
+      <c r="AJ6" s="12">
+        <v>1000</v>
+      </c>
     </row>
     <row r="7" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="18">
         <v>1000</v>
       </c>
       <c r="C7" s="18">
         <v>1000</v>
       </c>
       <c r="D7" s="18">
         <v>1000</v>
       </c>
       <c r="E7" s="18">
         <v>1000</v>
       </c>
       <c r="F7" s="18">
         <v>1000</v>
       </c>
       <c r="G7" s="18">
         <v>1000</v>
       </c>
       <c r="H7" s="18">
         <v>1000</v>
@@ -1773,57 +1977,71 @@
       </c>
       <c r="V7" s="22">
         <v>1000</v>
       </c>
       <c r="W7" s="23">
         <v>1000</v>
       </c>
       <c r="X7" s="23">
         <v>1000</v>
       </c>
       <c r="Y7" s="23">
         <v>1000</v>
       </c>
       <c r="Z7" s="23">
         <v>1000</v>
       </c>
       <c r="AA7" s="23">
         <v>1000</v>
       </c>
       <c r="AB7" s="23">
         <v>1000</v>
       </c>
       <c r="AC7" s="23">
         <v>1000</v>
       </c>
-      <c r="AD7" s="23"/>
-[...5 lines deleted...]
-      <c r="AJ7" s="18"/>
+      <c r="AD7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AE7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AF7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AG7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AH7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AI7" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AJ7" s="18">
+        <v>1000</v>
+      </c>
     </row>
     <row r="8" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="24"/>
       <c r="B8" s="25"/>
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="27"/>
       <c r="K8" s="26"/>
       <c r="L8" s="27"/>
       <c r="M8" s="26"/>
       <c r="N8" s="27"/>
       <c r="O8" s="26"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="27"/>
       <c r="S8" s="26"/>
       <c r="T8" s="27"/>
       <c r="U8" s="26"/>
       <c r="V8" s="27"/>
       <c r="W8" s="25"/>
@@ -1907,57 +2125,71 @@
       </c>
       <c r="V9" s="15">
         <v>800</v>
       </c>
       <c r="W9" s="16">
         <v>800</v>
       </c>
       <c r="X9" s="16">
         <v>800</v>
       </c>
       <c r="Y9" s="16">
         <v>800</v>
       </c>
       <c r="Z9" s="16">
         <v>800</v>
       </c>
       <c r="AA9" s="16">
         <v>800</v>
       </c>
       <c r="AB9" s="16">
         <v>800</v>
       </c>
       <c r="AC9" s="16">
         <v>800</v>
       </c>
-      <c r="AD9" s="16"/>
-[...5 lines deleted...]
-      <c r="AJ9" s="12"/>
+      <c r="AD9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AE9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AF9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AG9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AH9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AI9" s="16">
+        <v>800</v>
+      </c>
+      <c r="AJ9" s="12">
+        <v>1000</v>
+      </c>
     </row>
     <row r="10" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="30" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="23">
         <v>1000</v>
       </c>
       <c r="C10" s="23">
         <v>1000</v>
       </c>
       <c r="D10" s="23">
         <v>1000</v>
       </c>
       <c r="E10" s="23">
         <v>1000</v>
       </c>
       <c r="F10" s="23">
         <v>1000</v>
       </c>
       <c r="G10" s="23">
         <v>1000</v>
       </c>
       <c r="H10" s="31">
         <v>1000</v>
@@ -2003,57 +2235,71 @@
       </c>
       <c r="V10" s="22">
         <v>1000</v>
       </c>
       <c r="W10" s="23">
         <v>1000</v>
       </c>
       <c r="X10" s="23">
         <v>1000</v>
       </c>
       <c r="Y10" s="23">
         <v>1000</v>
       </c>
       <c r="Z10" s="23">
         <v>1000</v>
       </c>
       <c r="AA10" s="23">
         <v>1000</v>
       </c>
       <c r="AB10" s="23">
         <v>1000</v>
       </c>
       <c r="AC10" s="23">
         <v>1000</v>
       </c>
-      <c r="AD10" s="23"/>
-[...5 lines deleted...]
-      <c r="AJ10" s="18"/>
+      <c r="AD10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AE10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AF10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AG10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AH10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AI10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="AJ10" s="18">
+        <v>1000</v>
+      </c>
     </row>
     <row r="11" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="24"/>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="27"/>
       <c r="K11" s="26"/>
       <c r="L11" s="27"/>
       <c r="M11" s="26"/>
       <c r="N11" s="27"/>
       <c r="O11" s="26"/>
       <c r="P11" s="27"/>
       <c r="Q11" s="26"/>
       <c r="R11" s="27"/>
       <c r="S11" s="26"/>
       <c r="T11" s="27"/>
       <c r="U11" s="26"/>
       <c r="V11" s="27"/>
       <c r="W11" s="25"/>
@@ -2137,57 +2383,71 @@
       </c>
       <c r="V12" s="33">
         <v>1900</v>
       </c>
       <c r="W12" s="12">
         <v>1900</v>
       </c>
       <c r="X12" s="12">
         <v>1900</v>
       </c>
       <c r="Y12" s="12">
         <v>1900</v>
       </c>
       <c r="Z12" s="12">
         <v>1900</v>
       </c>
       <c r="AA12" s="12">
         <v>1900</v>
       </c>
       <c r="AB12" s="12">
         <v>1900</v>
       </c>
       <c r="AC12" s="12">
         <v>1900</v>
       </c>
-      <c r="AD12" s="29"/>
-[...5 lines deleted...]
-      <c r="AJ12" s="12"/>
+      <c r="AD12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AE12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AF12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AG12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AH12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AI12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="AJ12" s="29">
+        <v>1900</v>
+      </c>
     </row>
     <row r="13" spans="1:36" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="31">
         <v>1900</v>
       </c>
       <c r="C13" s="31">
         <v>1900</v>
       </c>
       <c r="D13" s="31">
         <v>1900</v>
       </c>
       <c r="E13" s="31">
         <v>1900</v>
       </c>
       <c r="F13" s="31">
         <v>1900</v>
       </c>
       <c r="G13" s="31">
         <v>1900</v>
       </c>
       <c r="H13" s="31">
         <v>1900</v>
@@ -2233,57 +2493,71 @@
       </c>
       <c r="V13" s="22">
         <v>1900</v>
       </c>
       <c r="W13" s="34">
         <v>1900</v>
       </c>
       <c r="X13" s="34">
         <v>1900</v>
       </c>
       <c r="Y13" s="34">
         <v>1900</v>
       </c>
       <c r="Z13" s="34">
         <v>1900</v>
       </c>
       <c r="AA13" s="34">
         <v>1900</v>
       </c>
       <c r="AB13" s="34">
         <v>1900</v>
       </c>
       <c r="AC13" s="34">
         <v>1900</v>
       </c>
-      <c r="AD13" s="31"/>
-[...5 lines deleted...]
-      <c r="AJ13" s="18"/>
+      <c r="AD13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AE13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AF13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AG13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AH13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AI13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="AJ13" s="31">
+        <v>1900</v>
+      </c>
     </row>
     <row r="14" spans="1:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="24"/>
       <c r="B14" s="25"/>
       <c r="C14" s="25"/>
       <c r="D14" s="25"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="27"/>
       <c r="K14" s="26"/>
       <c r="L14" s="27"/>
       <c r="M14" s="26"/>
       <c r="N14" s="27"/>
       <c r="O14" s="26"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="26"/>
       <c r="R14" s="27"/>
       <c r="S14" s="26"/>
       <c r="T14" s="27"/>
       <c r="U14" s="26"/>
       <c r="V14" s="27"/>
       <c r="W14" s="25"/>
@@ -2367,57 +2641,71 @@
       </c>
       <c r="V15" s="12">
         <v>367</v>
       </c>
       <c r="W15" s="12">
         <v>360</v>
       </c>
       <c r="X15" s="12">
         <v>360</v>
       </c>
       <c r="Y15" s="12">
         <v>360</v>
       </c>
       <c r="Z15" s="12">
         <v>360</v>
       </c>
       <c r="AA15" s="12">
         <v>360</v>
       </c>
       <c r="AB15" s="12">
         <v>360</v>
       </c>
       <c r="AC15" s="12">
         <v>360</v>
       </c>
-      <c r="AD15" s="12"/>
-[...5 lines deleted...]
-      <c r="AJ15" s="12"/>
+      <c r="AD15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AE15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AF15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AG15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AH15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AI15" s="12">
+        <v>367</v>
+      </c>
+      <c r="AJ15" s="12">
+        <v>367</v>
+      </c>
     </row>
     <row r="16" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>135</v>
       </c>
       <c r="C16" s="18">
         <v>135</v>
       </c>
       <c r="D16" s="18">
         <v>135</v>
       </c>
       <c r="E16" s="18">
         <v>120</v>
       </c>
       <c r="F16" s="18">
         <v>120</v>
       </c>
       <c r="G16" s="18">
         <v>120</v>
       </c>
       <c r="H16" s="18">
         <v>120</v>
@@ -2463,57 +2751,71 @@
       </c>
       <c r="V16" s="18">
         <v>120</v>
       </c>
       <c r="W16" s="18">
         <v>120</v>
       </c>
       <c r="X16" s="18">
         <v>120</v>
       </c>
       <c r="Y16" s="18">
         <v>120</v>
       </c>
       <c r="Z16" s="18">
         <v>120</v>
       </c>
       <c r="AA16" s="18">
         <v>120</v>
       </c>
       <c r="AB16" s="18">
         <v>120</v>
       </c>
       <c r="AC16" s="18">
         <v>120</v>
       </c>
-      <c r="AD16" s="18"/>
-[...5 lines deleted...]
-      <c r="AJ16" s="18"/>
+      <c r="AD16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AE16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AF16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AG16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AH16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AI16" s="18">
+        <v>120</v>
+      </c>
+      <c r="AJ16" s="18">
+        <v>120</v>
+      </c>
     </row>
     <row r="17" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="24"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="26"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="27"/>
       <c r="K17" s="26"/>
       <c r="L17" s="27"/>
       <c r="M17" s="26"/>
       <c r="N17" s="27"/>
       <c r="O17" s="26"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="27"/>
       <c r="S17" s="26"/>
       <c r="T17" s="27"/>
       <c r="U17" s="26"/>
       <c r="V17" s="37"/>
       <c r="W17" s="25"/>
@@ -2597,1132 +2899,5910 @@
       </c>
       <c r="V18" s="12">
         <v>367</v>
       </c>
       <c r="W18" s="12">
         <v>360</v>
       </c>
       <c r="X18" s="12">
         <v>360</v>
       </c>
       <c r="Y18" s="12">
         <v>360</v>
       </c>
       <c r="Z18" s="12">
         <v>360</v>
       </c>
       <c r="AA18" s="12">
         <v>360</v>
       </c>
       <c r="AB18" s="12">
         <v>360</v>
       </c>
       <c r="AC18" s="12">
         <v>360</v>
       </c>
+      <c r="AD18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AE18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AF18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AG18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AH18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AI18" s="12">
+        <v>367</v>
+      </c>
+      <c r="AJ18" s="12">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="19" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="18">
+        <v>135</v>
+      </c>
+      <c r="C19" s="18">
+        <v>135</v>
+      </c>
+      <c r="D19" s="18">
+        <v>135</v>
+      </c>
+      <c r="E19" s="18">
+        <v>120</v>
+      </c>
+      <c r="F19" s="18">
+        <v>120</v>
+      </c>
+      <c r="G19" s="18">
+        <v>120</v>
+      </c>
+      <c r="H19" s="18">
+        <v>120</v>
+      </c>
+      <c r="I19" s="18">
+        <v>120</v>
+      </c>
+      <c r="J19" s="18">
+        <v>120</v>
+      </c>
+      <c r="K19" s="18">
+        <v>120</v>
+      </c>
+      <c r="L19" s="18">
+        <v>120</v>
+      </c>
+      <c r="M19" s="18">
+        <v>120</v>
+      </c>
+      <c r="N19" s="18">
+        <v>120</v>
+      </c>
+      <c r="O19" s="18">
+        <v>120</v>
+      </c>
+      <c r="P19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Q19" s="18">
+        <v>120</v>
+      </c>
+      <c r="R19" s="18">
+        <v>120</v>
+      </c>
+      <c r="S19" s="18">
+        <v>120</v>
+      </c>
+      <c r="T19" s="18">
+        <v>120</v>
+      </c>
+      <c r="U19" s="18">
+        <v>120</v>
+      </c>
+      <c r="V19" s="18">
+        <v>120</v>
+      </c>
+      <c r="W19" s="18">
+        <v>120</v>
+      </c>
+      <c r="X19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Y19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Z19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AA19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AB19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AC19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AD19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AE19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AF19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AG19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AH19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AI19" s="18">
+        <v>120</v>
+      </c>
+      <c r="AJ19" s="18">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:39" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="40"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="40"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="42"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="42"/>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41"/>
+      <c r="T20" s="44"/>
+      <c r="U20" s="41"/>
+      <c r="V20" s="42"/>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="41"/>
+      <c r="AA20" s="41"/>
+      <c r="AB20" s="41"/>
+      <c r="AC20" s="42"/>
+      <c r="AD20" s="41"/>
+      <c r="AE20" s="41"/>
+      <c r="AF20" s="41"/>
+      <c r="AG20" s="41"/>
+      <c r="AH20" s="41"/>
+      <c r="AI20" s="41"/>
+      <c r="AJ20" s="42"/>
+    </row>
+    <row r="21" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="45">
+        <f t="shared" ref="B21:Q22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <v>4530</v>
+      </c>
+      <c r="C21" s="45">
+        <f t="shared" si="0"/>
+        <v>4530</v>
+      </c>
+      <c r="D21" s="45">
+        <f t="shared" si="0"/>
+        <v>4530</v>
+      </c>
+      <c r="E21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="F21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="G21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="H21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="I21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="J21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="K21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="L21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="M21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="N21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="O21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="P21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="Q21" s="45">
+        <f t="shared" si="0"/>
+        <v>4434</v>
+      </c>
+      <c r="R21" s="45">
+        <f t="shared" ref="R21:AG22" si="1">SUM(R6+R9+R12+R15+R18)</f>
+        <v>4434</v>
+      </c>
+      <c r="S21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="T21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="U21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="V21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="W21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="X21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="Y21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="Z21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AA21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AB21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AC21" s="45">
+        <f t="shared" si="1"/>
+        <v>4420</v>
+      </c>
+      <c r="AD21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="AE21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="AF21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="AG21" s="45">
+        <f t="shared" si="1"/>
+        <v>4434</v>
+      </c>
+      <c r="AH21" s="45">
+        <f t="shared" ref="AH21:AJ22" si="2">SUM(AH6+AH9+AH12+AH15+AH18)</f>
+        <v>4434</v>
+      </c>
+      <c r="AI21" s="45">
+        <f t="shared" si="2"/>
+        <v>4434</v>
+      </c>
+      <c r="AJ21" s="45">
+        <f t="shared" si="2"/>
+        <v>4634</v>
+      </c>
+    </row>
+    <row r="22" spans="1:39" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="46">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="C22" s="46">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="D22" s="46">
+        <f t="shared" si="0"/>
+        <v>4170</v>
+      </c>
+      <c r="E22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="F22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="G22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="H22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="I22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="J22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="K22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="L22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="M22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="N22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="O22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="P22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="Q22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="R22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="S22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="T22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="U22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="V22" s="46">
+        <f>SUM(V7+V10+V13+V16+V19)</f>
+        <v>4140</v>
+      </c>
+      <c r="W22" s="46">
+        <f>SUM(W7+W10+W13+W16+W19)</f>
+        <v>4140</v>
+      </c>
+      <c r="X22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="Y22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="Z22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AA22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AB22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AC22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AD22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AE22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AF22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AG22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="AH22" s="46">
+        <f t="shared" si="2"/>
+        <v>4140</v>
+      </c>
+      <c r="AI22" s="46">
+        <f t="shared" si="2"/>
+        <v>4140</v>
+      </c>
+      <c r="AJ22" s="46">
+        <f t="shared" si="2"/>
+        <v>4140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="49"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="49"/>
+      <c r="L23" s="49"/>
+      <c r="M23" s="49"/>
+      <c r="N23" s="49"/>
+      <c r="O23" s="49"/>
+      <c r="P23" s="49"/>
+      <c r="Q23" s="49"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+      <c r="U23" s="49"/>
+      <c r="X23" s="47"/>
+      <c r="Y23" s="48"/>
+      <c r="Z23" s="47"/>
+      <c r="AA23" s="48"/>
+      <c r="AB23" s="48"/>
+      <c r="AC23" s="48"/>
+    </row>
+    <row r="24" spans="1:39" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="50" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="87" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="89"/>
+      <c r="F24" s="87" t="s">
+        <v>4</v>
+      </c>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="89"/>
+      <c r="J24" s="87" t="s">
+        <v>5</v>
+      </c>
+      <c r="K24" s="90"/>
+      <c r="L24" s="90"/>
+      <c r="M24" s="91"/>
+      <c r="N24" s="87" t="s">
+        <v>6</v>
+      </c>
+      <c r="O24" s="88"/>
+      <c r="P24" s="88"/>
+      <c r="Q24" s="89"/>
+      <c r="R24" s="87" t="s">
+        <v>7</v>
+      </c>
+      <c r="S24" s="88"/>
+      <c r="T24" s="88"/>
+      <c r="U24" s="89"/>
+      <c r="X24" s="51" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="C25" s="73"/>
+      <c r="D25" s="73"/>
+      <c r="E25" s="74"/>
+      <c r="F25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="G25" s="73"/>
+      <c r="H25" s="73"/>
+      <c r="I25" s="74"/>
+      <c r="J25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="K25" s="73"/>
+      <c r="L25" s="73"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="O25" s="73"/>
+      <c r="P25" s="73"/>
+      <c r="Q25" s="74"/>
+      <c r="R25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="S25" s="73"/>
+      <c r="T25" s="73"/>
+      <c r="U25" s="74"/>
+      <c r="X25" s="52" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="76"/>
+      <c r="D26" s="76"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="76"/>
+      <c r="H26" s="76"/>
+      <c r="I26" s="77"/>
+      <c r="J26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="K26" s="76"/>
+      <c r="L26" s="76"/>
+      <c r="M26" s="77"/>
+      <c r="N26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="O26" s="76"/>
+      <c r="P26" s="76"/>
+      <c r="Q26" s="77"/>
+      <c r="R26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="S26" s="76"/>
+      <c r="T26" s="76"/>
+      <c r="U26" s="77"/>
+      <c r="X26" s="53" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA26" s="54"/>
+      <c r="AB26" s="55"/>
+      <c r="AC26" s="54"/>
+      <c r="AD26" s="55"/>
+      <c r="AE26" s="54"/>
+      <c r="AF26" s="54"/>
+      <c r="AG26" s="54"/>
+      <c r="AH26" s="54"/>
+      <c r="AI26" s="54"/>
+      <c r="AJ26" s="54"/>
+      <c r="AK26" s="54"/>
+      <c r="AL26" s="54"/>
+      <c r="AM26" s="54"/>
+    </row>
+    <row r="27" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="56"/>
+      <c r="B27" s="56"/>
+      <c r="C27" s="57"/>
+      <c r="D27" s="57"/>
+      <c r="E27" s="58"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="57"/>
+      <c r="H27" s="57"/>
+      <c r="I27" s="58"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="57"/>
+      <c r="L27" s="57"/>
+      <c r="M27" s="58"/>
+      <c r="N27" s="56"/>
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
+      <c r="Q27" s="58"/>
+      <c r="R27" s="56"/>
+      <c r="S27" s="57"/>
+      <c r="T27" s="57"/>
+      <c r="U27" s="58"/>
+      <c r="X27" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="Z27" s="52"/>
+      <c r="AB27" s="55"/>
+      <c r="AD27" s="54"/>
+    </row>
+    <row r="28" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="72">
+        <v>100</v>
+      </c>
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="72">
+        <v>100</v>
+      </c>
+      <c r="G28" s="73"/>
+      <c r="H28" s="73"/>
+      <c r="I28" s="74"/>
+      <c r="J28" s="72">
+        <v>100</v>
+      </c>
+      <c r="K28" s="73"/>
+      <c r="L28" s="73"/>
+      <c r="M28" s="74"/>
+      <c r="N28" s="72">
+        <v>100</v>
+      </c>
+      <c r="O28" s="73"/>
+      <c r="P28" s="73"/>
+      <c r="Q28" s="74"/>
+      <c r="R28" s="72">
+        <v>100</v>
+      </c>
+      <c r="S28" s="73"/>
+      <c r="T28" s="73"/>
+      <c r="U28" s="74"/>
+      <c r="Z28" s="55"/>
+      <c r="AB28" s="55"/>
+      <c r="AD28" s="55"/>
+    </row>
+    <row r="29" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="75">
+        <v>100</v>
+      </c>
+      <c r="C29" s="76"/>
+      <c r="D29" s="76"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="75">
+        <v>100</v>
+      </c>
+      <c r="G29" s="76"/>
+      <c r="H29" s="76"/>
+      <c r="I29" s="77"/>
+      <c r="J29" s="75">
+        <v>100</v>
+      </c>
+      <c r="K29" s="76"/>
+      <c r="L29" s="76"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="75">
+        <v>100</v>
+      </c>
+      <c r="O29" s="76"/>
+      <c r="P29" s="76"/>
+      <c r="Q29" s="77"/>
+      <c r="R29" s="75">
+        <v>100</v>
+      </c>
+      <c r="S29" s="76"/>
+      <c r="T29" s="76"/>
+      <c r="U29" s="77"/>
+      <c r="Z29" s="55"/>
+      <c r="AD29" s="55"/>
+    </row>
+    <row r="30" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="56"/>
+      <c r="B30" s="56"/>
+      <c r="C30" s="57"/>
+      <c r="D30" s="57"/>
+      <c r="E30" s="58"/>
+      <c r="F30" s="56"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="56"/>
+      <c r="K30" s="57"/>
+      <c r="L30" s="57"/>
+      <c r="M30" s="58"/>
+      <c r="N30" s="56"/>
+      <c r="O30" s="57"/>
+      <c r="P30" s="57"/>
+      <c r="Q30" s="58"/>
+      <c r="R30" s="56"/>
+      <c r="S30" s="57"/>
+      <c r="T30" s="57"/>
+      <c r="U30" s="58"/>
+      <c r="Z30" s="52"/>
+    </row>
+    <row r="31" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="72">
+        <v>100</v>
+      </c>
+      <c r="C31" s="73"/>
+      <c r="D31" s="73"/>
+      <c r="E31" s="74"/>
+      <c r="F31" s="72">
+        <v>100</v>
+      </c>
+      <c r="G31" s="73"/>
+      <c r="H31" s="73"/>
+      <c r="I31" s="74"/>
+      <c r="J31" s="72">
+        <v>100</v>
+      </c>
+      <c r="K31" s="73"/>
+      <c r="L31" s="73"/>
+      <c r="M31" s="74"/>
+      <c r="N31" s="72">
+        <v>100</v>
+      </c>
+      <c r="O31" s="73"/>
+      <c r="P31" s="73"/>
+      <c r="Q31" s="74"/>
+      <c r="R31" s="72">
+        <v>100</v>
+      </c>
+      <c r="S31" s="73"/>
+      <c r="T31" s="73"/>
+      <c r="U31" s="74"/>
+      <c r="Z31" s="55"/>
+    </row>
+    <row r="32" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="75">
+        <v>100</v>
+      </c>
+      <c r="C32" s="76"/>
+      <c r="D32" s="76"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="75">
+        <v>100</v>
+      </c>
+      <c r="G32" s="76"/>
+      <c r="H32" s="76"/>
+      <c r="I32" s="77"/>
+      <c r="J32" s="75">
+        <v>100</v>
+      </c>
+      <c r="K32" s="76"/>
+      <c r="L32" s="76"/>
+      <c r="M32" s="77"/>
+      <c r="N32" s="75">
+        <v>100</v>
+      </c>
+      <c r="O32" s="76"/>
+      <c r="P32" s="76"/>
+      <c r="Q32" s="77"/>
+      <c r="R32" s="75">
+        <v>100</v>
+      </c>
+      <c r="S32" s="76"/>
+      <c r="T32" s="76"/>
+      <c r="U32" s="77"/>
+    </row>
+    <row r="33" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="61"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="57"/>
+      <c r="D33" s="57"/>
+      <c r="E33" s="58"/>
+      <c r="F33" s="56"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="57"/>
+      <c r="I33" s="58"/>
+      <c r="J33" s="56"/>
+      <c r="K33" s="57"/>
+      <c r="L33" s="57"/>
+      <c r="M33" s="58"/>
+      <c r="N33" s="56"/>
+      <c r="O33" s="57"/>
+      <c r="P33" s="57"/>
+      <c r="Q33" s="58"/>
+      <c r="R33" s="57"/>
+      <c r="S33" s="57"/>
+      <c r="T33" s="57"/>
+      <c r="U33" s="58"/>
+    </row>
+    <row r="34" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="72">
+        <v>50</v>
+      </c>
+      <c r="C34" s="73"/>
+      <c r="D34" s="73"/>
+      <c r="E34" s="74"/>
+      <c r="F34" s="72">
+        <v>65</v>
+      </c>
+      <c r="G34" s="73"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="74"/>
+      <c r="J34" s="72">
+        <v>70</v>
+      </c>
+      <c r="K34" s="73"/>
+      <c r="L34" s="73"/>
+      <c r="M34" s="74"/>
+      <c r="N34" s="72">
+        <v>48</v>
+      </c>
+      <c r="O34" s="73"/>
+      <c r="P34" s="73"/>
+      <c r="Q34" s="74"/>
+      <c r="R34" s="72">
+        <v>65</v>
+      </c>
+      <c r="S34" s="73"/>
+      <c r="T34" s="73"/>
+      <c r="U34" s="74"/>
+    </row>
+    <row r="35" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="75">
+        <v>0</v>
+      </c>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="75">
+        <v>0</v>
+      </c>
+      <c r="G35" s="76"/>
+      <c r="H35" s="76"/>
+      <c r="I35" s="77"/>
+      <c r="J35" s="75">
+        <v>0</v>
+      </c>
+      <c r="K35" s="76"/>
+      <c r="L35" s="76"/>
+      <c r="M35" s="77"/>
+      <c r="N35" s="75">
+        <v>0</v>
+      </c>
+      <c r="O35" s="76"/>
+      <c r="P35" s="76"/>
+      <c r="Q35" s="77"/>
+      <c r="R35" s="75">
+        <v>0</v>
+      </c>
+      <c r="S35" s="76"/>
+      <c r="T35" s="76"/>
+      <c r="U35" s="77"/>
+    </row>
+    <row r="36" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="61"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="58"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="58"/>
+      <c r="J36" s="56"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="58"/>
+      <c r="N36" s="56"/>
+      <c r="O36" s="57"/>
+      <c r="P36" s="57"/>
+      <c r="Q36" s="58"/>
+      <c r="R36" s="57"/>
+      <c r="S36" s="57"/>
+      <c r="T36" s="57"/>
+      <c r="U36" s="58"/>
+    </row>
+    <row r="37" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B37" s="72">
+        <v>111</v>
+      </c>
+      <c r="C37" s="73"/>
+      <c r="D37" s="73"/>
+      <c r="E37" s="74"/>
+      <c r="F37" s="72">
+        <v>100</v>
+      </c>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="74"/>
+      <c r="J37" s="72">
+        <v>100</v>
+      </c>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="74"/>
+      <c r="N37" s="72">
+        <v>100</v>
+      </c>
+      <c r="O37" s="73"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="74"/>
+      <c r="R37" s="72">
+        <v>100</v>
+      </c>
+      <c r="S37" s="73"/>
+      <c r="T37" s="73"/>
+      <c r="U37" s="74"/>
+    </row>
+    <row r="38" spans="1:21" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" s="75">
+        <v>100</v>
+      </c>
+      <c r="C38" s="76"/>
+      <c r="D38" s="76"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="75">
+        <v>100</v>
+      </c>
+      <c r="G38" s="76"/>
+      <c r="H38" s="76"/>
+      <c r="I38" s="77"/>
+      <c r="J38" s="75">
+        <v>100</v>
+      </c>
+      <c r="K38" s="76"/>
+      <c r="L38" s="76"/>
+      <c r="M38" s="77"/>
+      <c r="N38" s="75">
+        <v>100</v>
+      </c>
+      <c r="O38" s="76"/>
+      <c r="P38" s="76"/>
+      <c r="Q38" s="77"/>
+      <c r="R38" s="75">
+        <v>100</v>
+      </c>
+      <c r="S38" s="76"/>
+      <c r="T38" s="76"/>
+      <c r="U38" s="77"/>
+    </row>
+    <row r="39" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="56"/>
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="58"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="57"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="58"/>
+      <c r="N39" s="56"/>
+      <c r="O39" s="57"/>
+      <c r="P39" s="57"/>
+      <c r="Q39" s="58"/>
+      <c r="R39" s="57"/>
+      <c r="S39" s="57"/>
+      <c r="T39" s="57"/>
+      <c r="U39" s="58"/>
+    </row>
+    <row r="40" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B40" s="66">
+        <f>(B28+B31+B34+B37)/4</f>
+        <v>90.25</v>
+      </c>
+      <c r="C40" s="67"/>
+      <c r="D40" s="67"/>
+      <c r="E40" s="68"/>
+      <c r="F40" s="66">
+        <f>(F28+F31+F34+F37)/4</f>
+        <v>91.25</v>
+      </c>
+      <c r="G40" s="67"/>
+      <c r="H40" s="67"/>
+      <c r="I40" s="68"/>
+      <c r="J40" s="66">
+        <f>(J28+J31+J34+J37)/4</f>
+        <v>92.5</v>
+      </c>
+      <c r="K40" s="67"/>
+      <c r="L40" s="67"/>
+      <c r="M40" s="68"/>
+      <c r="N40" s="66">
+        <f>(N28+N31+N34+N37)/4</f>
+        <v>87</v>
+      </c>
+      <c r="O40" s="67"/>
+      <c r="P40" s="67"/>
+      <c r="Q40" s="68"/>
+      <c r="R40" s="66">
+        <f>(R28+R31+R34+R37)/4</f>
+        <v>91.25</v>
+      </c>
+      <c r="S40" s="67"/>
+      <c r="T40" s="67"/>
+      <c r="U40" s="68"/>
+    </row>
+    <row r="41" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="B41" s="69">
+        <f>(B29+B32+B35+B38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="C41" s="70"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="71"/>
+      <c r="F41" s="69">
+        <f>(F29+F32+F35+F38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="G41" s="70"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="71"/>
+      <c r="J41" s="69">
+        <f>(J29+J32+J35+J38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="K41" s="70"/>
+      <c r="L41" s="70"/>
+      <c r="M41" s="71"/>
+      <c r="N41" s="69">
+        <f>(N29+N32+N35+N38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="O41" s="70"/>
+      <c r="P41" s="70"/>
+      <c r="Q41" s="71"/>
+      <c r="R41" s="69">
+        <f>(R29+R32+R35+R38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="S41" s="70"/>
+      <c r="T41" s="70"/>
+      <c r="U41" s="71"/>
+    </row>
+    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="77">
+    <mergeCell ref="A1:AJ1"/>
+    <mergeCell ref="A2:AJ2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="I3:O3"/>
+    <mergeCell ref="P3:V3"/>
+    <mergeCell ref="W3:AC3"/>
+    <mergeCell ref="AD3:AJ3"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="R24:U24"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="I4:O4"/>
+    <mergeCell ref="P4:V4"/>
+    <mergeCell ref="W4:AC4"/>
+    <mergeCell ref="AD4:AJ4"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="R26:U26"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="R25:U25"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="R29:U29"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="R28:U28"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="R32:U32"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="R31:U31"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="R35:U35"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="R34:U34"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="R38:U38"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="R41:U41"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="R40:U40"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AC44"/>
+  <sheetViews>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="N35" sqref="N35:Q35"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="16.85546875" customWidth="1"/>
+    <col min="2" max="29" width="8.7109375" customWidth="1"/>
+    <col min="250" max="250" width="16.85546875" customWidth="1"/>
+    <col min="251" max="285" width="8.7109375" customWidth="1"/>
+    <col min="506" max="506" width="16.85546875" customWidth="1"/>
+    <col min="507" max="541" width="8.7109375" customWidth="1"/>
+    <col min="762" max="762" width="16.85546875" customWidth="1"/>
+    <col min="763" max="797" width="8.7109375" customWidth="1"/>
+    <col min="1018" max="1018" width="16.85546875" customWidth="1"/>
+    <col min="1019" max="1053" width="8.7109375" customWidth="1"/>
+    <col min="1274" max="1274" width="16.85546875" customWidth="1"/>
+    <col min="1275" max="1309" width="8.7109375" customWidth="1"/>
+    <col min="1530" max="1530" width="16.85546875" customWidth="1"/>
+    <col min="1531" max="1565" width="8.7109375" customWidth="1"/>
+    <col min="1786" max="1786" width="16.85546875" customWidth="1"/>
+    <col min="1787" max="1821" width="8.7109375" customWidth="1"/>
+    <col min="2042" max="2042" width="16.85546875" customWidth="1"/>
+    <col min="2043" max="2077" width="8.7109375" customWidth="1"/>
+    <col min="2298" max="2298" width="16.85546875" customWidth="1"/>
+    <col min="2299" max="2333" width="8.7109375" customWidth="1"/>
+    <col min="2554" max="2554" width="16.85546875" customWidth="1"/>
+    <col min="2555" max="2589" width="8.7109375" customWidth="1"/>
+    <col min="2810" max="2810" width="16.85546875" customWidth="1"/>
+    <col min="2811" max="2845" width="8.7109375" customWidth="1"/>
+    <col min="3066" max="3066" width="16.85546875" customWidth="1"/>
+    <col min="3067" max="3101" width="8.7109375" customWidth="1"/>
+    <col min="3322" max="3322" width="16.85546875" customWidth="1"/>
+    <col min="3323" max="3357" width="8.7109375" customWidth="1"/>
+    <col min="3578" max="3578" width="16.85546875" customWidth="1"/>
+    <col min="3579" max="3613" width="8.7109375" customWidth="1"/>
+    <col min="3834" max="3834" width="16.85546875" customWidth="1"/>
+    <col min="3835" max="3869" width="8.7109375" customWidth="1"/>
+    <col min="4090" max="4090" width="16.85546875" customWidth="1"/>
+    <col min="4091" max="4125" width="8.7109375" customWidth="1"/>
+    <col min="4346" max="4346" width="16.85546875" customWidth="1"/>
+    <col min="4347" max="4381" width="8.7109375" customWidth="1"/>
+    <col min="4602" max="4602" width="16.85546875" customWidth="1"/>
+    <col min="4603" max="4637" width="8.7109375" customWidth="1"/>
+    <col min="4858" max="4858" width="16.85546875" customWidth="1"/>
+    <col min="4859" max="4893" width="8.7109375" customWidth="1"/>
+    <col min="5114" max="5114" width="16.85546875" customWidth="1"/>
+    <col min="5115" max="5149" width="8.7109375" customWidth="1"/>
+    <col min="5370" max="5370" width="16.85546875" customWidth="1"/>
+    <col min="5371" max="5405" width="8.7109375" customWidth="1"/>
+    <col min="5626" max="5626" width="16.85546875" customWidth="1"/>
+    <col min="5627" max="5661" width="8.7109375" customWidth="1"/>
+    <col min="5882" max="5882" width="16.85546875" customWidth="1"/>
+    <col min="5883" max="5917" width="8.7109375" customWidth="1"/>
+    <col min="6138" max="6138" width="16.85546875" customWidth="1"/>
+    <col min="6139" max="6173" width="8.7109375" customWidth="1"/>
+    <col min="6394" max="6394" width="16.85546875" customWidth="1"/>
+    <col min="6395" max="6429" width="8.7109375" customWidth="1"/>
+    <col min="6650" max="6650" width="16.85546875" customWidth="1"/>
+    <col min="6651" max="6685" width="8.7109375" customWidth="1"/>
+    <col min="6906" max="6906" width="16.85546875" customWidth="1"/>
+    <col min="6907" max="6941" width="8.7109375" customWidth="1"/>
+    <col min="7162" max="7162" width="16.85546875" customWidth="1"/>
+    <col min="7163" max="7197" width="8.7109375" customWidth="1"/>
+    <col min="7418" max="7418" width="16.85546875" customWidth="1"/>
+    <col min="7419" max="7453" width="8.7109375" customWidth="1"/>
+    <col min="7674" max="7674" width="16.85546875" customWidth="1"/>
+    <col min="7675" max="7709" width="8.7109375" customWidth="1"/>
+    <col min="7930" max="7930" width="16.85546875" customWidth="1"/>
+    <col min="7931" max="7965" width="8.7109375" customWidth="1"/>
+    <col min="8186" max="8186" width="16.85546875" customWidth="1"/>
+    <col min="8187" max="8221" width="8.7109375" customWidth="1"/>
+    <col min="8442" max="8442" width="16.85546875" customWidth="1"/>
+    <col min="8443" max="8477" width="8.7109375" customWidth="1"/>
+    <col min="8698" max="8698" width="16.85546875" customWidth="1"/>
+    <col min="8699" max="8733" width="8.7109375" customWidth="1"/>
+    <col min="8954" max="8954" width="16.85546875" customWidth="1"/>
+    <col min="8955" max="8989" width="8.7109375" customWidth="1"/>
+    <col min="9210" max="9210" width="16.85546875" customWidth="1"/>
+    <col min="9211" max="9245" width="8.7109375" customWidth="1"/>
+    <col min="9466" max="9466" width="16.85546875" customWidth="1"/>
+    <col min="9467" max="9501" width="8.7109375" customWidth="1"/>
+    <col min="9722" max="9722" width="16.85546875" customWidth="1"/>
+    <col min="9723" max="9757" width="8.7109375" customWidth="1"/>
+    <col min="9978" max="9978" width="16.85546875" customWidth="1"/>
+    <col min="9979" max="10013" width="8.7109375" customWidth="1"/>
+    <col min="10234" max="10234" width="16.85546875" customWidth="1"/>
+    <col min="10235" max="10269" width="8.7109375" customWidth="1"/>
+    <col min="10490" max="10490" width="16.85546875" customWidth="1"/>
+    <col min="10491" max="10525" width="8.7109375" customWidth="1"/>
+    <col min="10746" max="10746" width="16.85546875" customWidth="1"/>
+    <col min="10747" max="10781" width="8.7109375" customWidth="1"/>
+    <col min="11002" max="11002" width="16.85546875" customWidth="1"/>
+    <col min="11003" max="11037" width="8.7109375" customWidth="1"/>
+    <col min="11258" max="11258" width="16.85546875" customWidth="1"/>
+    <col min="11259" max="11293" width="8.7109375" customWidth="1"/>
+    <col min="11514" max="11514" width="16.85546875" customWidth="1"/>
+    <col min="11515" max="11549" width="8.7109375" customWidth="1"/>
+    <col min="11770" max="11770" width="16.85546875" customWidth="1"/>
+    <col min="11771" max="11805" width="8.7109375" customWidth="1"/>
+    <col min="12026" max="12026" width="16.85546875" customWidth="1"/>
+    <col min="12027" max="12061" width="8.7109375" customWidth="1"/>
+    <col min="12282" max="12282" width="16.85546875" customWidth="1"/>
+    <col min="12283" max="12317" width="8.7109375" customWidth="1"/>
+    <col min="12538" max="12538" width="16.85546875" customWidth="1"/>
+    <col min="12539" max="12573" width="8.7109375" customWidth="1"/>
+    <col min="12794" max="12794" width="16.85546875" customWidth="1"/>
+    <col min="12795" max="12829" width="8.7109375" customWidth="1"/>
+    <col min="13050" max="13050" width="16.85546875" customWidth="1"/>
+    <col min="13051" max="13085" width="8.7109375" customWidth="1"/>
+    <col min="13306" max="13306" width="16.85546875" customWidth="1"/>
+    <col min="13307" max="13341" width="8.7109375" customWidth="1"/>
+    <col min="13562" max="13562" width="16.85546875" customWidth="1"/>
+    <col min="13563" max="13597" width="8.7109375" customWidth="1"/>
+    <col min="13818" max="13818" width="16.85546875" customWidth="1"/>
+    <col min="13819" max="13853" width="8.7109375" customWidth="1"/>
+    <col min="14074" max="14074" width="16.85546875" customWidth="1"/>
+    <col min="14075" max="14109" width="8.7109375" customWidth="1"/>
+    <col min="14330" max="14330" width="16.85546875" customWidth="1"/>
+    <col min="14331" max="14365" width="8.7109375" customWidth="1"/>
+    <col min="14586" max="14586" width="16.85546875" customWidth="1"/>
+    <col min="14587" max="14621" width="8.7109375" customWidth="1"/>
+    <col min="14842" max="14842" width="16.85546875" customWidth="1"/>
+    <col min="14843" max="14877" width="8.7109375" customWidth="1"/>
+    <col min="15098" max="15098" width="16.85546875" customWidth="1"/>
+    <col min="15099" max="15133" width="8.7109375" customWidth="1"/>
+    <col min="15354" max="15354" width="16.85546875" customWidth="1"/>
+    <col min="15355" max="15389" width="8.7109375" customWidth="1"/>
+    <col min="15610" max="15610" width="16.85546875" customWidth="1"/>
+    <col min="15611" max="15645" width="8.7109375" customWidth="1"/>
+    <col min="15866" max="15866" width="16.85546875" customWidth="1"/>
+    <col min="15867" max="15901" width="8.7109375" customWidth="1"/>
+    <col min="16122" max="16122" width="16.85546875" customWidth="1"/>
+    <col min="16123" max="16157" width="8.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:29" x14ac:dyDescent="0.25">
+      <c r="A1" s="92" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+      <c r="G1" s="92"/>
+      <c r="H1" s="92"/>
+      <c r="I1" s="92"/>
+      <c r="J1" s="92"/>
+      <c r="K1" s="92"/>
+      <c r="L1" s="92"/>
+      <c r="M1" s="92"/>
+      <c r="N1" s="92"/>
+      <c r="O1" s="92"/>
+      <c r="P1" s="92"/>
+      <c r="Q1" s="92"/>
+      <c r="R1" s="92"/>
+      <c r="S1" s="92"/>
+      <c r="T1" s="92"/>
+      <c r="U1" s="92"/>
+      <c r="V1" s="92"/>
+      <c r="W1" s="92"/>
+      <c r="X1" s="92"/>
+      <c r="Y1" s="92"/>
+      <c r="Z1" s="92"/>
+      <c r="AA1" s="92"/>
+      <c r="AB1" s="92"/>
+      <c r="AC1" s="92"/>
+    </row>
+    <row r="2" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="93" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="93"/>
+      <c r="C2" s="93"/>
+      <c r="D2" s="93"/>
+      <c r="E2" s="93"/>
+      <c r="F2" s="93"/>
+      <c r="G2" s="93"/>
+      <c r="H2" s="93"/>
+      <c r="I2" s="93"/>
+      <c r="J2" s="93"/>
+      <c r="K2" s="93"/>
+      <c r="L2" s="93"/>
+      <c r="M2" s="93"/>
+      <c r="N2" s="93"/>
+      <c r="O2" s="93"/>
+      <c r="P2" s="93"/>
+      <c r="Q2" s="93"/>
+      <c r="R2" s="93"/>
+      <c r="S2" s="93"/>
+      <c r="T2" s="93"/>
+      <c r="U2" s="93"/>
+      <c r="V2" s="93"/>
+      <c r="W2" s="93"/>
+      <c r="X2" s="93"/>
+      <c r="Y2" s="93"/>
+      <c r="Z2" s="93"/>
+      <c r="AA2" s="93"/>
+      <c r="AB2" s="93"/>
+      <c r="AC2" s="93"/>
+    </row>
+    <row r="3" spans="1:29" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="94" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="96"/>
+      <c r="I3" s="94" t="s">
+        <v>34</v>
+      </c>
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="95"/>
+      <c r="N3" s="95"/>
+      <c r="O3" s="96"/>
+      <c r="P3" s="97" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q3" s="98"/>
+      <c r="R3" s="98"/>
+      <c r="S3" s="98"/>
+      <c r="T3" s="98"/>
+      <c r="U3" s="98"/>
+      <c r="V3" s="99"/>
+      <c r="W3" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="X3" s="95"/>
+      <c r="Y3" s="95"/>
+      <c r="Z3" s="95"/>
+      <c r="AA3" s="95"/>
+      <c r="AB3" s="95"/>
+      <c r="AC3" s="96"/>
+    </row>
+    <row r="4" spans="1:29" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="1"/>
+      <c r="B4" s="80"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="84"/>
+      <c r="K4" s="84"/>
+      <c r="L4" s="84"/>
+      <c r="M4" s="84"/>
+      <c r="N4" s="84"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
+      <c r="Q4" s="84"/>
+      <c r="R4" s="84"/>
+      <c r="S4" s="84"/>
+      <c r="T4" s="84"/>
+      <c r="U4" s="84"/>
+      <c r="V4" s="85"/>
+      <c r="W4" s="80"/>
+      <c r="X4" s="81"/>
+      <c r="Y4" s="81"/>
+      <c r="Z4" s="81"/>
+      <c r="AA4" s="81"/>
+      <c r="AB4" s="81"/>
+      <c r="AC4" s="82"/>
+    </row>
+    <row r="5" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="3">
+        <v>2</v>
+      </c>
+      <c r="C5" s="4">
+        <v>3</v>
+      </c>
+      <c r="D5" s="3">
+        <v>4</v>
+      </c>
+      <c r="E5" s="4">
+        <v>5</v>
+      </c>
+      <c r="F5" s="3">
+        <v>6</v>
+      </c>
+      <c r="G5" s="5">
+        <v>7</v>
+      </c>
+      <c r="H5" s="6">
+        <v>8</v>
+      </c>
+      <c r="I5" s="3">
+        <v>9</v>
+      </c>
+      <c r="J5" s="7">
+        <v>10</v>
+      </c>
+      <c r="K5" s="3">
+        <v>11</v>
+      </c>
+      <c r="L5" s="7">
+        <v>12</v>
+      </c>
+      <c r="M5" s="3">
+        <v>13</v>
+      </c>
+      <c r="N5" s="7">
+        <v>14</v>
+      </c>
+      <c r="O5" s="3">
+        <v>15</v>
+      </c>
+      <c r="P5" s="8">
+        <v>16</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>17</v>
+      </c>
+      <c r="R5" s="9">
+        <v>18</v>
+      </c>
+      <c r="S5" s="3">
+        <v>19</v>
+      </c>
+      <c r="T5" s="8">
+        <v>20</v>
+      </c>
+      <c r="U5" s="4">
+        <v>21</v>
+      </c>
+      <c r="V5" s="3">
+        <v>22</v>
+      </c>
+      <c r="W5" s="4">
+        <v>23</v>
+      </c>
+      <c r="X5" s="3">
+        <v>24</v>
+      </c>
+      <c r="Y5" s="4">
+        <v>25</v>
+      </c>
+      <c r="Z5" s="3">
+        <v>26</v>
+      </c>
+      <c r="AA5" s="4">
+        <v>27</v>
+      </c>
+      <c r="AB5" s="3">
+        <v>28</v>
+      </c>
+      <c r="AC5" s="3">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="59" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="C6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="E6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="F6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="G6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="H6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="I6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="J6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="K6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="L6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="M6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="N6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="O6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="P6" s="13">
+        <v>1000</v>
+      </c>
+      <c r="Q6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="R6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="S6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="T6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="U6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="V6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="W6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="X6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="Y6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="Z6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AA6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AB6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AC6" s="12">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="C7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="D7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="E7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="F7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="G7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="H7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="I7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="J7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="K7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="L7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="M7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="N7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="O7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="P7" s="19">
+        <v>1000</v>
+      </c>
+      <c r="Q7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="R7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="S7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="T7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="U7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="V7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="W7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="X7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="Y7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="Z7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="AA7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AB7" s="22">
+        <v>1000</v>
+      </c>
+      <c r="AC7" s="18">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:29" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="24"/>
+      <c r="B8" s="25"/>
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="27"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="27"/>
+      <c r="O8" s="26"/>
+      <c r="P8" s="27"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="27"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="27"/>
+      <c r="U8" s="26"/>
+      <c r="V8" s="27"/>
+      <c r="W8" s="25"/>
+      <c r="X8" s="25"/>
+      <c r="Y8" s="25"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+      <c r="AC8" s="26"/>
+    </row>
+    <row r="9" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="C9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="D9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="E9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="F9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="G9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="H9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="I9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="J9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="K9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="L9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="M9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="N9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="O9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="P9" s="13">
+        <v>1000</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>1000</v>
+      </c>
+      <c r="R9" s="14">
+        <v>1000</v>
+      </c>
+      <c r="S9" s="12">
+        <v>1000</v>
+      </c>
+      <c r="T9" s="14">
+        <v>1000</v>
+      </c>
+      <c r="U9" s="12">
+        <v>1000</v>
+      </c>
+      <c r="V9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="W9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="X9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="Y9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="Z9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AA9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AB9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AC9" s="12">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="C10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="D10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="E10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="G10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="H10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="I10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="J10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="K10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="L10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="M10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="N10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="O10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="P10" s="19">
+        <v>1000</v>
+      </c>
+      <c r="Q10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="R10" s="21">
+        <v>1000</v>
+      </c>
+      <c r="S10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="T10" s="21">
+        <v>1000</v>
+      </c>
+      <c r="U10" s="20">
+        <v>1000</v>
+      </c>
+      <c r="V10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="W10" s="21">
+        <v>1000</v>
+      </c>
+      <c r="X10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="Y10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="Z10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AA10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AB10" s="22">
+        <v>1000</v>
+      </c>
+      <c r="AC10" s="18">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:29" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24"/>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="27"/>
+      <c r="K11" s="26"/>
+      <c r="L11" s="27"/>
+      <c r="M11" s="26"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="27"/>
+      <c r="Q11" s="26"/>
+      <c r="R11" s="27"/>
+      <c r="S11" s="26"/>
+      <c r="T11" s="27"/>
+      <c r="U11" s="26"/>
+      <c r="V11" s="27"/>
+      <c r="W11" s="25"/>
+      <c r="X11" s="25"/>
+      <c r="Y11" s="25"/>
+      <c r="Z11" s="25"/>
+      <c r="AA11" s="25"/>
+      <c r="AB11" s="25"/>
+      <c r="AC11" s="26"/>
+    </row>
+    <row r="12" spans="1:29" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="C12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="D12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="E12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="F12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="G12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="H12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="I12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="J12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="K12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="L12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="M12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="N12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="O12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="P12" s="13">
+        <v>1900</v>
+      </c>
+      <c r="Q12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="R12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="S12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="T12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="U12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="V12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="W12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="X12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="Y12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="Z12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="AA12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AB12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AC12" s="12">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="13" spans="1:29" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="60" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="C13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="D13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="E13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="F13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="G13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="H13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="I13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="J13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="K13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="L13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="M13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="N13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="O13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="P13" s="19">
+        <v>1900</v>
+      </c>
+      <c r="Q13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="R13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="S13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="T13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="U13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="V13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="W13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="X13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="Y13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="Z13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="AA13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="AB13" s="22">
+        <v>1900</v>
+      </c>
+      <c r="AC13" s="18">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="14" spans="1:29" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="24"/>
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="26"/>
+      <c r="R14" s="27"/>
+      <c r="S14" s="26"/>
+      <c r="T14" s="27"/>
+      <c r="U14" s="26"/>
+      <c r="V14" s="27"/>
+      <c r="W14" s="25"/>
+      <c r="X14" s="25"/>
+      <c r="Y14" s="25"/>
+      <c r="Z14" s="25"/>
+      <c r="AA14" s="25"/>
+      <c r="AB14" s="25"/>
+      <c r="AC14" s="26"/>
+    </row>
+    <row r="15" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="12">
+        <v>367</v>
+      </c>
+      <c r="C15" s="12">
+        <v>367</v>
+      </c>
+      <c r="D15" s="12">
+        <v>367</v>
+      </c>
+      <c r="E15" s="12">
+        <v>367</v>
+      </c>
+      <c r="F15" s="12">
+        <v>367</v>
+      </c>
+      <c r="G15" s="12">
+        <v>367</v>
+      </c>
+      <c r="H15" s="12">
+        <v>367</v>
+      </c>
+      <c r="I15" s="12">
+        <v>360</v>
+      </c>
+      <c r="J15" s="12">
+        <v>360</v>
+      </c>
+      <c r="K15" s="12">
+        <v>360</v>
+      </c>
+      <c r="L15" s="12">
+        <v>360</v>
+      </c>
+      <c r="M15" s="12">
+        <v>360</v>
+      </c>
+      <c r="N15" s="12">
+        <v>360</v>
+      </c>
+      <c r="O15" s="12">
+        <v>360</v>
+      </c>
+      <c r="P15" s="12">
+        <v>367</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>367</v>
+      </c>
+      <c r="R15" s="12">
+        <v>367</v>
+      </c>
+      <c r="S15" s="12">
+        <v>367</v>
+      </c>
+      <c r="T15" s="12">
+        <v>367</v>
+      </c>
+      <c r="U15" s="12">
+        <v>367</v>
+      </c>
+      <c r="V15" s="12">
+        <v>367</v>
+      </c>
+      <c r="W15" s="12">
+        <v>360</v>
+      </c>
+      <c r="X15" s="12">
+        <v>360</v>
+      </c>
+      <c r="Y15" s="12">
+        <v>360</v>
+      </c>
+      <c r="Z15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AA15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AB15" s="12">
+        <v>360</v>
+      </c>
+      <c r="AC15" s="12">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="16" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="18">
+        <v>120</v>
+      </c>
+      <c r="C16" s="18">
+        <v>120</v>
+      </c>
+      <c r="D16" s="18">
+        <v>120</v>
+      </c>
+      <c r="E16" s="18">
+        <v>120</v>
+      </c>
+      <c r="F16" s="18">
+        <v>120</v>
+      </c>
+      <c r="G16" s="18">
+        <v>120</v>
+      </c>
+      <c r="H16" s="18">
+        <v>120</v>
+      </c>
+      <c r="I16" s="18">
+        <v>112</v>
+      </c>
+      <c r="J16" s="18">
+        <v>112</v>
+      </c>
+      <c r="K16" s="18">
+        <v>112</v>
+      </c>
+      <c r="L16" s="18">
+        <v>112</v>
+      </c>
+      <c r="M16" s="18">
+        <v>112</v>
+      </c>
+      <c r="N16" s="18">
+        <v>112</v>
+      </c>
+      <c r="O16" s="18">
+        <v>112</v>
+      </c>
+      <c r="P16" s="18">
+        <v>120</v>
+      </c>
+      <c r="Q16" s="18">
+        <v>120</v>
+      </c>
+      <c r="R16" s="18">
+        <v>120</v>
+      </c>
+      <c r="S16" s="18">
+        <v>120</v>
+      </c>
+      <c r="T16" s="18">
+        <v>120</v>
+      </c>
+      <c r="U16" s="18">
+        <v>120</v>
+      </c>
+      <c r="V16" s="18">
+        <v>120</v>
+      </c>
+      <c r="W16" s="18">
+        <v>112</v>
+      </c>
+      <c r="X16" s="18">
+        <v>112</v>
+      </c>
+      <c r="Y16" s="18">
+        <v>112</v>
+      </c>
+      <c r="Z16" s="18">
+        <v>112</v>
+      </c>
+      <c r="AA16" s="18">
+        <v>112</v>
+      </c>
+      <c r="AB16" s="18">
+        <v>112</v>
+      </c>
+      <c r="AC16" s="18">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:29" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="24"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="27"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="27"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="27"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="25"/>
+      <c r="Q17" s="26"/>
+      <c r="R17" s="27"/>
+      <c r="S17" s="26"/>
+      <c r="T17" s="27"/>
+      <c r="U17" s="26"/>
+      <c r="V17" s="37"/>
+      <c r="W17" s="25"/>
+      <c r="X17" s="25"/>
+      <c r="Y17" s="25"/>
+      <c r="Z17" s="25"/>
+      <c r="AA17" s="25"/>
+      <c r="AB17" s="25"/>
+      <c r="AC17" s="26"/>
+    </row>
+    <row r="18" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="12">
+        <v>367</v>
+      </c>
+      <c r="C18" s="12">
+        <v>367</v>
+      </c>
+      <c r="D18" s="12">
+        <v>367</v>
+      </c>
+      <c r="E18" s="12">
+        <v>367</v>
+      </c>
+      <c r="F18" s="12">
+        <v>367</v>
+      </c>
+      <c r="G18" s="12">
+        <v>367</v>
+      </c>
+      <c r="H18" s="12">
+        <v>367</v>
+      </c>
+      <c r="I18" s="12">
+        <v>360</v>
+      </c>
+      <c r="J18" s="12">
+        <v>360</v>
+      </c>
+      <c r="K18" s="12">
+        <v>360</v>
+      </c>
+      <c r="L18" s="12">
+        <v>360</v>
+      </c>
+      <c r="M18" s="12">
+        <v>360</v>
+      </c>
+      <c r="N18" s="12">
+        <v>360</v>
+      </c>
+      <c r="O18" s="12">
+        <v>360</v>
+      </c>
+      <c r="P18" s="12">
+        <v>367</v>
+      </c>
+      <c r="Q18" s="12">
+        <v>367</v>
+      </c>
+      <c r="R18" s="12">
+        <v>367</v>
+      </c>
+      <c r="S18" s="12">
+        <v>367</v>
+      </c>
+      <c r="T18" s="12">
+        <v>367</v>
+      </c>
+      <c r="U18" s="12">
+        <v>367</v>
+      </c>
+      <c r="V18" s="12">
+        <v>367</v>
+      </c>
+      <c r="W18" s="12">
+        <v>360</v>
+      </c>
+      <c r="X18" s="12">
+        <v>360</v>
+      </c>
+      <c r="Y18" s="12">
+        <v>360</v>
+      </c>
+      <c r="Z18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AA18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AB18" s="12">
+        <v>360</v>
+      </c>
+      <c r="AC18" s="12">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="18">
+        <v>120</v>
+      </c>
+      <c r="C19" s="18">
+        <v>120</v>
+      </c>
+      <c r="D19" s="18">
+        <v>120</v>
+      </c>
+      <c r="E19" s="18">
+        <v>120</v>
+      </c>
+      <c r="F19" s="18">
+        <v>120</v>
+      </c>
+      <c r="G19" s="18">
+        <v>120</v>
+      </c>
+      <c r="H19" s="18">
+        <v>120</v>
+      </c>
+      <c r="I19" s="18">
+        <v>112</v>
+      </c>
+      <c r="J19" s="18">
+        <v>112</v>
+      </c>
+      <c r="K19" s="18">
+        <v>112</v>
+      </c>
+      <c r="L19" s="18">
+        <v>112</v>
+      </c>
+      <c r="M19" s="18">
+        <v>112</v>
+      </c>
+      <c r="N19" s="18">
+        <v>112</v>
+      </c>
+      <c r="O19" s="18">
+        <v>112</v>
+      </c>
+      <c r="P19" s="18">
+        <v>120</v>
+      </c>
+      <c r="Q19" s="18">
+        <v>120</v>
+      </c>
+      <c r="R19" s="18">
+        <v>120</v>
+      </c>
+      <c r="S19" s="18">
+        <v>120</v>
+      </c>
+      <c r="T19" s="18">
+        <v>120</v>
+      </c>
+      <c r="U19" s="18">
+        <v>120</v>
+      </c>
+      <c r="V19" s="18">
+        <v>120</v>
+      </c>
+      <c r="W19" s="18">
+        <v>112</v>
+      </c>
+      <c r="X19" s="18">
+        <v>112</v>
+      </c>
+      <c r="Y19" s="18">
+        <v>112</v>
+      </c>
+      <c r="Z19" s="18">
+        <v>112</v>
+      </c>
+      <c r="AA19" s="18">
+        <v>112</v>
+      </c>
+      <c r="AB19" s="18">
+        <v>112</v>
+      </c>
+      <c r="AC19" s="18">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="40"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="40"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="42"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="42"/>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41"/>
+      <c r="T20" s="44"/>
+      <c r="U20" s="41"/>
+      <c r="V20" s="42"/>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="41"/>
+      <c r="AA20" s="41"/>
+      <c r="AB20" s="41"/>
+      <c r="AC20" s="42"/>
+    </row>
+    <row r="21" spans="1:29" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="59" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="45">
+        <f t="shared" ref="B21:Q22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <v>4634</v>
+      </c>
+      <c r="C21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="D21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="E21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="F21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="G21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="H21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="I21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="J21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="K21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="L21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="M21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="N21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="O21" s="45">
+        <f t="shared" si="0"/>
+        <v>4620</v>
+      </c>
+      <c r="P21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="Q21" s="45">
+        <f t="shared" si="0"/>
+        <v>4634</v>
+      </c>
+      <c r="R21" s="45">
+        <f t="shared" ref="R21:AC22" si="1">SUM(R6+R9+R12+R15+R18)</f>
+        <v>4634</v>
+      </c>
+      <c r="S21" s="45">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="T21" s="45">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="U21" s="45">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="V21" s="45">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="W21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="X21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="Y21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="Z21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="AA21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="AB21" s="45">
+        <f t="shared" si="1"/>
+        <v>4620</v>
+      </c>
+      <c r="AC21" s="45">
+        <f t="shared" si="1"/>
+        <v>4410</v>
+      </c>
+    </row>
+    <row r="22" spans="1:29" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="C22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="D22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="E22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="F22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="G22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="H22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="I22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="J22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="K22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="L22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="M22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="N22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="O22" s="46">
+        <f t="shared" si="0"/>
+        <v>4124</v>
+      </c>
+      <c r="P22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="Q22" s="46">
+        <f t="shared" si="0"/>
+        <v>4140</v>
+      </c>
+      <c r="R22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="S22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="T22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="U22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="V22" s="46">
+        <f t="shared" si="1"/>
+        <v>4140</v>
+      </c>
+      <c r="W22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="X22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="Y22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="Z22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="AA22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="AB22" s="46">
+        <f t="shared" si="1"/>
+        <v>4124</v>
+      </c>
+      <c r="AC22" s="46">
+        <f t="shared" si="1"/>
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="23" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="49"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="49"/>
+      <c r="L23" s="49"/>
+      <c r="M23" s="49"/>
+      <c r="N23" s="49"/>
+      <c r="O23" s="49"/>
+      <c r="P23" s="49"/>
+      <c r="Q23" s="49"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+      <c r="U23" s="49"/>
+      <c r="X23" s="47"/>
+      <c r="Y23" s="48"/>
+      <c r="Z23" s="47"/>
+      <c r="AA23" s="48"/>
+      <c r="AB23" s="48"/>
+      <c r="AC23" s="48"/>
+    </row>
+    <row r="24" spans="1:29" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="50" t="s">
+        <v>2</v>
+      </c>
+      <c r="B24" s="87" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="89"/>
+      <c r="F24" s="87" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="89"/>
+      <c r="J24" s="87" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" s="90"/>
+      <c r="L24" s="90"/>
+      <c r="M24" s="91"/>
+      <c r="N24" s="87" t="s">
+        <v>36</v>
+      </c>
+      <c r="O24" s="88"/>
+      <c r="P24" s="88"/>
+      <c r="Q24" s="89"/>
+      <c r="T24" s="51" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="25" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="59" t="s">
+        <v>9</v>
+      </c>
+      <c r="B25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="C25" s="73"/>
+      <c r="D25" s="73"/>
+      <c r="E25" s="74"/>
+      <c r="F25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="G25" s="73"/>
+      <c r="H25" s="73"/>
+      <c r="I25" s="74"/>
+      <c r="J25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="K25" s="73"/>
+      <c r="L25" s="73"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="78" t="s">
+        <v>30</v>
+      </c>
+      <c r="O25" s="73"/>
+      <c r="P25" s="73"/>
+      <c r="Q25" s="74"/>
+      <c r="T25" s="52" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:29" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="76"/>
+      <c r="D26" s="76"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="76"/>
+      <c r="H26" s="76"/>
+      <c r="I26" s="77"/>
+      <c r="J26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="K26" s="76"/>
+      <c r="L26" s="76"/>
+      <c r="M26" s="77"/>
+      <c r="N26" s="79" t="s">
+        <v>30</v>
+      </c>
+      <c r="O26" s="76"/>
+      <c r="P26" s="76"/>
+      <c r="Q26" s="77"/>
+      <c r="T26" s="53" t="s">
+        <v>23</v>
+      </c>
+      <c r="W26" s="54"/>
+      <c r="X26" s="55"/>
+      <c r="Y26" s="54"/>
+      <c r="Z26" s="54"/>
+      <c r="AA26" s="54"/>
+      <c r="AB26" s="54"/>
+    </row>
+    <row r="27" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="56"/>
+      <c r="B27" s="56"/>
+      <c r="C27" s="57"/>
+      <c r="D27" s="57"/>
+      <c r="E27" s="58"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="57"/>
+      <c r="H27" s="57"/>
+      <c r="I27" s="58"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="57"/>
+      <c r="L27" s="57"/>
+      <c r="M27" s="58"/>
+      <c r="N27" s="56"/>
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
+      <c r="Q27" s="58"/>
+      <c r="T27" s="52" t="s">
+        <v>24</v>
+      </c>
+      <c r="V27" s="52"/>
+      <c r="X27" s="55"/>
+    </row>
+    <row r="28" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" s="72">
+        <v>100</v>
+      </c>
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="72">
+        <v>100</v>
+      </c>
+      <c r="G28" s="73"/>
+      <c r="H28" s="73"/>
+      <c r="I28" s="74"/>
+      <c r="J28" s="72">
+        <v>100</v>
+      </c>
+      <c r="K28" s="73"/>
+      <c r="L28" s="73"/>
+      <c r="M28" s="74"/>
+      <c r="N28" s="72">
+        <v>100</v>
+      </c>
+      <c r="O28" s="73"/>
+      <c r="P28" s="73"/>
+      <c r="Q28" s="74"/>
+      <c r="V28" s="55"/>
+      <c r="X28" s="55"/>
+    </row>
+    <row r="29" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="60" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="75">
+        <v>100</v>
+      </c>
+      <c r="C29" s="76"/>
+      <c r="D29" s="76"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="75">
+        <v>100</v>
+      </c>
+      <c r="G29" s="76"/>
+      <c r="H29" s="76"/>
+      <c r="I29" s="77"/>
+      <c r="J29" s="75">
+        <v>100</v>
+      </c>
+      <c r="K29" s="76"/>
+      <c r="L29" s="76"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="75">
+        <v>100</v>
+      </c>
+      <c r="O29" s="76"/>
+      <c r="P29" s="76"/>
+      <c r="Q29" s="77"/>
+      <c r="V29" s="55"/>
+    </row>
+    <row r="30" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="56"/>
+      <c r="B30" s="56"/>
+      <c r="C30" s="57"/>
+      <c r="D30" s="57"/>
+      <c r="E30" s="58"/>
+      <c r="F30" s="56"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="56"/>
+      <c r="K30" s="57"/>
+      <c r="L30" s="57"/>
+      <c r="M30" s="58"/>
+      <c r="N30" s="56"/>
+      <c r="O30" s="57"/>
+      <c r="P30" s="57"/>
+      <c r="Q30" s="58"/>
+      <c r="V30" s="52"/>
+    </row>
+    <row r="31" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="59" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="72">
+        <v>100</v>
+      </c>
+      <c r="C31" s="73"/>
+      <c r="D31" s="73"/>
+      <c r="E31" s="74"/>
+      <c r="F31" s="72">
+        <v>100</v>
+      </c>
+      <c r="G31" s="73"/>
+      <c r="H31" s="73"/>
+      <c r="I31" s="74"/>
+      <c r="J31" s="72">
+        <v>100</v>
+      </c>
+      <c r="K31" s="73"/>
+      <c r="L31" s="73"/>
+      <c r="M31" s="74"/>
+      <c r="N31" s="72">
+        <v>100</v>
+      </c>
+      <c r="O31" s="73"/>
+      <c r="P31" s="73"/>
+      <c r="Q31" s="74"/>
+      <c r="V31" s="55"/>
+    </row>
+    <row r="32" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="60" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="75">
+        <v>100</v>
+      </c>
+      <c r="C32" s="76"/>
+      <c r="D32" s="76"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="75">
+        <v>100</v>
+      </c>
+      <c r="G32" s="76"/>
+      <c r="H32" s="76"/>
+      <c r="I32" s="77"/>
+      <c r="J32" s="75">
+        <v>100</v>
+      </c>
+      <c r="K32" s="76"/>
+      <c r="L32" s="76"/>
+      <c r="M32" s="77"/>
+      <c r="N32" s="75">
+        <v>100</v>
+      </c>
+      <c r="O32" s="76"/>
+      <c r="P32" s="76"/>
+      <c r="Q32" s="77"/>
+    </row>
+    <row r="33" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="61"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="57"/>
+      <c r="D33" s="57"/>
+      <c r="E33" s="58"/>
+      <c r="F33" s="56"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="57"/>
+      <c r="I33" s="58"/>
+      <c r="J33" s="56"/>
+      <c r="K33" s="57"/>
+      <c r="L33" s="57"/>
+      <c r="M33" s="58"/>
+      <c r="N33" s="56"/>
+      <c r="O33" s="57"/>
+      <c r="P33" s="57"/>
+      <c r="Q33" s="58"/>
+    </row>
+    <row r="34" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="59" t="s">
+        <v>26</v>
+      </c>
+      <c r="B34" s="72">
+        <v>62</v>
+      </c>
+      <c r="C34" s="73"/>
+      <c r="D34" s="73"/>
+      <c r="E34" s="74"/>
+      <c r="F34" s="72">
+        <v>68</v>
+      </c>
+      <c r="G34" s="73"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="74"/>
+      <c r="J34" s="72">
+        <v>100</v>
+      </c>
+      <c r="K34" s="73"/>
+      <c r="L34" s="73"/>
+      <c r="M34" s="74"/>
+      <c r="N34" s="72">
+        <v>68</v>
+      </c>
+      <c r="O34" s="73"/>
+      <c r="P34" s="73"/>
+      <c r="Q34" s="74"/>
+    </row>
+    <row r="35" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="60" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="75">
+        <v>0</v>
+      </c>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="75">
+        <v>0</v>
+      </c>
+      <c r="G35" s="76"/>
+      <c r="H35" s="76"/>
+      <c r="I35" s="77"/>
+      <c r="J35" s="75">
+        <v>0</v>
+      </c>
+      <c r="K35" s="76"/>
+      <c r="L35" s="76"/>
+      <c r="M35" s="77"/>
+      <c r="N35" s="75">
+        <v>0</v>
+      </c>
+      <c r="O35" s="76"/>
+      <c r="P35" s="76"/>
+      <c r="Q35" s="77"/>
+    </row>
+    <row r="36" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="61"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="58"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="58"/>
+      <c r="J36" s="56"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="58"/>
+      <c r="N36" s="56"/>
+      <c r="O36" s="57"/>
+      <c r="P36" s="57"/>
+      <c r="Q36" s="58"/>
+    </row>
+    <row r="37" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B37" s="72">
+        <v>100</v>
+      </c>
+      <c r="C37" s="73"/>
+      <c r="D37" s="73"/>
+      <c r="E37" s="74"/>
+      <c r="F37" s="72">
+        <v>100</v>
+      </c>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="74"/>
+      <c r="J37" s="72">
+        <v>100</v>
+      </c>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="74"/>
+      <c r="N37" s="72">
+        <v>100</v>
+      </c>
+      <c r="O37" s="73"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="74"/>
+    </row>
+    <row r="38" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B38" s="75">
+        <v>100</v>
+      </c>
+      <c r="C38" s="76"/>
+      <c r="D38" s="76"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="75">
+        <v>107</v>
+      </c>
+      <c r="G38" s="76"/>
+      <c r="H38" s="76"/>
+      <c r="I38" s="77"/>
+      <c r="J38" s="75">
+        <v>100</v>
+      </c>
+      <c r="K38" s="76"/>
+      <c r="L38" s="76"/>
+      <c r="M38" s="77"/>
+      <c r="N38" s="75">
+        <v>100</v>
+      </c>
+      <c r="O38" s="76"/>
+      <c r="P38" s="76"/>
+      <c r="Q38" s="77"/>
+    </row>
+    <row r="39" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="56"/>
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="58"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="57"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="58"/>
+      <c r="N39" s="56"/>
+      <c r="O39" s="57"/>
+      <c r="P39" s="57"/>
+      <c r="Q39" s="58"/>
+    </row>
+    <row r="40" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="59" t="s">
+        <v>19</v>
+      </c>
+      <c r="B40" s="66">
+        <f>(B28+B31+B34+B37)/4</f>
+        <v>90.5</v>
+      </c>
+      <c r="C40" s="67"/>
+      <c r="D40" s="67"/>
+      <c r="E40" s="68"/>
+      <c r="F40" s="66">
+        <f>(F28+F31+F34+F37)/4</f>
+        <v>92</v>
+      </c>
+      <c r="G40" s="67"/>
+      <c r="H40" s="67"/>
+      <c r="I40" s="68"/>
+      <c r="J40" s="66">
+        <f>(J28+J31+J34+J37)/4</f>
+        <v>100</v>
+      </c>
+      <c r="K40" s="67"/>
+      <c r="L40" s="67"/>
+      <c r="M40" s="68"/>
+      <c r="N40" s="66">
+        <f>(N28+N31+N34+N37)/4</f>
+        <v>92</v>
+      </c>
+      <c r="O40" s="67"/>
+      <c r="P40" s="67"/>
+      <c r="Q40" s="68"/>
+    </row>
+    <row r="41" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="60" t="s">
+        <v>20</v>
+      </c>
+      <c r="B41" s="69">
+        <f>(B29+B32+B35+B38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="C41" s="70"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="71"/>
+      <c r="F41" s="69">
+        <f>(F29+F32+F35+F38)/4</f>
+        <v>76.75</v>
+      </c>
+      <c r="G41" s="70"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="71"/>
+      <c r="J41" s="69">
+        <f>(J29+J32+J35+J38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="K41" s="70"/>
+      <c r="L41" s="70"/>
+      <c r="M41" s="71"/>
+      <c r="N41" s="69">
+        <f>(N29+N32+N35+N38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="O41" s="70"/>
+      <c r="P41" s="70"/>
+      <c r="Q41" s="71"/>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="62">
+    <mergeCell ref="A1:AC1"/>
+    <mergeCell ref="A2:AC2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="I3:O3"/>
+    <mergeCell ref="P3:V3"/>
+    <mergeCell ref="W3:AC3"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="I4:O4"/>
+    <mergeCell ref="P4:V4"/>
+    <mergeCell ref="W4:AC4"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:AX44"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="AB32" sqref="AB32"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="16.85546875" customWidth="1"/>
+    <col min="2" max="43" width="8.7109375" customWidth="1"/>
+    <col min="264" max="264" width="16.85546875" customWidth="1"/>
+    <col min="265" max="299" width="8.7109375" customWidth="1"/>
+    <col min="520" max="520" width="16.85546875" customWidth="1"/>
+    <col min="521" max="555" width="8.7109375" customWidth="1"/>
+    <col min="776" max="776" width="16.85546875" customWidth="1"/>
+    <col min="777" max="811" width="8.7109375" customWidth="1"/>
+    <col min="1032" max="1032" width="16.85546875" customWidth="1"/>
+    <col min="1033" max="1067" width="8.7109375" customWidth="1"/>
+    <col min="1288" max="1288" width="16.85546875" customWidth="1"/>
+    <col min="1289" max="1323" width="8.7109375" customWidth="1"/>
+    <col min="1544" max="1544" width="16.85546875" customWidth="1"/>
+    <col min="1545" max="1579" width="8.7109375" customWidth="1"/>
+    <col min="1800" max="1800" width="16.85546875" customWidth="1"/>
+    <col min="1801" max="1835" width="8.7109375" customWidth="1"/>
+    <col min="2056" max="2056" width="16.85546875" customWidth="1"/>
+    <col min="2057" max="2091" width="8.7109375" customWidth="1"/>
+    <col min="2312" max="2312" width="16.85546875" customWidth="1"/>
+    <col min="2313" max="2347" width="8.7109375" customWidth="1"/>
+    <col min="2568" max="2568" width="16.85546875" customWidth="1"/>
+    <col min="2569" max="2603" width="8.7109375" customWidth="1"/>
+    <col min="2824" max="2824" width="16.85546875" customWidth="1"/>
+    <col min="2825" max="2859" width="8.7109375" customWidth="1"/>
+    <col min="3080" max="3080" width="16.85546875" customWidth="1"/>
+    <col min="3081" max="3115" width="8.7109375" customWidth="1"/>
+    <col min="3336" max="3336" width="16.85546875" customWidth="1"/>
+    <col min="3337" max="3371" width="8.7109375" customWidth="1"/>
+    <col min="3592" max="3592" width="16.85546875" customWidth="1"/>
+    <col min="3593" max="3627" width="8.7109375" customWidth="1"/>
+    <col min="3848" max="3848" width="16.85546875" customWidth="1"/>
+    <col min="3849" max="3883" width="8.7109375" customWidth="1"/>
+    <col min="4104" max="4104" width="16.85546875" customWidth="1"/>
+    <col min="4105" max="4139" width="8.7109375" customWidth="1"/>
+    <col min="4360" max="4360" width="16.85546875" customWidth="1"/>
+    <col min="4361" max="4395" width="8.7109375" customWidth="1"/>
+    <col min="4616" max="4616" width="16.85546875" customWidth="1"/>
+    <col min="4617" max="4651" width="8.7109375" customWidth="1"/>
+    <col min="4872" max="4872" width="16.85546875" customWidth="1"/>
+    <col min="4873" max="4907" width="8.7109375" customWidth="1"/>
+    <col min="5128" max="5128" width="16.85546875" customWidth="1"/>
+    <col min="5129" max="5163" width="8.7109375" customWidth="1"/>
+    <col min="5384" max="5384" width="16.85546875" customWidth="1"/>
+    <col min="5385" max="5419" width="8.7109375" customWidth="1"/>
+    <col min="5640" max="5640" width="16.85546875" customWidth="1"/>
+    <col min="5641" max="5675" width="8.7109375" customWidth="1"/>
+    <col min="5896" max="5896" width="16.85546875" customWidth="1"/>
+    <col min="5897" max="5931" width="8.7109375" customWidth="1"/>
+    <col min="6152" max="6152" width="16.85546875" customWidth="1"/>
+    <col min="6153" max="6187" width="8.7109375" customWidth="1"/>
+    <col min="6408" max="6408" width="16.85546875" customWidth="1"/>
+    <col min="6409" max="6443" width="8.7109375" customWidth="1"/>
+    <col min="6664" max="6664" width="16.85546875" customWidth="1"/>
+    <col min="6665" max="6699" width="8.7109375" customWidth="1"/>
+    <col min="6920" max="6920" width="16.85546875" customWidth="1"/>
+    <col min="6921" max="6955" width="8.7109375" customWidth="1"/>
+    <col min="7176" max="7176" width="16.85546875" customWidth="1"/>
+    <col min="7177" max="7211" width="8.7109375" customWidth="1"/>
+    <col min="7432" max="7432" width="16.85546875" customWidth="1"/>
+    <col min="7433" max="7467" width="8.7109375" customWidth="1"/>
+    <col min="7688" max="7688" width="16.85546875" customWidth="1"/>
+    <col min="7689" max="7723" width="8.7109375" customWidth="1"/>
+    <col min="7944" max="7944" width="16.85546875" customWidth="1"/>
+    <col min="7945" max="7979" width="8.7109375" customWidth="1"/>
+    <col min="8200" max="8200" width="16.85546875" customWidth="1"/>
+    <col min="8201" max="8235" width="8.7109375" customWidth="1"/>
+    <col min="8456" max="8456" width="16.85546875" customWidth="1"/>
+    <col min="8457" max="8491" width="8.7109375" customWidth="1"/>
+    <col min="8712" max="8712" width="16.85546875" customWidth="1"/>
+    <col min="8713" max="8747" width="8.7109375" customWidth="1"/>
+    <col min="8968" max="8968" width="16.85546875" customWidth="1"/>
+    <col min="8969" max="9003" width="8.7109375" customWidth="1"/>
+    <col min="9224" max="9224" width="16.85546875" customWidth="1"/>
+    <col min="9225" max="9259" width="8.7109375" customWidth="1"/>
+    <col min="9480" max="9480" width="16.85546875" customWidth="1"/>
+    <col min="9481" max="9515" width="8.7109375" customWidth="1"/>
+    <col min="9736" max="9736" width="16.85546875" customWidth="1"/>
+    <col min="9737" max="9771" width="8.7109375" customWidth="1"/>
+    <col min="9992" max="9992" width="16.85546875" customWidth="1"/>
+    <col min="9993" max="10027" width="8.7109375" customWidth="1"/>
+    <col min="10248" max="10248" width="16.85546875" customWidth="1"/>
+    <col min="10249" max="10283" width="8.7109375" customWidth="1"/>
+    <col min="10504" max="10504" width="16.85546875" customWidth="1"/>
+    <col min="10505" max="10539" width="8.7109375" customWidth="1"/>
+    <col min="10760" max="10760" width="16.85546875" customWidth="1"/>
+    <col min="10761" max="10795" width="8.7109375" customWidth="1"/>
+    <col min="11016" max="11016" width="16.85546875" customWidth="1"/>
+    <col min="11017" max="11051" width="8.7109375" customWidth="1"/>
+    <col min="11272" max="11272" width="16.85546875" customWidth="1"/>
+    <col min="11273" max="11307" width="8.7109375" customWidth="1"/>
+    <col min="11528" max="11528" width="16.85546875" customWidth="1"/>
+    <col min="11529" max="11563" width="8.7109375" customWidth="1"/>
+    <col min="11784" max="11784" width="16.85546875" customWidth="1"/>
+    <col min="11785" max="11819" width="8.7109375" customWidth="1"/>
+    <col min="12040" max="12040" width="16.85546875" customWidth="1"/>
+    <col min="12041" max="12075" width="8.7109375" customWidth="1"/>
+    <col min="12296" max="12296" width="16.85546875" customWidth="1"/>
+    <col min="12297" max="12331" width="8.7109375" customWidth="1"/>
+    <col min="12552" max="12552" width="16.85546875" customWidth="1"/>
+    <col min="12553" max="12587" width="8.7109375" customWidth="1"/>
+    <col min="12808" max="12808" width="16.85546875" customWidth="1"/>
+    <col min="12809" max="12843" width="8.7109375" customWidth="1"/>
+    <col min="13064" max="13064" width="16.85546875" customWidth="1"/>
+    <col min="13065" max="13099" width="8.7109375" customWidth="1"/>
+    <col min="13320" max="13320" width="16.85546875" customWidth="1"/>
+    <col min="13321" max="13355" width="8.7109375" customWidth="1"/>
+    <col min="13576" max="13576" width="16.85546875" customWidth="1"/>
+    <col min="13577" max="13611" width="8.7109375" customWidth="1"/>
+    <col min="13832" max="13832" width="16.85546875" customWidth="1"/>
+    <col min="13833" max="13867" width="8.7109375" customWidth="1"/>
+    <col min="14088" max="14088" width="16.85546875" customWidth="1"/>
+    <col min="14089" max="14123" width="8.7109375" customWidth="1"/>
+    <col min="14344" max="14344" width="16.85546875" customWidth="1"/>
+    <col min="14345" max="14379" width="8.7109375" customWidth="1"/>
+    <col min="14600" max="14600" width="16.85546875" customWidth="1"/>
+    <col min="14601" max="14635" width="8.7109375" customWidth="1"/>
+    <col min="14856" max="14856" width="16.85546875" customWidth="1"/>
+    <col min="14857" max="14891" width="8.7109375" customWidth="1"/>
+    <col min="15112" max="15112" width="16.85546875" customWidth="1"/>
+    <col min="15113" max="15147" width="8.7109375" customWidth="1"/>
+    <col min="15368" max="15368" width="16.85546875" customWidth="1"/>
+    <col min="15369" max="15403" width="8.7109375" customWidth="1"/>
+    <col min="15624" max="15624" width="16.85546875" customWidth="1"/>
+    <col min="15625" max="15659" width="8.7109375" customWidth="1"/>
+    <col min="15880" max="15880" width="16.85546875" customWidth="1"/>
+    <col min="15881" max="15915" width="8.7109375" customWidth="1"/>
+    <col min="16136" max="16136" width="16.85546875" customWidth="1"/>
+    <col min="16137" max="16171" width="8.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:43" x14ac:dyDescent="0.25">
+      <c r="A1" s="92" t="s">
+        <v>41</v>
+      </c>
+      <c r="B1" s="92"/>
+      <c r="C1" s="92"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
+      <c r="F1" s="92"/>
+      <c r="G1" s="92"/>
+      <c r="H1" s="92"/>
+      <c r="I1" s="92"/>
+      <c r="J1" s="92"/>
+      <c r="K1" s="92"/>
+      <c r="L1" s="92"/>
+      <c r="M1" s="92"/>
+      <c r="N1" s="92"/>
+      <c r="O1" s="92"/>
+      <c r="P1" s="92"/>
+      <c r="Q1" s="92"/>
+      <c r="R1" s="92"/>
+      <c r="S1" s="92"/>
+      <c r="T1" s="92"/>
+      <c r="U1" s="92"/>
+      <c r="V1" s="92"/>
+      <c r="W1" s="92"/>
+      <c r="X1" s="92"/>
+      <c r="Y1" s="92"/>
+      <c r="Z1" s="92"/>
+      <c r="AA1" s="92"/>
+      <c r="AB1" s="92"/>
+      <c r="AC1" s="92"/>
+      <c r="AD1" s="92"/>
+      <c r="AE1" s="92"/>
+      <c r="AF1" s="92"/>
+      <c r="AG1" s="92"/>
+      <c r="AH1" s="92"/>
+      <c r="AI1" s="92"/>
+      <c r="AJ1" s="92"/>
+      <c r="AK1" s="92"/>
+      <c r="AL1" s="92"/>
+      <c r="AM1" s="92"/>
+      <c r="AN1" s="92"/>
+      <c r="AO1" s="92"/>
+      <c r="AP1" s="92"/>
+      <c r="AQ1" s="92"/>
+    </row>
+    <row r="2" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="93" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" s="93"/>
+      <c r="C2" s="93"/>
+      <c r="D2" s="93"/>
+      <c r="E2" s="93"/>
+      <c r="F2" s="93"/>
+      <c r="G2" s="93"/>
+      <c r="H2" s="93"/>
+      <c r="I2" s="93"/>
+      <c r="J2" s="93"/>
+      <c r="K2" s="93"/>
+      <c r="L2" s="93"/>
+      <c r="M2" s="93"/>
+      <c r="N2" s="93"/>
+      <c r="O2" s="93"/>
+      <c r="P2" s="93"/>
+      <c r="Q2" s="93"/>
+      <c r="R2" s="93"/>
+      <c r="S2" s="93"/>
+      <c r="T2" s="93"/>
+      <c r="U2" s="93"/>
+      <c r="V2" s="93"/>
+      <c r="W2" s="93"/>
+      <c r="X2" s="93"/>
+      <c r="Y2" s="93"/>
+      <c r="Z2" s="93"/>
+      <c r="AA2" s="93"/>
+      <c r="AB2" s="93"/>
+      <c r="AC2" s="93"/>
+      <c r="AD2" s="93"/>
+      <c r="AE2" s="93"/>
+      <c r="AF2" s="93"/>
+      <c r="AG2" s="93"/>
+      <c r="AH2" s="93"/>
+      <c r="AI2" s="93"/>
+      <c r="AJ2" s="93"/>
+      <c r="AK2" s="93"/>
+      <c r="AL2" s="93"/>
+      <c r="AM2" s="93"/>
+      <c r="AN2" s="93"/>
+      <c r="AO2" s="93"/>
+      <c r="AP2" s="93"/>
+      <c r="AQ2" s="93"/>
+    </row>
+    <row r="3" spans="1:43" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="95"/>
+      <c r="F3" s="95"/>
+      <c r="G3" s="95"/>
+      <c r="H3" s="96"/>
+      <c r="I3" s="94" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" s="95"/>
+      <c r="K3" s="95"/>
+      <c r="L3" s="95"/>
+      <c r="M3" s="95"/>
+      <c r="N3" s="95"/>
+      <c r="O3" s="96"/>
+      <c r="P3" s="97" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q3" s="98"/>
+      <c r="R3" s="98"/>
+      <c r="S3" s="98"/>
+      <c r="T3" s="98"/>
+      <c r="U3" s="98"/>
+      <c r="V3" s="99"/>
+      <c r="W3" s="100" t="s">
+        <v>39</v>
+      </c>
+      <c r="X3" s="101"/>
+      <c r="Y3" s="101"/>
+      <c r="Z3" s="101"/>
+      <c r="AA3" s="101"/>
+      <c r="AB3" s="101"/>
+      <c r="AC3" s="101"/>
+      <c r="AD3" s="100" t="s">
+        <v>42</v>
+      </c>
+      <c r="AE3" s="101"/>
+      <c r="AF3" s="101"/>
+      <c r="AG3" s="101"/>
+      <c r="AH3" s="101"/>
+      <c r="AI3" s="101"/>
+      <c r="AJ3" s="102"/>
+      <c r="AK3" s="94" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL3" s="95"/>
+      <c r="AM3" s="95"/>
+      <c r="AN3" s="95"/>
+      <c r="AO3" s="95"/>
+      <c r="AP3" s="95"/>
+      <c r="AQ3" s="96"/>
+    </row>
+    <row r="4" spans="1:43" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="1"/>
+      <c r="B4" s="80"/>
+      <c r="C4" s="81"/>
+      <c r="D4" s="81"/>
+      <c r="E4" s="81"/>
+      <c r="F4" s="81"/>
+      <c r="G4" s="81"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="83"/>
+      <c r="J4" s="84"/>
+      <c r="K4" s="84"/>
+      <c r="L4" s="84"/>
+      <c r="M4" s="84"/>
+      <c r="N4" s="84"/>
+      <c r="O4" s="85"/>
+      <c r="P4" s="86"/>
+      <c r="Q4" s="84"/>
+      <c r="R4" s="84"/>
+      <c r="S4" s="84"/>
+      <c r="T4" s="84"/>
+      <c r="U4" s="84"/>
+      <c r="V4" s="85"/>
+      <c r="W4" s="86"/>
+      <c r="X4" s="84"/>
+      <c r="Y4" s="84"/>
+      <c r="Z4" s="84"/>
+      <c r="AA4" s="84"/>
+      <c r="AB4" s="84"/>
+      <c r="AC4" s="85"/>
+      <c r="AD4" s="86"/>
+      <c r="AE4" s="84"/>
+      <c r="AF4" s="84"/>
+      <c r="AG4" s="84"/>
+      <c r="AH4" s="84"/>
+      <c r="AI4" s="84"/>
+      <c r="AJ4" s="85"/>
+      <c r="AK4" s="80"/>
+      <c r="AL4" s="81"/>
+      <c r="AM4" s="81"/>
+      <c r="AN4" s="81"/>
+      <c r="AO4" s="81"/>
+      <c r="AP4" s="81"/>
+      <c r="AQ4" s="82"/>
+    </row>
+    <row r="5" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="3">
+        <v>23</v>
+      </c>
+      <c r="C5" s="4">
+        <v>24</v>
+      </c>
+      <c r="D5" s="3">
+        <v>25</v>
+      </c>
+      <c r="E5" s="4">
+        <v>26</v>
+      </c>
+      <c r="F5" s="3">
+        <v>27</v>
+      </c>
+      <c r="G5" s="5">
+        <v>28</v>
+      </c>
+      <c r="H5" s="6">
+        <v>1</v>
+      </c>
+      <c r="I5" s="3">
+        <v>2</v>
+      </c>
+      <c r="J5" s="7">
+        <v>3</v>
+      </c>
+      <c r="K5" s="3">
+        <v>4</v>
+      </c>
+      <c r="L5" s="7">
+        <v>5</v>
+      </c>
+      <c r="M5" s="3">
+        <v>6</v>
+      </c>
+      <c r="N5" s="7">
+        <v>7</v>
+      </c>
+      <c r="O5" s="3">
+        <v>8</v>
+      </c>
+      <c r="P5" s="8">
+        <v>9</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>10</v>
+      </c>
+      <c r="R5" s="9">
+        <v>11</v>
+      </c>
+      <c r="S5" s="3">
+        <v>12</v>
+      </c>
+      <c r="T5" s="8">
+        <v>13</v>
+      </c>
+      <c r="U5" s="4">
+        <v>14</v>
+      </c>
+      <c r="V5" s="3">
+        <v>15</v>
+      </c>
+      <c r="W5" s="10">
+        <v>16</v>
+      </c>
+      <c r="X5" s="3">
+        <v>17</v>
+      </c>
+      <c r="Y5" s="10">
+        <v>18</v>
+      </c>
+      <c r="Z5" s="3">
+        <v>19</v>
+      </c>
+      <c r="AA5" s="3">
+        <v>20</v>
+      </c>
+      <c r="AB5" s="3">
+        <v>21</v>
+      </c>
+      <c r="AC5" s="3">
+        <v>22</v>
+      </c>
+      <c r="AD5" s="10">
+        <v>23</v>
+      </c>
+      <c r="AE5" s="3">
+        <v>24</v>
+      </c>
+      <c r="AF5" s="10">
+        <v>25</v>
+      </c>
+      <c r="AG5" s="3">
+        <v>26</v>
+      </c>
+      <c r="AH5" s="10">
+        <v>27</v>
+      </c>
+      <c r="AI5" s="3">
+        <v>28</v>
+      </c>
+      <c r="AJ5" s="3">
+        <v>29</v>
+      </c>
+      <c r="AK5" s="10">
+        <v>30</v>
+      </c>
+      <c r="AL5" s="3">
+        <v>31</v>
+      </c>
+      <c r="AM5" s="4">
+        <v>1</v>
+      </c>
+      <c r="AN5" s="3">
+        <v>2</v>
+      </c>
+      <c r="AO5" s="4">
+        <v>3</v>
+      </c>
+      <c r="AP5" s="3">
+        <v>4</v>
+      </c>
+      <c r="AQ5" s="3">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="62" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="C6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="D6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="E6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="F6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="G6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="H6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="I6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="J6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="K6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="L6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="M6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="N6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="O6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="P6" s="13"/>
+      <c r="Q6" s="12"/>
+      <c r="R6" s="14"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="14"/>
+      <c r="U6" s="12"/>
+      <c r="V6" s="15"/>
+      <c r="W6" s="15"/>
+      <c r="X6" s="15"/>
+      <c r="Y6" s="15"/>
+      <c r="Z6" s="15"/>
+      <c r="AA6" s="15"/>
+      <c r="AB6" s="15"/>
+      <c r="AC6" s="15"/>
+      <c r="AD6" s="15"/>
+      <c r="AE6" s="15"/>
+      <c r="AF6" s="15"/>
+      <c r="AG6" s="15"/>
+      <c r="AH6" s="15"/>
+      <c r="AI6" s="15"/>
+      <c r="AJ6" s="15"/>
+      <c r="AK6" s="15"/>
+      <c r="AL6" s="15"/>
+      <c r="AM6" s="15"/>
+      <c r="AN6" s="15"/>
+      <c r="AO6" s="15"/>
+      <c r="AP6" s="15"/>
+      <c r="AQ6" s="12"/>
+    </row>
+    <row r="7" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="C7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="D7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="E7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="F7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="G7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="H7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="I7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="J7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="K7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="L7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="M7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="N7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="O7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="P7" s="19"/>
+      <c r="Q7" s="20"/>
+      <c r="R7" s="21"/>
+      <c r="S7" s="20"/>
+      <c r="T7" s="21"/>
+      <c r="U7" s="20"/>
+      <c r="V7" s="18"/>
+      <c r="W7" s="18"/>
+      <c r="X7" s="18"/>
+      <c r="Y7" s="18"/>
+      <c r="Z7" s="18"/>
+      <c r="AA7" s="18"/>
+      <c r="AB7" s="18"/>
+      <c r="AC7" s="18"/>
+      <c r="AD7" s="18"/>
+      <c r="AE7" s="18"/>
+      <c r="AF7" s="18"/>
+      <c r="AG7" s="18"/>
+      <c r="AH7" s="18"/>
+      <c r="AI7" s="18"/>
+      <c r="AJ7" s="18"/>
+      <c r="AK7" s="18"/>
+      <c r="AL7" s="21"/>
+      <c r="AM7" s="18"/>
+      <c r="AN7" s="21"/>
+      <c r="AO7" s="18"/>
+      <c r="AP7" s="22"/>
+      <c r="AQ7" s="18"/>
+    </row>
+    <row r="8" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="24"/>
+      <c r="B8" s="25"/>
+      <c r="C8" s="25"/>
+      <c r="D8" s="25"/>
+      <c r="E8" s="26"/>
+      <c r="F8" s="26"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="27"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="27"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="27"/>
+      <c r="O8" s="26"/>
+      <c r="P8" s="27"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="27"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="27"/>
+      <c r="U8" s="26"/>
+      <c r="V8" s="27"/>
+      <c r="W8" s="26"/>
+      <c r="X8" s="27"/>
+      <c r="Y8" s="26"/>
+      <c r="Z8" s="27"/>
+      <c r="AA8" s="26"/>
+      <c r="AB8" s="27"/>
+      <c r="AC8" s="26"/>
+      <c r="AD8" s="27"/>
+      <c r="AE8" s="26"/>
+      <c r="AF8" s="27"/>
+      <c r="AG8" s="26"/>
+      <c r="AH8" s="27"/>
+      <c r="AI8" s="26"/>
+      <c r="AJ8" s="26"/>
+      <c r="AK8" s="25"/>
+      <c r="AL8" s="25"/>
+      <c r="AM8" s="25"/>
+      <c r="AN8" s="25"/>
+      <c r="AO8" s="25"/>
+      <c r="AP8" s="25"/>
+      <c r="AQ8" s="26"/>
+    </row>
+    <row r="9" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="62" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="C9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="D9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="E9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="F9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="G9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="H9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="I9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="J9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="K9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="L9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="M9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="N9" s="28">
+        <v>1000</v>
+      </c>
+      <c r="O9" s="12">
+        <v>1000</v>
+      </c>
+      <c r="P9" s="14"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="14"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="14"/>
+      <c r="U9" s="12"/>
+      <c r="V9" s="15"/>
+      <c r="W9" s="15"/>
+      <c r="X9" s="15"/>
+      <c r="Y9" s="15"/>
+      <c r="Z9" s="15"/>
+      <c r="AA9" s="15"/>
+      <c r="AB9" s="15"/>
+      <c r="AC9" s="15"/>
+      <c r="AD9" s="15"/>
+      <c r="AE9" s="15"/>
+      <c r="AF9" s="15"/>
+      <c r="AG9" s="15"/>
+      <c r="AH9" s="15"/>
+      <c r="AI9" s="15"/>
+      <c r="AJ9" s="15"/>
+      <c r="AK9" s="15"/>
+      <c r="AL9" s="15"/>
+      <c r="AM9" s="15"/>
+      <c r="AN9" s="15"/>
+      <c r="AO9" s="15"/>
+      <c r="AP9" s="15"/>
+      <c r="AQ9" s="12"/>
+    </row>
+    <row r="10" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="30" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="C10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="D10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="E10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="F10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="G10" s="23">
+        <v>1000</v>
+      </c>
+      <c r="H10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="I10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="J10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="K10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="L10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="M10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="N10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="O10" s="31">
+        <v>1000</v>
+      </c>
+      <c r="P10" s="19"/>
+      <c r="Q10" s="20"/>
+      <c r="R10" s="21"/>
+      <c r="S10" s="20"/>
+      <c r="T10" s="21"/>
+      <c r="U10" s="20"/>
+      <c r="V10" s="18"/>
+      <c r="W10" s="64"/>
+      <c r="X10" s="18"/>
+      <c r="Y10" s="64"/>
+      <c r="Z10" s="18"/>
+      <c r="AA10" s="64"/>
+      <c r="AB10" s="18"/>
+      <c r="AC10" s="64"/>
+      <c r="AD10" s="18"/>
+      <c r="AE10" s="64"/>
+      <c r="AF10" s="18"/>
+      <c r="AG10" s="64"/>
+      <c r="AH10" s="18"/>
+      <c r="AI10" s="18"/>
+      <c r="AJ10" s="18"/>
+      <c r="AK10" s="21"/>
+      <c r="AL10" s="18"/>
+      <c r="AM10" s="18"/>
+      <c r="AN10" s="18"/>
+      <c r="AO10" s="18"/>
+      <c r="AP10" s="22"/>
+      <c r="AQ10" s="18"/>
+    </row>
+    <row r="11" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24"/>
+      <c r="B11" s="25"/>
+      <c r="C11" s="25"/>
+      <c r="D11" s="25"/>
+      <c r="E11" s="26"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
+      <c r="J11" s="27"/>
+      <c r="K11" s="26"/>
+      <c r="L11" s="27"/>
+      <c r="M11" s="26"/>
+      <c r="N11" s="27"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="27"/>
+      <c r="Q11" s="26"/>
+      <c r="R11" s="27"/>
+      <c r="S11" s="26"/>
+      <c r="T11" s="27"/>
+      <c r="U11" s="26"/>
+      <c r="V11" s="27"/>
+      <c r="W11" s="26"/>
+      <c r="X11" s="27"/>
+      <c r="Y11" s="26"/>
+      <c r="Z11" s="27"/>
+      <c r="AA11" s="26"/>
+      <c r="AB11" s="27"/>
+      <c r="AC11" s="26"/>
+      <c r="AD11" s="27"/>
+      <c r="AE11" s="26"/>
+      <c r="AF11" s="27"/>
+      <c r="AG11" s="26"/>
+      <c r="AH11" s="27"/>
+      <c r="AI11" s="26"/>
+      <c r="AJ11" s="27"/>
+      <c r="AK11" s="25"/>
+      <c r="AL11" s="25"/>
+      <c r="AM11" s="25"/>
+      <c r="AN11" s="25"/>
+      <c r="AO11" s="25"/>
+      <c r="AP11" s="25"/>
+      <c r="AQ11" s="26"/>
+    </row>
+    <row r="12" spans="1:43" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="C12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="D12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="E12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="F12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="G12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="H12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="I12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="J12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="K12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="L12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="M12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="N12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="O12" s="29">
+        <v>1900</v>
+      </c>
+      <c r="P12" s="13"/>
+      <c r="Q12" s="12"/>
+      <c r="R12" s="14"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="14"/>
+      <c r="U12" s="12"/>
+      <c r="V12" s="14"/>
+      <c r="W12" s="12"/>
+      <c r="X12" s="14"/>
+      <c r="Y12" s="12"/>
+      <c r="Z12" s="14"/>
+      <c r="AA12" s="12"/>
+      <c r="AB12" s="14"/>
+      <c r="AC12" s="12"/>
+      <c r="AD12" s="14"/>
+      <c r="AE12" s="12"/>
+      <c r="AF12" s="14"/>
+      <c r="AG12" s="12"/>
+      <c r="AH12" s="14"/>
+      <c r="AI12" s="12"/>
+      <c r="AJ12" s="14"/>
+      <c r="AK12" s="12"/>
+      <c r="AL12" s="14"/>
+      <c r="AM12" s="12"/>
+      <c r="AN12" s="14"/>
+      <c r="AO12" s="12"/>
+      <c r="AP12" s="12"/>
+      <c r="AQ12" s="12"/>
+    </row>
+    <row r="13" spans="1:43" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="63" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="C13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="D13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="E13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="F13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="G13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="H13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="I13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="J13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="K13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="L13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="M13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="N13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="O13" s="31">
+        <v>1900</v>
+      </c>
+      <c r="P13" s="19"/>
+      <c r="Q13" s="20"/>
+      <c r="R13" s="21"/>
+      <c r="S13" s="20"/>
+      <c r="T13" s="21"/>
+      <c r="U13" s="20"/>
+      <c r="V13" s="18"/>
+      <c r="W13" s="64"/>
+      <c r="X13" s="18"/>
+      <c r="Y13" s="64"/>
+      <c r="Z13" s="18"/>
+      <c r="AA13" s="64"/>
+      <c r="AB13" s="18"/>
+      <c r="AC13" s="64"/>
+      <c r="AD13" s="18"/>
+      <c r="AE13" s="64"/>
+      <c r="AF13" s="18"/>
+      <c r="AG13" s="64"/>
+      <c r="AH13" s="18"/>
+      <c r="AI13" s="64"/>
+      <c r="AJ13" s="18"/>
+      <c r="AK13" s="21"/>
+      <c r="AL13" s="18"/>
+      <c r="AM13" s="21"/>
+      <c r="AN13" s="18"/>
+      <c r="AO13" s="18"/>
+      <c r="AP13" s="22"/>
+      <c r="AQ13" s="18"/>
+    </row>
+    <row r="14" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="24"/>
+      <c r="B14" s="25"/>
+      <c r="C14" s="25"/>
+      <c r="D14" s="25"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="26"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="26"/>
+      <c r="N14" s="27"/>
+      <c r="O14" s="26"/>
+      <c r="P14" s="27"/>
+      <c r="Q14" s="26"/>
+      <c r="R14" s="27"/>
+      <c r="S14" s="26"/>
+      <c r="T14" s="27"/>
+      <c r="U14" s="26"/>
+      <c r="V14" s="27"/>
+      <c r="W14" s="26"/>
+      <c r="X14" s="26"/>
+      <c r="Y14" s="27"/>
+      <c r="Z14" s="26"/>
+      <c r="AA14" s="27"/>
+      <c r="AB14" s="26"/>
+      <c r="AC14" s="27"/>
+      <c r="AD14" s="26"/>
+      <c r="AE14" s="27"/>
+      <c r="AF14" s="26"/>
+      <c r="AG14" s="27"/>
+      <c r="AH14" s="26"/>
+      <c r="AI14" s="26"/>
+      <c r="AJ14" s="27"/>
+      <c r="AK14" s="25"/>
+      <c r="AL14" s="25"/>
+      <c r="AM14" s="25"/>
+      <c r="AN14" s="25"/>
+      <c r="AO14" s="25"/>
+      <c r="AP14" s="25"/>
+      <c r="AQ14" s="26"/>
+    </row>
+    <row r="15" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="35" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="12">
+        <v>360</v>
+      </c>
+      <c r="C15" s="12">
+        <v>360</v>
+      </c>
+      <c r="D15" s="12">
+        <v>360</v>
+      </c>
+      <c r="E15" s="12">
+        <v>360</v>
+      </c>
+      <c r="F15" s="12">
+        <v>360</v>
+      </c>
+      <c r="G15" s="12">
+        <v>360</v>
+      </c>
+      <c r="H15" s="12">
+        <v>225</v>
+      </c>
+      <c r="I15" s="12">
+        <v>352</v>
+      </c>
+      <c r="J15" s="12">
+        <v>352</v>
+      </c>
+      <c r="K15" s="12">
+        <v>352</v>
+      </c>
+      <c r="L15" s="12">
+        <v>352</v>
+      </c>
+      <c r="M15" s="12">
+        <v>352</v>
+      </c>
+      <c r="N15" s="12">
+        <v>352</v>
+      </c>
+      <c r="O15" s="12">
+        <v>352</v>
+      </c>
+      <c r="P15" s="12"/>
+      <c r="Q15" s="12"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="12"/>
+      <c r="T15" s="12"/>
+      <c r="U15" s="12"/>
+      <c r="V15" s="12"/>
+      <c r="W15" s="12"/>
+      <c r="X15" s="12"/>
+      <c r="Y15" s="12"/>
+      <c r="Z15" s="12"/>
+      <c r="AA15" s="12"/>
+      <c r="AB15" s="12"/>
+      <c r="AC15" s="12"/>
+      <c r="AD15" s="12"/>
+      <c r="AE15" s="12"/>
+      <c r="AF15" s="12"/>
+      <c r="AG15" s="12"/>
+      <c r="AH15" s="12"/>
+      <c r="AI15" s="12"/>
+      <c r="AJ15" s="12"/>
+      <c r="AK15" s="12"/>
+      <c r="AL15" s="12"/>
+      <c r="AM15" s="12"/>
+      <c r="AN15" s="12"/>
+      <c r="AO15" s="12"/>
+      <c r="AP15" s="12"/>
+      <c r="AQ15" s="12"/>
+    </row>
+    <row r="16" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" s="18">
+        <v>112</v>
+      </c>
+      <c r="C16" s="18">
+        <v>112</v>
+      </c>
+      <c r="D16" s="18">
+        <v>112</v>
+      </c>
+      <c r="E16" s="18">
+        <v>112</v>
+      </c>
+      <c r="F16" s="18">
+        <v>112</v>
+      </c>
+      <c r="G16" s="18">
+        <v>112</v>
+      </c>
+      <c r="H16" s="18">
+        <v>60</v>
+      </c>
+      <c r="I16" s="18">
+        <v>97</v>
+      </c>
+      <c r="J16" s="18">
+        <v>97</v>
+      </c>
+      <c r="K16" s="18">
+        <v>97</v>
+      </c>
+      <c r="L16" s="18">
+        <v>97</v>
+      </c>
+      <c r="M16" s="18">
+        <v>97</v>
+      </c>
+      <c r="N16" s="18">
+        <v>97</v>
+      </c>
+      <c r="O16" s="18">
+        <v>97</v>
+      </c>
+      <c r="P16" s="18"/>
+      <c r="Q16" s="18"/>
+      <c r="R16" s="18"/>
+      <c r="S16" s="18"/>
+      <c r="T16" s="18"/>
+      <c r="U16" s="18"/>
+      <c r="V16" s="18"/>
+      <c r="W16" s="18"/>
+      <c r="X16" s="18"/>
+      <c r="Y16" s="18"/>
+      <c r="Z16" s="18"/>
+      <c r="AA16" s="18"/>
+      <c r="AB16" s="18"/>
+      <c r="AC16" s="18"/>
+      <c r="AD16" s="18"/>
+      <c r="AE16" s="18"/>
+      <c r="AF16" s="18"/>
+      <c r="AG16" s="18"/>
+      <c r="AH16" s="18"/>
+      <c r="AI16" s="18"/>
+      <c r="AJ16" s="18"/>
+      <c r="AK16" s="18"/>
+      <c r="AL16" s="18"/>
+      <c r="AM16" s="18"/>
+      <c r="AN16" s="18"/>
+      <c r="AO16" s="18"/>
+      <c r="AP16" s="18"/>
+      <c r="AQ16" s="18"/>
+    </row>
+    <row r="17" spans="1:50" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="24"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="25"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="27"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="27"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="27"/>
+      <c r="O17" s="26"/>
+      <c r="P17" s="25"/>
+      <c r="Q17" s="26"/>
+      <c r="R17" s="27"/>
+      <c r="S17" s="26"/>
+      <c r="T17" s="27"/>
+      <c r="U17" s="26"/>
+      <c r="V17" s="37"/>
+      <c r="W17" s="27"/>
+      <c r="X17" s="26"/>
+      <c r="Y17" s="27"/>
+      <c r="Z17" s="26"/>
+      <c r="AA17" s="27"/>
+      <c r="AB17" s="26"/>
+      <c r="AC17" s="27"/>
+      <c r="AD17" s="26"/>
+      <c r="AE17" s="27"/>
+      <c r="AF17" s="26"/>
+      <c r="AG17" s="27"/>
+      <c r="AH17" s="26"/>
+      <c r="AI17" s="26"/>
+      <c r="AJ17" s="27"/>
+      <c r="AK17" s="25"/>
+      <c r="AL17" s="25"/>
+      <c r="AM17" s="25"/>
+      <c r="AN17" s="25"/>
+      <c r="AO17" s="25"/>
+      <c r="AP17" s="25"/>
+      <c r="AQ17" s="26"/>
+    </row>
+    <row r="18" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="35" t="s">
+        <v>17</v>
+      </c>
+      <c r="B18" s="12">
+        <v>360</v>
+      </c>
+      <c r="C18" s="12">
+        <v>360</v>
+      </c>
+      <c r="D18" s="12">
+        <v>360</v>
+      </c>
+      <c r="E18" s="12">
+        <v>360</v>
+      </c>
+      <c r="F18" s="12">
+        <v>360</v>
+      </c>
+      <c r="G18" s="12">
+        <v>360</v>
+      </c>
+      <c r="H18" s="12">
+        <v>225</v>
+      </c>
+      <c r="I18" s="12">
+        <v>352</v>
+      </c>
+      <c r="J18" s="12">
+        <v>352</v>
+      </c>
+      <c r="K18" s="12">
+        <v>352</v>
+      </c>
+      <c r="L18" s="12">
+        <v>352</v>
+      </c>
+      <c r="M18" s="12">
+        <v>352</v>
+      </c>
+      <c r="N18" s="12">
+        <v>352</v>
+      </c>
+      <c r="O18" s="12">
+        <v>352</v>
+      </c>
+      <c r="P18" s="12"/>
+      <c r="Q18" s="12"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="12"/>
+      <c r="U18" s="12"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="12"/>
+      <c r="X18" s="12"/>
+      <c r="Y18" s="12"/>
+      <c r="Z18" s="12"/>
+      <c r="AA18" s="12"/>
+      <c r="AB18" s="12"/>
+      <c r="AC18" s="12"/>
       <c r="AD18" s="12"/>
       <c r="AE18" s="12"/>
       <c r="AF18" s="12"/>
       <c r="AG18" s="12"/>
       <c r="AH18" s="12"/>
       <c r="AI18" s="12"/>
       <c r="AJ18" s="12"/>
-    </row>
-    <row r="19" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AK18" s="12"/>
+      <c r="AL18" s="12"/>
+      <c r="AM18" s="12"/>
+      <c r="AN18" s="12"/>
+      <c r="AO18" s="12"/>
+      <c r="AP18" s="12"/>
+      <c r="AQ18" s="12"/>
+    </row>
+    <row r="19" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="36" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="18">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="C19" s="18">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="D19" s="18">
-        <v>135</v>
+        <v>112</v>
       </c>
       <c r="E19" s="18">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="F19" s="18">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="G19" s="18">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="H19" s="18">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="I19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="J19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="K19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="L19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="M19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="N19" s="18">
-        <v>120</v>
+        <v>97</v>
       </c>
       <c r="O19" s="18">
-        <v>120</v>
-[...42 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="P19" s="18"/>
+      <c r="Q19" s="18"/>
+      <c r="R19" s="18"/>
+      <c r="S19" s="18"/>
+      <c r="T19" s="18"/>
+      <c r="U19" s="18"/>
+      <c r="V19" s="18"/>
+      <c r="W19" s="18"/>
+      <c r="X19" s="18"/>
+      <c r="Y19" s="18"/>
+      <c r="Z19" s="18"/>
+      <c r="AA19" s="18"/>
+      <c r="AB19" s="18"/>
+      <c r="AC19" s="18"/>
       <c r="AD19" s="18"/>
       <c r="AE19" s="18"/>
       <c r="AF19" s="18"/>
       <c r="AG19" s="18"/>
       <c r="AH19" s="18"/>
-      <c r="AI19" s="38"/>
+      <c r="AI19" s="18"/>
       <c r="AJ19" s="18"/>
-    </row>
-[...39 lines deleted...]
-      <c r="A21" s="11" t="s">
+      <c r="AK19" s="18"/>
+      <c r="AL19" s="18"/>
+      <c r="AM19" s="18"/>
+      <c r="AN19" s="18"/>
+      <c r="AO19" s="18"/>
+      <c r="AP19" s="18"/>
+      <c r="AQ19" s="18"/>
+    </row>
+    <row r="20" spans="1:50" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="38"/>
+      <c r="B20" s="39"/>
+      <c r="C20" s="40"/>
+      <c r="D20" s="40"/>
+      <c r="E20" s="40"/>
+      <c r="F20" s="40"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="42"/>
+      <c r="I20" s="43"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="42"/>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41"/>
+      <c r="T20" s="44"/>
+      <c r="U20" s="41"/>
+      <c r="V20" s="42"/>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="41"/>
+      <c r="Z20" s="41"/>
+      <c r="AA20" s="41"/>
+      <c r="AB20" s="41"/>
+      <c r="AC20" s="41"/>
+      <c r="AD20" s="65"/>
+      <c r="AE20" s="41"/>
+      <c r="AF20" s="41"/>
+      <c r="AG20" s="41"/>
+      <c r="AH20" s="41"/>
+      <c r="AI20" s="41"/>
+      <c r="AJ20" s="41"/>
+      <c r="AK20" s="65"/>
+      <c r="AL20" s="41"/>
+      <c r="AM20" s="41"/>
+      <c r="AN20" s="41"/>
+      <c r="AO20" s="41"/>
+      <c r="AP20" s="41"/>
+      <c r="AQ20" s="42"/>
+    </row>
+    <row r="21" spans="1:50" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B21" s="46">
-[...3 lines deleted...]
-      <c r="C21" s="46">
+      <c r="B21" s="45">
+        <f t="shared" ref="B21:O22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <v>4620</v>
+      </c>
+      <c r="C21" s="45">
         <f t="shared" si="0"/>
-        <v>4530</v>
-[...1 lines deleted...]
-      <c r="D21" s="46">
+        <v>4620</v>
+      </c>
+      <c r="D21" s="45">
         <f t="shared" si="0"/>
-        <v>4530</v>
-[...1 lines deleted...]
-      <c r="E21" s="46">
+        <v>4620</v>
+      </c>
+      <c r="E21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="F21" s="46">
+        <v>4620</v>
+      </c>
+      <c r="F21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="G21" s="46">
+        <v>4620</v>
+      </c>
+      <c r="G21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="H21" s="46">
+        <v>4620</v>
+      </c>
+      <c r="H21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="I21" s="46">
+        <v>4350</v>
+      </c>
+      <c r="I21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="J21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="J21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="K21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="K21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="L21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="L21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="M21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="M21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="N21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="N21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="O21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="O21" s="45">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="P21" s="46">
+        <v>4604</v>
+      </c>
+      <c r="P21" s="45"/>
+      <c r="Q21" s="45"/>
+      <c r="R21" s="45"/>
+      <c r="S21" s="45"/>
+      <c r="T21" s="45"/>
+      <c r="U21" s="45"/>
+      <c r="V21" s="45"/>
+      <c r="W21" s="45"/>
+      <c r="X21" s="45"/>
+      <c r="Y21" s="45"/>
+      <c r="Z21" s="45"/>
+      <c r="AA21" s="45"/>
+      <c r="AB21" s="45"/>
+      <c r="AC21" s="45"/>
+      <c r="AD21" s="45"/>
+      <c r="AE21" s="45"/>
+      <c r="AF21" s="45"/>
+      <c r="AG21" s="45"/>
+      <c r="AH21" s="45"/>
+      <c r="AI21" s="45"/>
+      <c r="AJ21" s="45"/>
+      <c r="AK21" s="45"/>
+      <c r="AL21" s="45"/>
+      <c r="AM21" s="45"/>
+      <c r="AN21" s="45"/>
+      <c r="AO21" s="45"/>
+      <c r="AP21" s="45"/>
+      <c r="AQ21" s="45"/>
+    </row>
+    <row r="22" spans="1:50" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="63" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="46">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...1 lines deleted...]
-      <c r="Q21" s="46">
+        <v>4124</v>
+      </c>
+      <c r="C22" s="46">
         <f t="shared" si="0"/>
-        <v>4434</v>
-[...61 lines deleted...]
-      <c r="B22" s="47">
+        <v>4124</v>
+      </c>
+      <c r="D22" s="46">
         <f t="shared" si="0"/>
-        <v>4170</v>
-[...1 lines deleted...]
-      <c r="C22" s="47">
+        <v>4124</v>
+      </c>
+      <c r="E22" s="46">
         <f t="shared" si="0"/>
-        <v>4170</v>
-[...1 lines deleted...]
-      <c r="D22" s="47">
+        <v>4124</v>
+      </c>
+      <c r="F22" s="46">
         <f t="shared" si="0"/>
-        <v>4170</v>
-[...1 lines deleted...]
-      <c r="E22" s="47">
+        <v>4124</v>
+      </c>
+      <c r="G22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="F22" s="47">
+        <v>4124</v>
+      </c>
+      <c r="H22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="G22" s="47">
+        <v>4020</v>
+      </c>
+      <c r="I22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="H22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="J22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="I22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="K22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="J22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="L22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="K22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="M22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="L22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="N22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...1 lines deleted...]
-      <c r="M22" s="47">
+        <v>4094</v>
+      </c>
+      <c r="O22" s="46">
         <f t="shared" si="0"/>
-        <v>4140</v>
-[...102 lines deleted...]
-      <c r="A24" s="51" t="s">
+        <v>4094</v>
+      </c>
+      <c r="P22" s="46"/>
+      <c r="Q22" s="46"/>
+      <c r="R22" s="46"/>
+      <c r="S22" s="46"/>
+      <c r="T22" s="46"/>
+      <c r="U22" s="46"/>
+      <c r="V22" s="46"/>
+      <c r="W22" s="46"/>
+      <c r="X22" s="46"/>
+      <c r="Y22" s="46"/>
+      <c r="Z22" s="46"/>
+      <c r="AA22" s="46"/>
+      <c r="AB22" s="46"/>
+      <c r="AC22" s="46"/>
+      <c r="AD22" s="46"/>
+      <c r="AE22" s="46"/>
+      <c r="AF22" s="46"/>
+      <c r="AG22" s="46"/>
+      <c r="AH22" s="46"/>
+      <c r="AI22" s="46"/>
+      <c r="AJ22" s="46"/>
+      <c r="AK22" s="46"/>
+      <c r="AL22" s="46"/>
+      <c r="AM22" s="46"/>
+      <c r="AN22" s="46"/>
+      <c r="AO22" s="46"/>
+      <c r="AP22" s="46"/>
+      <c r="AQ22" s="46"/>
+    </row>
+    <row r="23" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="47"/>
+      <c r="C23" s="47"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="49"/>
+      <c r="G23" s="49"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="49"/>
+      <c r="J23" s="49"/>
+      <c r="K23" s="49"/>
+      <c r="L23" s="49"/>
+      <c r="M23" s="49"/>
+      <c r="N23" s="49"/>
+      <c r="O23" s="49"/>
+      <c r="P23" s="49"/>
+      <c r="Q23" s="49"/>
+      <c r="R23" s="49"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+      <c r="U23" s="49"/>
+      <c r="AL23" s="47"/>
+      <c r="AM23" s="48"/>
+      <c r="AN23" s="47"/>
+      <c r="AO23" s="48"/>
+      <c r="AP23" s="48"/>
+      <c r="AQ23" s="48"/>
+    </row>
+    <row r="24" spans="1:50" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="68" t="s">
-[...29 lines deleted...]
-      <c r="X24" s="52" t="s">
+      <c r="B24" s="87" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="89"/>
+      <c r="F24" s="87" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="89"/>
+      <c r="J24" s="87" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" s="90"/>
+      <c r="L24" s="90"/>
+      <c r="M24" s="91"/>
+      <c r="N24" s="87" t="s">
+        <v>39</v>
+      </c>
+      <c r="O24" s="90"/>
+      <c r="P24" s="90"/>
+      <c r="Q24" s="90"/>
+      <c r="R24" s="87" t="s">
+        <v>39</v>
+      </c>
+      <c r="S24" s="90"/>
+      <c r="T24" s="90"/>
+      <c r="U24" s="91"/>
+      <c r="V24" s="87" t="s">
+        <v>36</v>
+      </c>
+      <c r="W24" s="88"/>
+      <c r="X24" s="88"/>
+      <c r="Y24" s="89"/>
+      <c r="AB24" s="51" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="25" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="11" t="s">
+    <row r="25" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="83" t="s">
+      <c r="B25" s="78" t="s">
         <v>30</v>
       </c>
-      <c r="C25" s="84"/>
-[...2 lines deleted...]
-      <c r="F25" s="83" t="s">
+      <c r="C25" s="73"/>
+      <c r="D25" s="73"/>
+      <c r="E25" s="74"/>
+      <c r="F25" s="78"/>
+      <c r="G25" s="73"/>
+      <c r="H25" s="73"/>
+      <c r="I25" s="74"/>
+      <c r="J25" s="78"/>
+      <c r="K25" s="73"/>
+      <c r="L25" s="73"/>
+      <c r="M25" s="74"/>
+      <c r="N25" s="72"/>
+      <c r="O25" s="73"/>
+      <c r="P25" s="73"/>
+      <c r="Q25" s="74"/>
+      <c r="R25" s="72"/>
+      <c r="S25" s="73"/>
+      <c r="T25" s="73"/>
+      <c r="U25" s="74"/>
+      <c r="V25" s="78"/>
+      <c r="W25" s="73"/>
+      <c r="X25" s="73"/>
+      <c r="Y25" s="74"/>
+      <c r="AB25" s="52" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:50" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="79" t="s">
         <v>30</v>
       </c>
-      <c r="G25" s="84"/>
-[...50 lines deleted...]
-      <c r="X26" s="54" t="s">
+      <c r="C26" s="76"/>
+      <c r="D26" s="76"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="79"/>
+      <c r="G26" s="76"/>
+      <c r="H26" s="76"/>
+      <c r="I26" s="77"/>
+      <c r="J26" s="79"/>
+      <c r="K26" s="76"/>
+      <c r="L26" s="76"/>
+      <c r="M26" s="77"/>
+      <c r="N26" s="75"/>
+      <c r="O26" s="76"/>
+      <c r="P26" s="76"/>
+      <c r="Q26" s="77"/>
+      <c r="R26" s="75"/>
+      <c r="S26" s="76"/>
+      <c r="T26" s="76"/>
+      <c r="U26" s="77"/>
+      <c r="V26" s="79"/>
+      <c r="W26" s="76"/>
+      <c r="X26" s="76"/>
+      <c r="Y26" s="77"/>
+      <c r="AB26" s="53" t="s">
         <v>23</v>
       </c>
-      <c r="AA26" s="55"/>
-[...26 lines deleted...]
-      <c r="M27" s="59"/>
+      <c r="AS26" s="54"/>
+      <c r="AT26" s="55"/>
+      <c r="AU26" s="54"/>
+      <c r="AV26" s="54"/>
+      <c r="AW26" s="54"/>
+      <c r="AX26" s="54"/>
+    </row>
+    <row r="27" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="56"/>
+      <c r="B27" s="56"/>
+      <c r="C27" s="57"/>
+      <c r="D27" s="57"/>
+      <c r="E27" s="58"/>
+      <c r="F27" s="56"/>
+      <c r="G27" s="57"/>
+      <c r="H27" s="57"/>
+      <c r="I27" s="58"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="57"/>
+      <c r="L27" s="57"/>
+      <c r="M27" s="58"/>
       <c r="N27" s="57"/>
-      <c r="O27" s="58"/>
-[...6 lines deleted...]
-      <c r="X27" s="53" t="s">
+      <c r="O27" s="57"/>
+      <c r="P27" s="57"/>
+      <c r="Q27" s="57"/>
+      <c r="R27" s="56"/>
+      <c r="S27" s="57"/>
+      <c r="T27" s="57"/>
+      <c r="U27" s="57"/>
+      <c r="V27" s="56"/>
+      <c r="W27" s="57"/>
+      <c r="X27" s="57"/>
+      <c r="Y27" s="58"/>
+      <c r="AB27" s="52" t="s">
         <v>24</v>
       </c>
-      <c r="Z27" s="53"/>
-[...4 lines deleted...]
-      <c r="A28" s="11" t="s">
+      <c r="AD27" s="52"/>
+      <c r="AE27" s="52"/>
+      <c r="AF27" s="52"/>
+      <c r="AG27" s="52"/>
+      <c r="AH27" s="52"/>
+      <c r="AI27" s="52"/>
+      <c r="AJ27" s="52"/>
+      <c r="AK27" s="52"/>
+      <c r="AL27" s="52"/>
+      <c r="AM27" s="52"/>
+      <c r="AN27" s="52"/>
+      <c r="AO27" s="52"/>
+      <c r="AP27" s="52"/>
+      <c r="AQ27" s="52"/>
+      <c r="AR27" s="52"/>
+      <c r="AT27" s="55"/>
+    </row>
+    <row r="28" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="87">
+      <c r="B28" s="72">
         <v>100</v>
       </c>
-      <c r="C28" s="84"/>
-[...2 lines deleted...]
-      <c r="F28" s="87">
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="74"/>
+      <c r="F28" s="72"/>
+      <c r="G28" s="73"/>
+      <c r="H28" s="73"/>
+      <c r="I28" s="74"/>
+      <c r="J28" s="72"/>
+      <c r="K28" s="73"/>
+      <c r="L28" s="73"/>
+      <c r="M28" s="74"/>
+      <c r="N28" s="72"/>
+      <c r="O28" s="73"/>
+      <c r="P28" s="73"/>
+      <c r="Q28" s="74"/>
+      <c r="R28" s="72"/>
+      <c r="S28" s="73"/>
+      <c r="T28" s="73"/>
+      <c r="U28" s="74"/>
+      <c r="V28" s="72"/>
+      <c r="W28" s="73"/>
+      <c r="X28" s="73"/>
+      <c r="Y28" s="74"/>
+      <c r="AD28" s="55"/>
+      <c r="AE28" s="55"/>
+      <c r="AF28" s="55"/>
+      <c r="AG28" s="55"/>
+      <c r="AH28" s="55"/>
+      <c r="AI28" s="55"/>
+      <c r="AJ28" s="55"/>
+      <c r="AK28" s="55"/>
+      <c r="AL28" s="55"/>
+      <c r="AM28" s="55"/>
+      <c r="AN28" s="55"/>
+      <c r="AO28" s="55"/>
+      <c r="AP28" s="55"/>
+      <c r="AQ28" s="55"/>
+      <c r="AR28" s="55"/>
+      <c r="AT28" s="55"/>
+    </row>
+    <row r="29" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="63" t="s">
+        <v>12</v>
+      </c>
+      <c r="B29" s="75">
         <v>100</v>
       </c>
-      <c r="G28" s="84"/>
-[...2 lines deleted...]
-      <c r="J28" s="87">
+      <c r="C29" s="76"/>
+      <c r="D29" s="76"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="75"/>
+      <c r="G29" s="76"/>
+      <c r="H29" s="76"/>
+      <c r="I29" s="77"/>
+      <c r="J29" s="75"/>
+      <c r="K29" s="76"/>
+      <c r="L29" s="76"/>
+      <c r="M29" s="77"/>
+      <c r="N29" s="75"/>
+      <c r="O29" s="76"/>
+      <c r="P29" s="76"/>
+      <c r="Q29" s="77"/>
+      <c r="R29" s="75"/>
+      <c r="S29" s="76"/>
+      <c r="T29" s="76"/>
+      <c r="U29" s="77"/>
+      <c r="V29" s="75"/>
+      <c r="W29" s="76"/>
+      <c r="X29" s="76"/>
+      <c r="Y29" s="77"/>
+      <c r="AD29" s="55"/>
+      <c r="AE29" s="55"/>
+      <c r="AF29" s="55"/>
+      <c r="AG29" s="55"/>
+      <c r="AH29" s="55"/>
+      <c r="AI29" s="55"/>
+      <c r="AJ29" s="55"/>
+      <c r="AK29" s="55"/>
+      <c r="AL29" s="55"/>
+      <c r="AM29" s="55"/>
+      <c r="AN29" s="55"/>
+      <c r="AO29" s="55"/>
+      <c r="AP29" s="55"/>
+      <c r="AQ29" s="55"/>
+      <c r="AR29" s="55"/>
+    </row>
+    <row r="30" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="56"/>
+      <c r="B30" s="56"/>
+      <c r="C30" s="57"/>
+      <c r="D30" s="57"/>
+      <c r="E30" s="58"/>
+      <c r="F30" s="56"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="56"/>
+      <c r="K30" s="57"/>
+      <c r="L30" s="57"/>
+      <c r="M30" s="58"/>
+      <c r="N30" s="57"/>
+      <c r="O30" s="57"/>
+      <c r="P30" s="57"/>
+      <c r="Q30" s="57"/>
+      <c r="R30" s="56"/>
+      <c r="S30" s="57"/>
+      <c r="T30" s="57"/>
+      <c r="U30" s="57"/>
+      <c r="V30" s="56"/>
+      <c r="W30" s="57"/>
+      <c r="X30" s="57"/>
+      <c r="Y30" s="58"/>
+      <c r="AD30" s="52"/>
+      <c r="AE30" s="52"/>
+      <c r="AF30" s="52"/>
+      <c r="AG30" s="52"/>
+      <c r="AH30" s="52"/>
+      <c r="AI30" s="52"/>
+      <c r="AJ30" s="52"/>
+      <c r="AK30" s="52"/>
+      <c r="AL30" s="52"/>
+      <c r="AM30" s="52"/>
+      <c r="AN30" s="52"/>
+      <c r="AO30" s="52"/>
+      <c r="AP30" s="52"/>
+      <c r="AQ30" s="52"/>
+      <c r="AR30" s="52"/>
+    </row>
+    <row r="31" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="62" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" s="72">
         <v>100</v>
       </c>
-      <c r="K28" s="84"/>
-[...18 lines deleted...]
-      <c r="B29" s="86">
+      <c r="C31" s="73"/>
+      <c r="D31" s="73"/>
+      <c r="E31" s="74"/>
+      <c r="F31" s="72"/>
+      <c r="G31" s="73"/>
+      <c r="H31" s="73"/>
+      <c r="I31" s="74"/>
+      <c r="J31" s="72"/>
+      <c r="K31" s="73"/>
+      <c r="L31" s="73"/>
+      <c r="M31" s="74"/>
+      <c r="N31" s="72"/>
+      <c r="O31" s="73"/>
+      <c r="P31" s="73"/>
+      <c r="Q31" s="74"/>
+      <c r="R31" s="72"/>
+      <c r="S31" s="73"/>
+      <c r="T31" s="73"/>
+      <c r="U31" s="74"/>
+      <c r="V31" s="72"/>
+      <c r="W31" s="73"/>
+      <c r="X31" s="73"/>
+      <c r="Y31" s="74"/>
+      <c r="AD31" s="55"/>
+      <c r="AE31" s="55"/>
+      <c r="AF31" s="55"/>
+      <c r="AG31" s="55"/>
+      <c r="AH31" s="55"/>
+      <c r="AI31" s="55"/>
+      <c r="AJ31" s="55"/>
+      <c r="AK31" s="55"/>
+      <c r="AL31" s="55"/>
+      <c r="AM31" s="55"/>
+      <c r="AN31" s="55"/>
+      <c r="AO31" s="55"/>
+      <c r="AP31" s="55"/>
+      <c r="AQ31" s="55"/>
+      <c r="AR31" s="55"/>
+    </row>
+    <row r="32" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="63" t="s">
+        <v>25</v>
+      </c>
+      <c r="B32" s="75">
         <v>100</v>
       </c>
-      <c r="C29" s="81"/>
-[...125 lines deleted...]
-      <c r="M33" s="59"/>
+      <c r="C32" s="76"/>
+      <c r="D32" s="76"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="75"/>
+      <c r="G32" s="76"/>
+      <c r="H32" s="76"/>
+      <c r="I32" s="77"/>
+      <c r="J32" s="75"/>
+      <c r="K32" s="76"/>
+      <c r="L32" s="76"/>
+      <c r="M32" s="77"/>
+      <c r="N32" s="75"/>
+      <c r="O32" s="76"/>
+      <c r="P32" s="76"/>
+      <c r="Q32" s="77"/>
+      <c r="R32" s="75"/>
+      <c r="S32" s="76"/>
+      <c r="T32" s="76"/>
+      <c r="U32" s="77"/>
+      <c r="V32" s="75"/>
+      <c r="W32" s="76"/>
+      <c r="X32" s="76"/>
+      <c r="Y32" s="77"/>
+    </row>
+    <row r="33" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="61"/>
+      <c r="B33" s="57"/>
+      <c r="C33" s="57"/>
+      <c r="D33" s="57"/>
+      <c r="E33" s="58"/>
+      <c r="F33" s="56"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="57"/>
+      <c r="I33" s="58"/>
+      <c r="J33" s="56"/>
+      <c r="K33" s="57"/>
+      <c r="L33" s="57"/>
+      <c r="M33" s="58"/>
       <c r="N33" s="57"/>
-      <c r="O33" s="58"/>
-[...8 lines deleted...]
-      <c r="A34" s="11" t="s">
+      <c r="O33" s="57"/>
+      <c r="P33" s="57"/>
+      <c r="Q33" s="57"/>
+      <c r="R33" s="56"/>
+      <c r="S33" s="57"/>
+      <c r="T33" s="57"/>
+      <c r="U33" s="57"/>
+      <c r="V33" s="56"/>
+      <c r="W33" s="57"/>
+      <c r="X33" s="57"/>
+      <c r="Y33" s="58"/>
+    </row>
+    <row r="34" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="87">
-[...27 lines deleted...]
-      <c r="A35" s="17" t="s">
+      <c r="B34" s="72">
+        <v>68</v>
+      </c>
+      <c r="C34" s="73"/>
+      <c r="D34" s="73"/>
+      <c r="E34" s="74"/>
+      <c r="F34" s="72"/>
+      <c r="G34" s="73"/>
+      <c r="H34" s="73"/>
+      <c r="I34" s="74"/>
+      <c r="J34" s="72"/>
+      <c r="K34" s="73"/>
+      <c r="L34" s="73"/>
+      <c r="M34" s="74"/>
+      <c r="N34" s="72"/>
+      <c r="O34" s="73"/>
+      <c r="P34" s="73"/>
+      <c r="Q34" s="74"/>
+      <c r="R34" s="72"/>
+      <c r="S34" s="73"/>
+      <c r="T34" s="73"/>
+      <c r="U34" s="74"/>
+      <c r="V34" s="72"/>
+      <c r="W34" s="73"/>
+      <c r="X34" s="73"/>
+      <c r="Y34" s="74"/>
+    </row>
+    <row r="35" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="B35" s="86">
+      <c r="B35" s="75">
         <v>0</v>
       </c>
-      <c r="C35" s="81"/>
-[...36 lines deleted...]
-      <c r="M36" s="59"/>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="75"/>
+      <c r="G35" s="76"/>
+      <c r="H35" s="76"/>
+      <c r="I35" s="77"/>
+      <c r="J35" s="75"/>
+      <c r="K35" s="76"/>
+      <c r="L35" s="76"/>
+      <c r="M35" s="77"/>
+      <c r="N35" s="75"/>
+      <c r="O35" s="76"/>
+      <c r="P35" s="76"/>
+      <c r="Q35" s="77"/>
+      <c r="R35" s="75"/>
+      <c r="S35" s="76"/>
+      <c r="T35" s="76"/>
+      <c r="U35" s="77"/>
+      <c r="V35" s="75"/>
+      <c r="W35" s="76"/>
+      <c r="X35" s="76"/>
+      <c r="Y35" s="77"/>
+    </row>
+    <row r="36" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="61"/>
+      <c r="B36" s="57"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="58"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="58"/>
+      <c r="J36" s="56"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="57"/>
+      <c r="M36" s="58"/>
       <c r="N36" s="57"/>
-      <c r="O36" s="58"/>
-[...7 lines deleted...]
-    <row r="37" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="O36" s="57"/>
+      <c r="P36" s="57"/>
+      <c r="Q36" s="57"/>
+      <c r="R36" s="56"/>
+      <c r="S36" s="57"/>
+      <c r="T36" s="57"/>
+      <c r="U36" s="57"/>
+      <c r="V36" s="56"/>
+      <c r="W36" s="57"/>
+      <c r="X36" s="57"/>
+      <c r="Y36" s="58"/>
+    </row>
+    <row r="37" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="87">
-[...5 lines deleted...]
-      <c r="F37" s="87">
+      <c r="B37" s="72">
         <v>100</v>
       </c>
-      <c r="G37" s="84"/>
-[...17 lines deleted...]
-    <row r="38" spans="1:21" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="C37" s="73"/>
+      <c r="D37" s="73"/>
+      <c r="E37" s="74"/>
+      <c r="F37" s="72"/>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="74"/>
+      <c r="J37" s="72"/>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="74"/>
+      <c r="N37" s="72"/>
+      <c r="O37" s="73"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="74"/>
+      <c r="R37" s="72"/>
+      <c r="S37" s="73"/>
+      <c r="T37" s="73"/>
+      <c r="U37" s="74"/>
+      <c r="V37" s="72"/>
+      <c r="W37" s="73"/>
+      <c r="X37" s="73"/>
+      <c r="Y37" s="74"/>
+    </row>
+    <row r="38" spans="1:25" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="86">
+      <c r="B38" s="75">
         <v>100</v>
       </c>
-      <c r="C38" s="81"/>
-[...36 lines deleted...]
-      <c r="M39" s="59"/>
+      <c r="C38" s="76"/>
+      <c r="D38" s="76"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="75"/>
+      <c r="G38" s="76"/>
+      <c r="H38" s="76"/>
+      <c r="I38" s="77"/>
+      <c r="J38" s="75"/>
+      <c r="K38" s="76"/>
+      <c r="L38" s="76"/>
+      <c r="M38" s="77"/>
+      <c r="N38" s="75"/>
+      <c r="O38" s="76"/>
+      <c r="P38" s="76"/>
+      <c r="Q38" s="77"/>
+      <c r="R38" s="75"/>
+      <c r="S38" s="76"/>
+      <c r="T38" s="76"/>
+      <c r="U38" s="77"/>
+      <c r="V38" s="75"/>
+      <c r="W38" s="76"/>
+      <c r="X38" s="76"/>
+      <c r="Y38" s="77"/>
+    </row>
+    <row r="39" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="56"/>
+      <c r="B39" s="56"/>
+      <c r="C39" s="57"/>
+      <c r="D39" s="57"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="56"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="58"/>
+      <c r="J39" s="56"/>
+      <c r="K39" s="57"/>
+      <c r="L39" s="57"/>
+      <c r="M39" s="58"/>
       <c r="N39" s="57"/>
-      <c r="O39" s="58"/>
-[...8 lines deleted...]
-      <c r="A40" s="11" t="s">
+      <c r="O39" s="57"/>
+      <c r="P39" s="57"/>
+      <c r="Q39" s="57"/>
+      <c r="R39" s="56"/>
+      <c r="S39" s="57"/>
+      <c r="T39" s="57"/>
+      <c r="U39" s="57"/>
+      <c r="V39" s="56"/>
+      <c r="W39" s="57"/>
+      <c r="X39" s="57"/>
+      <c r="Y39" s="58"/>
+    </row>
+    <row r="40" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="91">
+      <c r="B40" s="66">
         <f>(B28+B31+B34+B37)/4</f>
-        <v>90.25</v>
-[...28 lines deleted...]
-      <c r="A41" s="17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C40" s="67"/>
+      <c r="D40" s="67"/>
+      <c r="E40" s="68"/>
+      <c r="F40" s="66"/>
+      <c r="G40" s="67"/>
+      <c r="H40" s="67"/>
+      <c r="I40" s="68"/>
+      <c r="J40" s="66"/>
+      <c r="K40" s="67"/>
+      <c r="L40" s="67"/>
+      <c r="M40" s="68"/>
+      <c r="N40" s="66"/>
+      <c r="O40" s="67"/>
+      <c r="P40" s="67"/>
+      <c r="Q40" s="68"/>
+      <c r="R40" s="66"/>
+      <c r="S40" s="67"/>
+      <c r="T40" s="67"/>
+      <c r="U40" s="68"/>
+      <c r="V40" s="66"/>
+      <c r="W40" s="67"/>
+      <c r="X40" s="67"/>
+      <c r="Y40" s="68"/>
+    </row>
+    <row r="41" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="88">
+      <c r="B41" s="69">
         <f>(B29+B32+B35+B38)/4</f>
         <v>75</v>
       </c>
-      <c r="C41" s="89"/>
-[...25 lines deleted...]
-    <row r="44" spans="1:21" x14ac:dyDescent="0.25">
+      <c r="C41" s="70"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="71"/>
+      <c r="F41" s="69"/>
+      <c r="G41" s="70"/>
+      <c r="H41" s="70"/>
+      <c r="I41" s="71"/>
+      <c r="J41" s="69"/>
+      <c r="K41" s="70"/>
+      <c r="L41" s="70"/>
+      <c r="M41" s="71"/>
+      <c r="N41" s="69"/>
+      <c r="O41" s="70"/>
+      <c r="P41" s="70"/>
+      <c r="Q41" s="71"/>
+      <c r="R41" s="69"/>
+      <c r="S41" s="70"/>
+      <c r="T41" s="70"/>
+      <c r="U41" s="71"/>
+      <c r="V41" s="69"/>
+      <c r="W41" s="70"/>
+      <c r="X41" s="70"/>
+      <c r="Y41" s="71"/>
+    </row>
+    <row r="44" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="77">
+  <mergeCells count="92">
+    <mergeCell ref="A1:AQ1"/>
+    <mergeCell ref="A2:AQ2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="I3:O3"/>
+    <mergeCell ref="P3:V3"/>
+    <mergeCell ref="AK3:AQ3"/>
+    <mergeCell ref="W3:AC3"/>
+    <mergeCell ref="AD3:AJ3"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="I4:O4"/>
+    <mergeCell ref="P4:V4"/>
+    <mergeCell ref="AK4:AQ4"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="V24:Y24"/>
+    <mergeCell ref="W4:AC4"/>
+    <mergeCell ref="AD4:AJ4"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="V25:Y25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="V26:Y26"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="V28:Y28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="V29:Y29"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="V31:Y31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="V32:Y32"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="V34:Y34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="V35:Y35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="V41:Y41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="N29:Q29"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="F40:I40"/>
     <mergeCell ref="J40:M40"/>
+    <mergeCell ref="V40:Y40"/>
     <mergeCell ref="N40:Q40"/>
-    <mergeCell ref="R40:U40"/>
-[...4 lines deleted...]
-    <mergeCell ref="R41:U41"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="F37:I37"/>
     <mergeCell ref="J37:M37"/>
-    <mergeCell ref="N37:Q37"/>
-    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="V37:Y37"/>
     <mergeCell ref="B38:E38"/>
     <mergeCell ref="F38:I38"/>
     <mergeCell ref="J38:M38"/>
+    <mergeCell ref="V38:Y38"/>
     <mergeCell ref="N38:Q38"/>
-    <mergeCell ref="R38:U38"/>
-[...47 lines deleted...]
-    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="N37:Q37"/>
     <mergeCell ref="N24:Q24"/>
     <mergeCell ref="R24:U24"/>
-    <mergeCell ref="A1:AJ1"/>
-[...5 lines deleted...]
-    <mergeCell ref="AD3:AJ3"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="R25:U25"/>
+    <mergeCell ref="R41:U41"/>
+    <mergeCell ref="R40:U40"/>
+    <mergeCell ref="R38:U38"/>
+    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="R35:U35"/>
+    <mergeCell ref="R34:U34"/>
+    <mergeCell ref="R32:U32"/>
+    <mergeCell ref="R31:U31"/>
+    <mergeCell ref="R29:U29"/>
+    <mergeCell ref="R28:U28"/>
+    <mergeCell ref="R26:U26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>January 2026</vt:lpstr>
+      <vt:lpstr>February 2026</vt:lpstr>
+      <vt:lpstr>March 2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CNTEE Transelectrica</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Valeria ANDRONESCU</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>