--- v3 (2026-02-28)
+++ v4 (2026-03-20)
@@ -17,50 +17,101 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="480" yWindow="105" windowWidth="27795" windowHeight="12600" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="January 2026" sheetId="1" r:id="rId1"/>
     <sheet name="February 2026" sheetId="2" r:id="rId2"/>
     <sheet name="March 2026" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="N41" i="3" l="1"/>
+  <c r="N40" i="3"/>
+  <c r="AD22" i="3" l="1"/>
+  <c r="AE22" i="3"/>
+  <c r="AF22" i="3"/>
+  <c r="AG22" i="3"/>
+  <c r="AH22" i="3"/>
+  <c r="AI22" i="3"/>
+  <c r="AJ22" i="3"/>
+  <c r="AD21" i="3"/>
+  <c r="AE21" i="3"/>
+  <c r="AF21" i="3"/>
+  <c r="AG21" i="3"/>
+  <c r="AH21" i="3"/>
+  <c r="AI21" i="3"/>
+  <c r="AJ21" i="3"/>
+  <c r="J40" i="3" l="1"/>
+  <c r="J41" i="3"/>
+  <c r="J32" i="3"/>
+  <c r="J31" i="3"/>
+  <c r="W21" i="3" l="1"/>
+  <c r="X21" i="3"/>
+  <c r="Y21" i="3"/>
+  <c r="Z21" i="3"/>
+  <c r="AA21" i="3"/>
+  <c r="AB21" i="3"/>
+  <c r="AC21" i="3"/>
+  <c r="W22" i="3"/>
+  <c r="X22" i="3"/>
+  <c r="Y22" i="3"/>
+  <c r="Z22" i="3"/>
+  <c r="AA22" i="3"/>
+  <c r="AB22" i="3"/>
+  <c r="AC22" i="3"/>
+  <c r="J34" i="3"/>
+  <c r="P22" i="3" l="1"/>
+  <c r="Q22" i="3"/>
+  <c r="R22" i="3"/>
+  <c r="S22" i="3"/>
+  <c r="T22" i="3"/>
+  <c r="U22" i="3"/>
+  <c r="V22" i="3"/>
+  <c r="P21" i="3"/>
+  <c r="Q21" i="3"/>
+  <c r="R21" i="3"/>
+  <c r="S21" i="3"/>
+  <c r="T21" i="3"/>
+  <c r="U21" i="3"/>
+  <c r="V21" i="3"/>
+  <c r="F41" i="3"/>
+  <c r="F40" i="3"/>
   <c r="B41" i="3" l="1"/>
   <c r="B40" i="3"/>
   <c r="N41" i="2"/>
   <c r="N40" i="2"/>
   <c r="I22" i="3"/>
   <c r="J22" i="3"/>
   <c r="K22" i="3"/>
   <c r="L22" i="3"/>
   <c r="M22" i="3"/>
   <c r="N22" i="3"/>
   <c r="O22" i="3"/>
   <c r="I21" i="3"/>
   <c r="J21" i="3"/>
   <c r="K21" i="3"/>
   <c r="L21" i="3"/>
   <c r="M21" i="3"/>
   <c r="N21" i="3"/>
   <c r="O21" i="3"/>
   <c r="H22" i="3" l="1"/>
   <c r="G22" i="3"/>
   <c r="F22" i="3"/>
   <c r="E22" i="3"/>
   <c r="D22" i="3"/>
   <c r="C22" i="3"/>
   <c r="B22" i="3"/>
@@ -195,51 +246,51 @@
   <c r="H22" i="1"/>
   <c r="G22" i="1"/>
   <c r="F22" i="1"/>
   <c r="E22" i="1"/>
   <c r="D22" i="1"/>
   <c r="C22" i="1"/>
   <c r="B22" i="1"/>
   <c r="O21" i="1"/>
   <c r="N21" i="1"/>
   <c r="M21" i="1"/>
   <c r="L21" i="1"/>
   <c r="K21" i="1"/>
   <c r="J21" i="1"/>
   <c r="I21" i="1"/>
   <c r="H21" i="1"/>
   <c r="G21" i="1"/>
   <c r="F21" i="1"/>
   <c r="E21" i="1"/>
   <c r="D21" i="1"/>
   <c r="C21" i="1"/>
   <c r="B21" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="44">
   <si>
     <t>Prognoza valorilor NTC saptamanale ianuarie 2026 [MW]</t>
   </si>
   <si>
     <t>Forecast of weekly NTC values January 2026 [MW]</t>
   </si>
   <si>
     <t>Saptamana  Week</t>
   </si>
   <si>
     <t>29.12.2025-04.01.2026</t>
   </si>
   <si>
     <t>05-11.01</t>
   </si>
   <si>
     <t>12-18.01</t>
   </si>
   <si>
     <t>19-25.12</t>
   </si>
   <si>
     <t>26.01-01.02</t>
   </si>
   <si>
@@ -333,51 +384,51 @@
     <t>02-08.03</t>
   </si>
   <si>
     <t>09-15.03</t>
   </si>
   <si>
     <t>16-22.03</t>
   </si>
   <si>
     <t>Forecast of weekly NTC values March 2026 [MW]</t>
   </si>
   <si>
     <t>Prognoza valorilor NTC saptamanale martie 2026 [MW]</t>
   </si>
   <si>
     <t>23-29.03</t>
   </si>
   <si>
     <t>30.03-05.04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -463,96 +514,112 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="27"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
@@ -750,55 +817,107 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="125">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -935,160 +1054,226 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="6" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="19" fillId="6" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...91 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -1502,216 +1687,216 @@
     <col min="13569" max="13569" width="16.85546875" customWidth="1"/>
     <col min="13570" max="13604" width="8.7109375" customWidth="1"/>
     <col min="13825" max="13825" width="16.85546875" customWidth="1"/>
     <col min="13826" max="13860" width="8.7109375" customWidth="1"/>
     <col min="14081" max="14081" width="16.85546875" customWidth="1"/>
     <col min="14082" max="14116" width="8.7109375" customWidth="1"/>
     <col min="14337" max="14337" width="16.85546875" customWidth="1"/>
     <col min="14338" max="14372" width="8.7109375" customWidth="1"/>
     <col min="14593" max="14593" width="16.85546875" customWidth="1"/>
     <col min="14594" max="14628" width="8.7109375" customWidth="1"/>
     <col min="14849" max="14849" width="16.85546875" customWidth="1"/>
     <col min="14850" max="14884" width="8.7109375" customWidth="1"/>
     <col min="15105" max="15105" width="16.85546875" customWidth="1"/>
     <col min="15106" max="15140" width="8.7109375" customWidth="1"/>
     <col min="15361" max="15361" width="16.85546875" customWidth="1"/>
     <col min="15362" max="15396" width="8.7109375" customWidth="1"/>
     <col min="15617" max="15617" width="16.85546875" customWidth="1"/>
     <col min="15618" max="15652" width="8.7109375" customWidth="1"/>
     <col min="15873" max="15873" width="16.85546875" customWidth="1"/>
     <col min="15874" max="15908" width="8.7109375" customWidth="1"/>
     <col min="16129" max="16129" width="16.85546875" customWidth="1"/>
     <col min="16130" max="16164" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" x14ac:dyDescent="0.25">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="85" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="92"/>
-[...33 lines deleted...]
-      <c r="AJ1" s="92"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="85"/>
+      <c r="N1" s="85"/>
+      <c r="O1" s="85"/>
+      <c r="P1" s="85"/>
+      <c r="Q1" s="85"/>
+      <c r="R1" s="85"/>
+      <c r="S1" s="85"/>
+      <c r="T1" s="85"/>
+      <c r="U1" s="85"/>
+      <c r="V1" s="85"/>
+      <c r="W1" s="85"/>
+      <c r="X1" s="85"/>
+      <c r="Y1" s="85"/>
+      <c r="Z1" s="85"/>
+      <c r="AA1" s="85"/>
+      <c r="AB1" s="85"/>
+      <c r="AC1" s="85"/>
+      <c r="AD1" s="85"/>
+      <c r="AE1" s="85"/>
+      <c r="AF1" s="85"/>
+      <c r="AG1" s="85"/>
+      <c r="AH1" s="85"/>
+      <c r="AI1" s="85"/>
+      <c r="AJ1" s="85"/>
     </row>
     <row r="2" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="93" t="s">
+      <c r="A2" s="86" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="93"/>
-[...33 lines deleted...]
-      <c r="AJ2" s="93"/>
+      <c r="B2" s="86"/>
+      <c r="C2" s="86"/>
+      <c r="D2" s="86"/>
+      <c r="E2" s="86"/>
+      <c r="F2" s="86"/>
+      <c r="G2" s="86"/>
+      <c r="H2" s="86"/>
+      <c r="I2" s="86"/>
+      <c r="J2" s="86"/>
+      <c r="K2" s="86"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="86"/>
+      <c r="O2" s="86"/>
+      <c r="P2" s="86"/>
+      <c r="Q2" s="86"/>
+      <c r="R2" s="86"/>
+      <c r="S2" s="86"/>
+      <c r="T2" s="86"/>
+      <c r="U2" s="86"/>
+      <c r="V2" s="86"/>
+      <c r="W2" s="86"/>
+      <c r="X2" s="86"/>
+      <c r="Y2" s="86"/>
+      <c r="Z2" s="86"/>
+      <c r="AA2" s="86"/>
+      <c r="AB2" s="86"/>
+      <c r="AC2" s="86"/>
+      <c r="AD2" s="86"/>
+      <c r="AE2" s="86"/>
+      <c r="AF2" s="86"/>
+      <c r="AG2" s="86"/>
+      <c r="AH2" s="86"/>
+      <c r="AI2" s="86"/>
+      <c r="AJ2" s="86"/>
     </row>
     <row r="3" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="94" t="s">
+      <c r="B3" s="87" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="95"/>
-[...5 lines deleted...]
-      <c r="I3" s="94" t="s">
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
+      <c r="G3" s="88"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="J3" s="95"/>
-[...5 lines deleted...]
-      <c r="P3" s="97" t="s">
+      <c r="J3" s="88"/>
+      <c r="K3" s="88"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="89"/>
+      <c r="P3" s="90" t="s">
         <v>5</v>
       </c>
-      <c r="Q3" s="98"/>
-[...5 lines deleted...]
-      <c r="W3" s="95" t="s">
+      <c r="Q3" s="91"/>
+      <c r="R3" s="91"/>
+      <c r="S3" s="91"/>
+      <c r="T3" s="91"/>
+      <c r="U3" s="91"/>
+      <c r="V3" s="92"/>
+      <c r="W3" s="88" t="s">
         <v>6</v>
       </c>
-      <c r="X3" s="95"/>
-[...5 lines deleted...]
-      <c r="AD3" s="94" t="s">
+      <c r="X3" s="88"/>
+      <c r="Y3" s="88"/>
+      <c r="Z3" s="88"/>
+      <c r="AA3" s="88"/>
+      <c r="AB3" s="88"/>
+      <c r="AC3" s="88"/>
+      <c r="AD3" s="87" t="s">
         <v>7</v>
       </c>
-      <c r="AE3" s="95"/>
-[...4 lines deleted...]
-      <c r="AJ3" s="96"/>
+      <c r="AE3" s="88"/>
+      <c r="AF3" s="88"/>
+      <c r="AG3" s="88"/>
+      <c r="AH3" s="88"/>
+      <c r="AI3" s="88"/>
+      <c r="AJ3" s="89"/>
     </row>
     <row r="4" spans="1:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="B4" s="80"/>
-[...33 lines deleted...]
-      <c r="AJ4" s="82"/>
+      <c r="B4" s="98"/>
+      <c r="C4" s="99"/>
+      <c r="D4" s="99"/>
+      <c r="E4" s="99"/>
+      <c r="F4" s="99"/>
+      <c r="G4" s="99"/>
+      <c r="H4" s="100"/>
+      <c r="I4" s="101"/>
+      <c r="J4" s="102"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="102"/>
+      <c r="M4" s="102"/>
+      <c r="N4" s="102"/>
+      <c r="O4" s="103"/>
+      <c r="P4" s="104"/>
+      <c r="Q4" s="102"/>
+      <c r="R4" s="102"/>
+      <c r="S4" s="102"/>
+      <c r="T4" s="102"/>
+      <c r="U4" s="102"/>
+      <c r="V4" s="103"/>
+      <c r="W4" s="99"/>
+      <c r="X4" s="99"/>
+      <c r="Y4" s="99"/>
+      <c r="Z4" s="99"/>
+      <c r="AA4" s="99"/>
+      <c r="AB4" s="99"/>
+      <c r="AC4" s="99"/>
+      <c r="AD4" s="98"/>
+      <c r="AE4" s="99"/>
+      <c r="AF4" s="99"/>
+      <c r="AG4" s="99"/>
+      <c r="AH4" s="99"/>
+      <c r="AI4" s="99"/>
+      <c r="AJ4" s="100"/>
     </row>
     <row r="5" spans="1:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3">
         <v>29</v>
       </c>
       <c r="C5" s="4">
         <v>30</v>
       </c>
       <c r="D5" s="3">
         <v>31</v>
       </c>
       <c r="E5" s="4">
         <v>1</v>
       </c>
       <c r="F5" s="3">
         <v>2</v>
       </c>
       <c r="G5" s="5">
         <v>3</v>
       </c>
       <c r="H5" s="6">
         <v>4</v>
@@ -3391,745 +3576,745 @@
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
       <c r="K23" s="49"/>
       <c r="L23" s="49"/>
       <c r="M23" s="49"/>
       <c r="N23" s="49"/>
       <c r="O23" s="49"/>
       <c r="P23" s="49"/>
       <c r="Q23" s="49"/>
       <c r="R23" s="49"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
       <c r="U23" s="49"/>
       <c r="X23" s="47"/>
       <c r="Y23" s="48"/>
       <c r="Z23" s="47"/>
       <c r="AA23" s="48"/>
       <c r="AB23" s="48"/>
       <c r="AC23" s="48"/>
     </row>
     <row r="24" spans="1:39" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="87" t="s">
+      <c r="B24" s="93" t="s">
         <v>3</v>
       </c>
-      <c r="C24" s="88"/>
-[...2 lines deleted...]
-      <c r="F24" s="87" t="s">
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="95"/>
+      <c r="F24" s="93" t="s">
         <v>4</v>
       </c>
-      <c r="G24" s="88"/>
-[...2 lines deleted...]
-      <c r="J24" s="87" t="s">
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="95"/>
+      <c r="J24" s="93" t="s">
         <v>5</v>
       </c>
-      <c r="K24" s="90"/>
-[...2 lines deleted...]
-      <c r="N24" s="87" t="s">
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="97"/>
+      <c r="N24" s="93" t="s">
         <v>6</v>
       </c>
-      <c r="O24" s="88"/>
-[...2 lines deleted...]
-      <c r="R24" s="87" t="s">
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="95"/>
+      <c r="R24" s="93" t="s">
         <v>7</v>
       </c>
-      <c r="S24" s="88"/>
-[...1 lines deleted...]
-      <c r="U24" s="89"/>
+      <c r="S24" s="94"/>
+      <c r="T24" s="94"/>
+      <c r="U24" s="95"/>
       <c r="X24" s="51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="78" t="s">
+      <c r="B25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="C25" s="73"/>
-[...2 lines deleted...]
-      <c r="F25" s="78" t="s">
+      <c r="C25" s="109"/>
+      <c r="D25" s="109"/>
+      <c r="E25" s="110"/>
+      <c r="F25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="G25" s="73"/>
-[...2 lines deleted...]
-      <c r="J25" s="78" t="s">
+      <c r="G25" s="109"/>
+      <c r="H25" s="109"/>
+      <c r="I25" s="110"/>
+      <c r="J25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="K25" s="73"/>
-[...2 lines deleted...]
-      <c r="N25" s="78" t="s">
+      <c r="K25" s="109"/>
+      <c r="L25" s="109"/>
+      <c r="M25" s="110"/>
+      <c r="N25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="O25" s="73"/>
-[...2 lines deleted...]
-      <c r="R25" s="78" t="s">
+      <c r="O25" s="109"/>
+      <c r="P25" s="109"/>
+      <c r="Q25" s="110"/>
+      <c r="R25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="S25" s="73"/>
-[...1 lines deleted...]
-      <c r="U25" s="74"/>
+      <c r="S25" s="109"/>
+      <c r="T25" s="109"/>
+      <c r="U25" s="110"/>
       <c r="X25" s="52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:39" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="B26" s="79" t="s">
+      <c r="B26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="C26" s="76"/>
-[...2 lines deleted...]
-      <c r="F26" s="79" t="s">
+      <c r="C26" s="106"/>
+      <c r="D26" s="106"/>
+      <c r="E26" s="107"/>
+      <c r="F26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="G26" s="76"/>
-[...2 lines deleted...]
-      <c r="J26" s="79" t="s">
+      <c r="G26" s="106"/>
+      <c r="H26" s="106"/>
+      <c r="I26" s="107"/>
+      <c r="J26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="K26" s="76"/>
-[...2 lines deleted...]
-      <c r="N26" s="79" t="s">
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="107"/>
+      <c r="N26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="O26" s="76"/>
-[...2 lines deleted...]
-      <c r="R26" s="79" t="s">
+      <c r="O26" s="106"/>
+      <c r="P26" s="106"/>
+      <c r="Q26" s="107"/>
+      <c r="R26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="S26" s="76"/>
-[...1 lines deleted...]
-      <c r="U26" s="77"/>
+      <c r="S26" s="106"/>
+      <c r="T26" s="106"/>
+      <c r="U26" s="107"/>
       <c r="X26" s="53" t="s">
         <v>23</v>
       </c>
       <c r="AA26" s="54"/>
       <c r="AB26" s="55"/>
       <c r="AC26" s="54"/>
       <c r="AD26" s="55"/>
       <c r="AE26" s="54"/>
       <c r="AF26" s="54"/>
       <c r="AG26" s="54"/>
       <c r="AH26" s="54"/>
       <c r="AI26" s="54"/>
       <c r="AJ26" s="54"/>
       <c r="AK26" s="54"/>
       <c r="AL26" s="54"/>
       <c r="AM26" s="54"/>
     </row>
     <row r="27" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="56"/>
       <c r="B27" s="56"/>
       <c r="C27" s="57"/>
       <c r="D27" s="57"/>
       <c r="E27" s="58"/>
       <c r="F27" s="56"/>
       <c r="G27" s="57"/>
       <c r="H27" s="57"/>
       <c r="I27" s="58"/>
       <c r="J27" s="56"/>
       <c r="K27" s="57"/>
       <c r="L27" s="57"/>
       <c r="M27" s="58"/>
       <c r="N27" s="56"/>
       <c r="O27" s="57"/>
       <c r="P27" s="57"/>
       <c r="Q27" s="58"/>
       <c r="R27" s="56"/>
       <c r="S27" s="57"/>
       <c r="T27" s="57"/>
       <c r="U27" s="58"/>
       <c r="X27" s="52" t="s">
         <v>24</v>
       </c>
       <c r="Z27" s="52"/>
       <c r="AB27" s="55"/>
       <c r="AD27" s="54"/>
     </row>
     <row r="28" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="72">
+      <c r="B28" s="112">
         <v>100</v>
       </c>
-      <c r="C28" s="73"/>
-[...2 lines deleted...]
-      <c r="F28" s="72">
+      <c r="C28" s="109"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="110"/>
+      <c r="F28" s="112">
         <v>100</v>
       </c>
-      <c r="G28" s="73"/>
-[...2 lines deleted...]
-      <c r="J28" s="72">
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="110"/>
+      <c r="J28" s="112">
         <v>100</v>
       </c>
-      <c r="K28" s="73"/>
-[...2 lines deleted...]
-      <c r="N28" s="72">
+      <c r="K28" s="109"/>
+      <c r="L28" s="109"/>
+      <c r="M28" s="110"/>
+      <c r="N28" s="112">
         <v>100</v>
       </c>
-      <c r="O28" s="73"/>
-[...2 lines deleted...]
-      <c r="R28" s="72">
+      <c r="O28" s="109"/>
+      <c r="P28" s="109"/>
+      <c r="Q28" s="110"/>
+      <c r="R28" s="112">
         <v>100</v>
       </c>
-      <c r="S28" s="73"/>
-[...1 lines deleted...]
-      <c r="U28" s="74"/>
+      <c r="S28" s="109"/>
+      <c r="T28" s="109"/>
+      <c r="U28" s="110"/>
       <c r="Z28" s="55"/>
       <c r="AB28" s="55"/>
       <c r="AD28" s="55"/>
     </row>
     <row r="29" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="B29" s="75">
+      <c r="B29" s="111">
         <v>100</v>
       </c>
-      <c r="C29" s="76"/>
-[...2 lines deleted...]
-      <c r="F29" s="75">
+      <c r="C29" s="106"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="107"/>
+      <c r="F29" s="111">
         <v>100</v>
       </c>
-      <c r="G29" s="76"/>
-[...2 lines deleted...]
-      <c r="J29" s="75">
+      <c r="G29" s="106"/>
+      <c r="H29" s="106"/>
+      <c r="I29" s="107"/>
+      <c r="J29" s="111">
         <v>100</v>
       </c>
-      <c r="K29" s="76"/>
-[...2 lines deleted...]
-      <c r="N29" s="75">
+      <c r="K29" s="106"/>
+      <c r="L29" s="106"/>
+      <c r="M29" s="107"/>
+      <c r="N29" s="111">
         <v>100</v>
       </c>
-      <c r="O29" s="76"/>
-[...2 lines deleted...]
-      <c r="R29" s="75">
+      <c r="O29" s="106"/>
+      <c r="P29" s="106"/>
+      <c r="Q29" s="107"/>
+      <c r="R29" s="111">
         <v>100</v>
       </c>
-      <c r="S29" s="76"/>
-[...1 lines deleted...]
-      <c r="U29" s="77"/>
+      <c r="S29" s="106"/>
+      <c r="T29" s="106"/>
+      <c r="U29" s="107"/>
       <c r="Z29" s="55"/>
       <c r="AD29" s="55"/>
     </row>
     <row r="30" spans="1:39" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="56"/>
       <c r="B30" s="56"/>
       <c r="C30" s="57"/>
       <c r="D30" s="57"/>
       <c r="E30" s="58"/>
       <c r="F30" s="56"/>
       <c r="G30" s="57"/>
       <c r="H30" s="57"/>
       <c r="I30" s="58"/>
       <c r="J30" s="56"/>
       <c r="K30" s="57"/>
       <c r="L30" s="57"/>
       <c r="M30" s="58"/>
       <c r="N30" s="56"/>
       <c r="O30" s="57"/>
       <c r="P30" s="57"/>
       <c r="Q30" s="58"/>
       <c r="R30" s="56"/>
       <c r="S30" s="57"/>
       <c r="T30" s="57"/>
       <c r="U30" s="58"/>
       <c r="Z30" s="52"/>
     </row>
     <row r="31" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="72">
+      <c r="B31" s="112">
         <v>100</v>
       </c>
-      <c r="C31" s="73"/>
-[...2 lines deleted...]
-      <c r="F31" s="72">
+      <c r="C31" s="109"/>
+      <c r="D31" s="109"/>
+      <c r="E31" s="110"/>
+      <c r="F31" s="112">
         <v>100</v>
       </c>
-      <c r="G31" s="73"/>
-[...2 lines deleted...]
-      <c r="J31" s="72">
+      <c r="G31" s="109"/>
+      <c r="H31" s="109"/>
+      <c r="I31" s="110"/>
+      <c r="J31" s="112">
         <v>100</v>
       </c>
-      <c r="K31" s="73"/>
-[...2 lines deleted...]
-      <c r="N31" s="72">
+      <c r="K31" s="109"/>
+      <c r="L31" s="109"/>
+      <c r="M31" s="110"/>
+      <c r="N31" s="112">
         <v>100</v>
       </c>
-      <c r="O31" s="73"/>
-[...2 lines deleted...]
-      <c r="R31" s="72">
+      <c r="O31" s="109"/>
+      <c r="P31" s="109"/>
+      <c r="Q31" s="110"/>
+      <c r="R31" s="112">
         <v>100</v>
       </c>
-      <c r="S31" s="73"/>
-[...1 lines deleted...]
-      <c r="U31" s="74"/>
+      <c r="S31" s="109"/>
+      <c r="T31" s="109"/>
+      <c r="U31" s="110"/>
       <c r="Z31" s="55"/>
     </row>
     <row r="32" spans="1:39" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="17" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="75">
+      <c r="B32" s="111">
         <v>100</v>
       </c>
-      <c r="C32" s="76"/>
-[...2 lines deleted...]
-      <c r="F32" s="75">
+      <c r="C32" s="106"/>
+      <c r="D32" s="106"/>
+      <c r="E32" s="107"/>
+      <c r="F32" s="111">
         <v>100</v>
       </c>
-      <c r="G32" s="76"/>
-[...2 lines deleted...]
-      <c r="J32" s="75">
+      <c r="G32" s="106"/>
+      <c r="H32" s="106"/>
+      <c r="I32" s="107"/>
+      <c r="J32" s="111">
         <v>100</v>
       </c>
-      <c r="K32" s="76"/>
-[...2 lines deleted...]
-      <c r="N32" s="75">
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="107"/>
+      <c r="N32" s="111">
         <v>100</v>
       </c>
-      <c r="O32" s="76"/>
-[...2 lines deleted...]
-      <c r="R32" s="75">
+      <c r="O32" s="106"/>
+      <c r="P32" s="106"/>
+      <c r="Q32" s="107"/>
+      <c r="R32" s="111">
         <v>100</v>
       </c>
-      <c r="S32" s="76"/>
-[...1 lines deleted...]
-      <c r="U32" s="77"/>
+      <c r="S32" s="106"/>
+      <c r="T32" s="106"/>
+      <c r="U32" s="107"/>
     </row>
     <row r="33" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="61"/>
       <c r="B33" s="57"/>
       <c r="C33" s="57"/>
       <c r="D33" s="57"/>
       <c r="E33" s="58"/>
       <c r="F33" s="56"/>
       <c r="G33" s="57"/>
       <c r="H33" s="57"/>
       <c r="I33" s="58"/>
       <c r="J33" s="56"/>
       <c r="K33" s="57"/>
       <c r="L33" s="57"/>
       <c r="M33" s="58"/>
       <c r="N33" s="56"/>
       <c r="O33" s="57"/>
       <c r="P33" s="57"/>
       <c r="Q33" s="58"/>
       <c r="R33" s="57"/>
       <c r="S33" s="57"/>
       <c r="T33" s="57"/>
       <c r="U33" s="58"/>
     </row>
     <row r="34" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="72">
+      <c r="B34" s="112">
         <v>50</v>
       </c>
-      <c r="C34" s="73"/>
-[...2 lines deleted...]
-      <c r="F34" s="72">
+      <c r="C34" s="109"/>
+      <c r="D34" s="109"/>
+      <c r="E34" s="110"/>
+      <c r="F34" s="112">
         <v>65</v>
       </c>
-      <c r="G34" s="73"/>
-[...2 lines deleted...]
-      <c r="J34" s="72">
+      <c r="G34" s="109"/>
+      <c r="H34" s="109"/>
+      <c r="I34" s="110"/>
+      <c r="J34" s="112">
         <v>70</v>
       </c>
-      <c r="K34" s="73"/>
-[...2 lines deleted...]
-      <c r="N34" s="72">
+      <c r="K34" s="109"/>
+      <c r="L34" s="109"/>
+      <c r="M34" s="110"/>
+      <c r="N34" s="112">
         <v>48</v>
       </c>
-      <c r="O34" s="73"/>
-[...2 lines deleted...]
-      <c r="R34" s="72">
+      <c r="O34" s="109"/>
+      <c r="P34" s="109"/>
+      <c r="Q34" s="110"/>
+      <c r="R34" s="112">
         <v>65</v>
       </c>
-      <c r="S34" s="73"/>
-[...1 lines deleted...]
-      <c r="U34" s="74"/>
+      <c r="S34" s="109"/>
+      <c r="T34" s="109"/>
+      <c r="U34" s="110"/>
     </row>
     <row r="35" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="B35" s="75">
+      <c r="B35" s="111">
         <v>0</v>
       </c>
-      <c r="C35" s="76"/>
-[...2 lines deleted...]
-      <c r="F35" s="75">
+      <c r="C35" s="106"/>
+      <c r="D35" s="106"/>
+      <c r="E35" s="107"/>
+      <c r="F35" s="111">
         <v>0</v>
       </c>
-      <c r="G35" s="76"/>
-[...2 lines deleted...]
-      <c r="J35" s="75">
+      <c r="G35" s="106"/>
+      <c r="H35" s="106"/>
+      <c r="I35" s="107"/>
+      <c r="J35" s="111">
         <v>0</v>
       </c>
-      <c r="K35" s="76"/>
-[...2 lines deleted...]
-      <c r="N35" s="75">
+      <c r="K35" s="106"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="107"/>
+      <c r="N35" s="111">
         <v>0</v>
       </c>
-      <c r="O35" s="76"/>
-[...2 lines deleted...]
-      <c r="R35" s="75">
+      <c r="O35" s="106"/>
+      <c r="P35" s="106"/>
+      <c r="Q35" s="107"/>
+      <c r="R35" s="111">
         <v>0</v>
       </c>
-      <c r="S35" s="76"/>
-[...1 lines deleted...]
-      <c r="U35" s="77"/>
+      <c r="S35" s="106"/>
+      <c r="T35" s="106"/>
+      <c r="U35" s="107"/>
     </row>
     <row r="36" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="61"/>
       <c r="B36" s="57"/>
       <c r="C36" s="57"/>
       <c r="D36" s="57"/>
       <c r="E36" s="58"/>
       <c r="F36" s="57"/>
       <c r="G36" s="57"/>
       <c r="H36" s="57"/>
       <c r="I36" s="58"/>
       <c r="J36" s="56"/>
       <c r="K36" s="57"/>
       <c r="L36" s="57"/>
       <c r="M36" s="58"/>
       <c r="N36" s="56"/>
       <c r="O36" s="57"/>
       <c r="P36" s="57"/>
       <c r="Q36" s="58"/>
       <c r="R36" s="57"/>
       <c r="S36" s="57"/>
       <c r="T36" s="57"/>
       <c r="U36" s="58"/>
     </row>
     <row r="37" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="72">
+      <c r="B37" s="112">
         <v>111</v>
       </c>
-      <c r="C37" s="73"/>
-[...2 lines deleted...]
-      <c r="F37" s="72">
+      <c r="C37" s="109"/>
+      <c r="D37" s="109"/>
+      <c r="E37" s="110"/>
+      <c r="F37" s="112">
         <v>100</v>
       </c>
-      <c r="G37" s="73"/>
-[...2 lines deleted...]
-      <c r="J37" s="72">
+      <c r="G37" s="109"/>
+      <c r="H37" s="109"/>
+      <c r="I37" s="110"/>
+      <c r="J37" s="112">
         <v>100</v>
       </c>
-      <c r="K37" s="73"/>
-[...2 lines deleted...]
-      <c r="N37" s="72">
+      <c r="K37" s="109"/>
+      <c r="L37" s="109"/>
+      <c r="M37" s="110"/>
+      <c r="N37" s="112">
         <v>100</v>
       </c>
-      <c r="O37" s="73"/>
-[...2 lines deleted...]
-      <c r="R37" s="72">
+      <c r="O37" s="109"/>
+      <c r="P37" s="109"/>
+      <c r="Q37" s="110"/>
+      <c r="R37" s="112">
         <v>100</v>
       </c>
-      <c r="S37" s="73"/>
-[...1 lines deleted...]
-      <c r="U37" s="74"/>
+      <c r="S37" s="109"/>
+      <c r="T37" s="109"/>
+      <c r="U37" s="110"/>
     </row>
     <row r="38" spans="1:21" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="75">
+      <c r="B38" s="111">
         <v>100</v>
       </c>
-      <c r="C38" s="76"/>
-[...2 lines deleted...]
-      <c r="F38" s="75">
+      <c r="C38" s="106"/>
+      <c r="D38" s="106"/>
+      <c r="E38" s="107"/>
+      <c r="F38" s="111">
         <v>100</v>
       </c>
-      <c r="G38" s="76"/>
-[...2 lines deleted...]
-      <c r="J38" s="75">
+      <c r="G38" s="106"/>
+      <c r="H38" s="106"/>
+      <c r="I38" s="107"/>
+      <c r="J38" s="111">
         <v>100</v>
       </c>
-      <c r="K38" s="76"/>
-[...2 lines deleted...]
-      <c r="N38" s="75">
+      <c r="K38" s="106"/>
+      <c r="L38" s="106"/>
+      <c r="M38" s="107"/>
+      <c r="N38" s="111">
         <v>100</v>
       </c>
-      <c r="O38" s="76"/>
-[...2 lines deleted...]
-      <c r="R38" s="75">
+      <c r="O38" s="106"/>
+      <c r="P38" s="106"/>
+      <c r="Q38" s="107"/>
+      <c r="R38" s="111">
         <v>100</v>
       </c>
-      <c r="S38" s="76"/>
-[...1 lines deleted...]
-      <c r="U38" s="77"/>
+      <c r="S38" s="106"/>
+      <c r="T38" s="106"/>
+      <c r="U38" s="107"/>
     </row>
     <row r="39" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="56"/>
       <c r="B39" s="56"/>
       <c r="C39" s="57"/>
       <c r="D39" s="57"/>
       <c r="E39" s="58"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="57"/>
       <c r="I39" s="58"/>
       <c r="J39" s="56"/>
       <c r="K39" s="57"/>
       <c r="L39" s="57"/>
       <c r="M39" s="58"/>
       <c r="N39" s="56"/>
       <c r="O39" s="57"/>
       <c r="P39" s="57"/>
       <c r="Q39" s="58"/>
       <c r="R39" s="57"/>
       <c r="S39" s="57"/>
       <c r="T39" s="57"/>
       <c r="U39" s="58"/>
     </row>
     <row r="40" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="66">
+      <c r="B40" s="116">
         <f>(B28+B31+B34+B37)/4</f>
         <v>90.25</v>
       </c>
-      <c r="C40" s="67"/>
-[...2 lines deleted...]
-      <c r="F40" s="66">
+      <c r="C40" s="117"/>
+      <c r="D40" s="117"/>
+      <c r="E40" s="118"/>
+      <c r="F40" s="116">
         <f>(F28+F31+F34+F37)/4</f>
         <v>91.25</v>
       </c>
-      <c r="G40" s="67"/>
-[...2 lines deleted...]
-      <c r="J40" s="66">
+      <c r="G40" s="117"/>
+      <c r="H40" s="117"/>
+      <c r="I40" s="118"/>
+      <c r="J40" s="116">
         <f>(J28+J31+J34+J37)/4</f>
         <v>92.5</v>
       </c>
-      <c r="K40" s="67"/>
-[...2 lines deleted...]
-      <c r="N40" s="66">
+      <c r="K40" s="117"/>
+      <c r="L40" s="117"/>
+      <c r="M40" s="118"/>
+      <c r="N40" s="116">
         <f>(N28+N31+N34+N37)/4</f>
         <v>87</v>
       </c>
-      <c r="O40" s="67"/>
-[...2 lines deleted...]
-      <c r="R40" s="66">
+      <c r="O40" s="117"/>
+      <c r="P40" s="117"/>
+      <c r="Q40" s="118"/>
+      <c r="R40" s="116">
         <f>(R28+R31+R34+R37)/4</f>
         <v>91.25</v>
       </c>
-      <c r="S40" s="67"/>
-[...1 lines deleted...]
-      <c r="U40" s="68"/>
+      <c r="S40" s="117"/>
+      <c r="T40" s="117"/>
+      <c r="U40" s="118"/>
     </row>
     <row r="41" spans="1:21" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="69">
+      <c r="B41" s="113">
         <f>(B29+B32+B35+B38)/4</f>
         <v>75</v>
       </c>
-      <c r="C41" s="70"/>
-[...2 lines deleted...]
-      <c r="F41" s="69">
+      <c r="C41" s="114"/>
+      <c r="D41" s="114"/>
+      <c r="E41" s="115"/>
+      <c r="F41" s="113">
         <f>(F29+F32+F35+F38)/4</f>
         <v>75</v>
       </c>
-      <c r="G41" s="70"/>
-[...2 lines deleted...]
-      <c r="J41" s="69">
+      <c r="G41" s="114"/>
+      <c r="H41" s="114"/>
+      <c r="I41" s="115"/>
+      <c r="J41" s="113">
         <f>(J29+J32+J35+J38)/4</f>
         <v>75</v>
       </c>
-      <c r="K41" s="70"/>
-[...2 lines deleted...]
-      <c r="N41" s="69">
+      <c r="K41" s="114"/>
+      <c r="L41" s="114"/>
+      <c r="M41" s="115"/>
+      <c r="N41" s="113">
         <f>(N29+N32+N35+N38)/4</f>
         <v>75</v>
       </c>
-      <c r="O41" s="70"/>
-[...2 lines deleted...]
-      <c r="R41" s="69">
+      <c r="O41" s="114"/>
+      <c r="P41" s="114"/>
+      <c r="Q41" s="115"/>
+      <c r="R41" s="113">
         <f>(R29+R32+R35+R38)/4</f>
         <v>75</v>
       </c>
-      <c r="S41" s="70"/>
-[...1 lines deleted...]
-      <c r="U41" s="71"/>
+      <c r="S41" s="114"/>
+      <c r="T41" s="114"/>
+      <c r="U41" s="115"/>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="77">
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="R40:U40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="R41:U41"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="R38:U38"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="R34:U34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="R35:U35"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="R31:U31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="R32:U32"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="R28:U28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="R29:U29"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="R25:U25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="R26:U26"/>
+    <mergeCell ref="B4:H4"/>
+    <mergeCell ref="I4:O4"/>
+    <mergeCell ref="P4:V4"/>
+    <mergeCell ref="W4:AC4"/>
+    <mergeCell ref="AD4:AJ4"/>
+    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="F24:I24"/>
+    <mergeCell ref="J24:M24"/>
+    <mergeCell ref="N24:Q24"/>
+    <mergeCell ref="R24:U24"/>
     <mergeCell ref="A1:AJ1"/>
     <mergeCell ref="A2:AJ2"/>
     <mergeCell ref="B3:H3"/>
     <mergeCell ref="I3:O3"/>
     <mergeCell ref="P3:V3"/>
     <mergeCell ref="W3:AC3"/>
     <mergeCell ref="AD3:AJ3"/>
-    <mergeCell ref="B24:E24"/>
-[...68 lines deleted...]
-    <mergeCell ref="R40:U40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AC44"/>
   <sheetViews>
     <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="N35" sqref="N35:Q35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="29" width="8.7109375" customWidth="1"/>
     <col min="250" max="250" width="16.85546875" customWidth="1"/>
     <col min="251" max="285" width="8.7109375" customWidth="1"/>
     <col min="506" max="506" width="16.85546875" customWidth="1"/>
     <col min="507" max="541" width="8.7109375" customWidth="1"/>
     <col min="762" max="762" width="16.85546875" customWidth="1"/>
     <col min="763" max="797" width="8.7109375" customWidth="1"/>
     <col min="1018" max="1018" width="16.85546875" customWidth="1"/>
@@ -4233,186 +4418,186 @@
     <col min="13562" max="13562" width="16.85546875" customWidth="1"/>
     <col min="13563" max="13597" width="8.7109375" customWidth="1"/>
     <col min="13818" max="13818" width="16.85546875" customWidth="1"/>
     <col min="13819" max="13853" width="8.7109375" customWidth="1"/>
     <col min="14074" max="14074" width="16.85546875" customWidth="1"/>
     <col min="14075" max="14109" width="8.7109375" customWidth="1"/>
     <col min="14330" max="14330" width="16.85546875" customWidth="1"/>
     <col min="14331" max="14365" width="8.7109375" customWidth="1"/>
     <col min="14586" max="14586" width="16.85546875" customWidth="1"/>
     <col min="14587" max="14621" width="8.7109375" customWidth="1"/>
     <col min="14842" max="14842" width="16.85546875" customWidth="1"/>
     <col min="14843" max="14877" width="8.7109375" customWidth="1"/>
     <col min="15098" max="15098" width="16.85546875" customWidth="1"/>
     <col min="15099" max="15133" width="8.7109375" customWidth="1"/>
     <col min="15354" max="15354" width="16.85546875" customWidth="1"/>
     <col min="15355" max="15389" width="8.7109375" customWidth="1"/>
     <col min="15610" max="15610" width="16.85546875" customWidth="1"/>
     <col min="15611" max="15645" width="8.7109375" customWidth="1"/>
     <col min="15866" max="15866" width="16.85546875" customWidth="1"/>
     <col min="15867" max="15901" width="8.7109375" customWidth="1"/>
     <col min="16122" max="16122" width="16.85546875" customWidth="1"/>
     <col min="16123" max="16157" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:29" x14ac:dyDescent="0.25">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="85" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="92"/>
-[...26 lines deleted...]
-      <c r="AC1" s="92"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="85"/>
+      <c r="N1" s="85"/>
+      <c r="O1" s="85"/>
+      <c r="P1" s="85"/>
+      <c r="Q1" s="85"/>
+      <c r="R1" s="85"/>
+      <c r="S1" s="85"/>
+      <c r="T1" s="85"/>
+      <c r="U1" s="85"/>
+      <c r="V1" s="85"/>
+      <c r="W1" s="85"/>
+      <c r="X1" s="85"/>
+      <c r="Y1" s="85"/>
+      <c r="Z1" s="85"/>
+      <c r="AA1" s="85"/>
+      <c r="AB1" s="85"/>
+      <c r="AC1" s="85"/>
     </row>
     <row r="2" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="93" t="s">
+      <c r="A2" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="B2" s="93"/>
-[...26 lines deleted...]
-      <c r="AC2" s="93"/>
+      <c r="B2" s="86"/>
+      <c r="C2" s="86"/>
+      <c r="D2" s="86"/>
+      <c r="E2" s="86"/>
+      <c r="F2" s="86"/>
+      <c r="G2" s="86"/>
+      <c r="H2" s="86"/>
+      <c r="I2" s="86"/>
+      <c r="J2" s="86"/>
+      <c r="K2" s="86"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="86"/>
+      <c r="O2" s="86"/>
+      <c r="P2" s="86"/>
+      <c r="Q2" s="86"/>
+      <c r="R2" s="86"/>
+      <c r="S2" s="86"/>
+      <c r="T2" s="86"/>
+      <c r="U2" s="86"/>
+      <c r="V2" s="86"/>
+      <c r="W2" s="86"/>
+      <c r="X2" s="86"/>
+      <c r="Y2" s="86"/>
+      <c r="Z2" s="86"/>
+      <c r="AA2" s="86"/>
+      <c r="AB2" s="86"/>
+      <c r="AC2" s="86"/>
     </row>
     <row r="3" spans="1:29" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="94" t="s">
+      <c r="B3" s="87" t="s">
         <v>33</v>
       </c>
-      <c r="C3" s="95"/>
-[...5 lines deleted...]
-      <c r="I3" s="94" t="s">
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
+      <c r="G3" s="88"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="87" t="s">
         <v>34</v>
       </c>
-      <c r="J3" s="95"/>
-[...5 lines deleted...]
-      <c r="P3" s="97" t="s">
+      <c r="J3" s="88"/>
+      <c r="K3" s="88"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="89"/>
+      <c r="P3" s="90" t="s">
         <v>35</v>
       </c>
-      <c r="Q3" s="98"/>
-[...5 lines deleted...]
-      <c r="W3" s="94" t="s">
+      <c r="Q3" s="91"/>
+      <c r="R3" s="91"/>
+      <c r="S3" s="91"/>
+      <c r="T3" s="91"/>
+      <c r="U3" s="91"/>
+      <c r="V3" s="92"/>
+      <c r="W3" s="87" t="s">
         <v>36</v>
       </c>
-      <c r="X3" s="95"/>
-[...4 lines deleted...]
-      <c r="AC3" s="96"/>
+      <c r="X3" s="88"/>
+      <c r="Y3" s="88"/>
+      <c r="Z3" s="88"/>
+      <c r="AA3" s="88"/>
+      <c r="AB3" s="88"/>
+      <c r="AC3" s="89"/>
     </row>
     <row r="4" spans="1:29" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="B4" s="80"/>
-[...26 lines deleted...]
-      <c r="AC4" s="82"/>
+      <c r="B4" s="98"/>
+      <c r="C4" s="99"/>
+      <c r="D4" s="99"/>
+      <c r="E4" s="99"/>
+      <c r="F4" s="99"/>
+      <c r="G4" s="99"/>
+      <c r="H4" s="100"/>
+      <c r="I4" s="101"/>
+      <c r="J4" s="102"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="102"/>
+      <c r="M4" s="102"/>
+      <c r="N4" s="102"/>
+      <c r="O4" s="103"/>
+      <c r="P4" s="104"/>
+      <c r="Q4" s="102"/>
+      <c r="R4" s="102"/>
+      <c r="S4" s="102"/>
+      <c r="T4" s="102"/>
+      <c r="U4" s="102"/>
+      <c r="V4" s="103"/>
+      <c r="W4" s="98"/>
+      <c r="X4" s="99"/>
+      <c r="Y4" s="99"/>
+      <c r="Z4" s="99"/>
+      <c r="AA4" s="99"/>
+      <c r="AB4" s="99"/>
+      <c r="AC4" s="100"/>
     </row>
     <row r="5" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3">
         <v>2</v>
       </c>
       <c r="C5" s="4">
         <v>3</v>
       </c>
       <c r="D5" s="3">
         <v>4</v>
       </c>
       <c r="E5" s="4">
         <v>5</v>
       </c>
       <c r="F5" s="3">
         <v>6</v>
       </c>
       <c r="G5" s="5">
         <v>7</v>
       </c>
       <c r="H5" s="6">
         <v>8</v>
@@ -5770,632 +5955,632 @@
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
       <c r="K23" s="49"/>
       <c r="L23" s="49"/>
       <c r="M23" s="49"/>
       <c r="N23" s="49"/>
       <c r="O23" s="49"/>
       <c r="P23" s="49"/>
       <c r="Q23" s="49"/>
       <c r="R23" s="49"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
       <c r="U23" s="49"/>
       <c r="X23" s="47"/>
       <c r="Y23" s="48"/>
       <c r="Z23" s="47"/>
       <c r="AA23" s="48"/>
       <c r="AB23" s="48"/>
       <c r="AC23" s="48"/>
     </row>
     <row r="24" spans="1:29" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="87" t="s">
+      <c r="B24" s="93" t="s">
         <v>33</v>
       </c>
-      <c r="C24" s="88"/>
-[...2 lines deleted...]
-      <c r="F24" s="87" t="s">
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="95"/>
+      <c r="F24" s="93" t="s">
         <v>34</v>
       </c>
-      <c r="G24" s="88"/>
-[...2 lines deleted...]
-      <c r="J24" s="87" t="s">
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="95"/>
+      <c r="J24" s="93" t="s">
         <v>35</v>
       </c>
-      <c r="K24" s="90"/>
-[...2 lines deleted...]
-      <c r="N24" s="87" t="s">
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="97"/>
+      <c r="N24" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="O24" s="88"/>
-[...1 lines deleted...]
-      <c r="Q24" s="89"/>
+      <c r="O24" s="94"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="95"/>
       <c r="T24" s="51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="59" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="78" t="s">
+      <c r="B25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="C25" s="73"/>
-[...2 lines deleted...]
-      <c r="F25" s="78" t="s">
+      <c r="C25" s="109"/>
+      <c r="D25" s="109"/>
+      <c r="E25" s="110"/>
+      <c r="F25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="G25" s="73"/>
-[...2 lines deleted...]
-      <c r="J25" s="78" t="s">
+      <c r="G25" s="109"/>
+      <c r="H25" s="109"/>
+      <c r="I25" s="110"/>
+      <c r="J25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="K25" s="73"/>
-[...2 lines deleted...]
-      <c r="N25" s="78" t="s">
+      <c r="K25" s="109"/>
+      <c r="L25" s="109"/>
+      <c r="M25" s="110"/>
+      <c r="N25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="O25" s="73"/>
-[...1 lines deleted...]
-      <c r="Q25" s="74"/>
+      <c r="O25" s="109"/>
+      <c r="P25" s="109"/>
+      <c r="Q25" s="110"/>
       <c r="T25" s="52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:29" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="60" t="s">
         <v>10</v>
       </c>
-      <c r="B26" s="79" t="s">
+      <c r="B26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="C26" s="76"/>
-[...2 lines deleted...]
-      <c r="F26" s="79" t="s">
+      <c r="C26" s="106"/>
+      <c r="D26" s="106"/>
+      <c r="E26" s="107"/>
+      <c r="F26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="G26" s="76"/>
-[...2 lines deleted...]
-      <c r="J26" s="79" t="s">
+      <c r="G26" s="106"/>
+      <c r="H26" s="106"/>
+      <c r="I26" s="107"/>
+      <c r="J26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="K26" s="76"/>
-[...2 lines deleted...]
-      <c r="N26" s="79" t="s">
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="107"/>
+      <c r="N26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="O26" s="76"/>
-[...1 lines deleted...]
-      <c r="Q26" s="77"/>
+      <c r="O26" s="106"/>
+      <c r="P26" s="106"/>
+      <c r="Q26" s="107"/>
       <c r="T26" s="53" t="s">
         <v>23</v>
       </c>
       <c r="W26" s="54"/>
       <c r="X26" s="55"/>
       <c r="Y26" s="54"/>
       <c r="Z26" s="54"/>
       <c r="AA26" s="54"/>
       <c r="AB26" s="54"/>
     </row>
     <row r="27" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="56"/>
       <c r="B27" s="56"/>
       <c r="C27" s="57"/>
       <c r="D27" s="57"/>
       <c r="E27" s="58"/>
       <c r="F27" s="56"/>
       <c r="G27" s="57"/>
       <c r="H27" s="57"/>
       <c r="I27" s="58"/>
       <c r="J27" s="56"/>
       <c r="K27" s="57"/>
       <c r="L27" s="57"/>
       <c r="M27" s="58"/>
       <c r="N27" s="56"/>
       <c r="O27" s="57"/>
       <c r="P27" s="57"/>
       <c r="Q27" s="58"/>
       <c r="T27" s="52" t="s">
         <v>24</v>
       </c>
       <c r="V27" s="52"/>
       <c r="X27" s="55"/>
     </row>
     <row r="28" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="59" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="72">
+      <c r="B28" s="112">
         <v>100</v>
       </c>
-      <c r="C28" s="73"/>
-[...2 lines deleted...]
-      <c r="F28" s="72">
+      <c r="C28" s="109"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="110"/>
+      <c r="F28" s="112">
         <v>100</v>
       </c>
-      <c r="G28" s="73"/>
-[...2 lines deleted...]
-      <c r="J28" s="72">
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="110"/>
+      <c r="J28" s="112">
         <v>100</v>
       </c>
-      <c r="K28" s="73"/>
-[...2 lines deleted...]
-      <c r="N28" s="72">
+      <c r="K28" s="109"/>
+      <c r="L28" s="109"/>
+      <c r="M28" s="110"/>
+      <c r="N28" s="112">
         <v>100</v>
       </c>
-      <c r="O28" s="73"/>
-[...1 lines deleted...]
-      <c r="Q28" s="74"/>
+      <c r="O28" s="109"/>
+      <c r="P28" s="109"/>
+      <c r="Q28" s="110"/>
       <c r="V28" s="55"/>
       <c r="X28" s="55"/>
     </row>
     <row r="29" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="60" t="s">
         <v>12</v>
       </c>
-      <c r="B29" s="75">
+      <c r="B29" s="111">
         <v>100</v>
       </c>
-      <c r="C29" s="76"/>
-[...2 lines deleted...]
-      <c r="F29" s="75">
+      <c r="C29" s="106"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="107"/>
+      <c r="F29" s="111">
         <v>100</v>
       </c>
-      <c r="G29" s="76"/>
-[...2 lines deleted...]
-      <c r="J29" s="75">
+      <c r="G29" s="106"/>
+      <c r="H29" s="106"/>
+      <c r="I29" s="107"/>
+      <c r="J29" s="111">
         <v>100</v>
       </c>
-      <c r="K29" s="76"/>
-[...2 lines deleted...]
-      <c r="N29" s="75">
+      <c r="K29" s="106"/>
+      <c r="L29" s="106"/>
+      <c r="M29" s="107"/>
+      <c r="N29" s="111">
         <v>100</v>
       </c>
-      <c r="O29" s="76"/>
-[...1 lines deleted...]
-      <c r="Q29" s="77"/>
+      <c r="O29" s="106"/>
+      <c r="P29" s="106"/>
+      <c r="Q29" s="107"/>
       <c r="V29" s="55"/>
     </row>
     <row r="30" spans="1:29" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="56"/>
       <c r="B30" s="56"/>
       <c r="C30" s="57"/>
       <c r="D30" s="57"/>
       <c r="E30" s="58"/>
       <c r="F30" s="56"/>
       <c r="G30" s="57"/>
       <c r="H30" s="57"/>
       <c r="I30" s="58"/>
       <c r="J30" s="56"/>
       <c r="K30" s="57"/>
       <c r="L30" s="57"/>
       <c r="M30" s="58"/>
       <c r="N30" s="56"/>
       <c r="O30" s="57"/>
       <c r="P30" s="57"/>
       <c r="Q30" s="58"/>
       <c r="V30" s="52"/>
     </row>
     <row r="31" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="59" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="72">
+      <c r="B31" s="112">
         <v>100</v>
       </c>
-      <c r="C31" s="73"/>
-[...2 lines deleted...]
-      <c r="F31" s="72">
+      <c r="C31" s="109"/>
+      <c r="D31" s="109"/>
+      <c r="E31" s="110"/>
+      <c r="F31" s="112">
         <v>100</v>
       </c>
-      <c r="G31" s="73"/>
-[...2 lines deleted...]
-      <c r="J31" s="72">
+      <c r="G31" s="109"/>
+      <c r="H31" s="109"/>
+      <c r="I31" s="110"/>
+      <c r="J31" s="112">
         <v>100</v>
       </c>
-      <c r="K31" s="73"/>
-[...2 lines deleted...]
-      <c r="N31" s="72">
+      <c r="K31" s="109"/>
+      <c r="L31" s="109"/>
+      <c r="M31" s="110"/>
+      <c r="N31" s="112">
         <v>100</v>
       </c>
-      <c r="O31" s="73"/>
-[...1 lines deleted...]
-      <c r="Q31" s="74"/>
+      <c r="O31" s="109"/>
+      <c r="P31" s="109"/>
+      <c r="Q31" s="110"/>
       <c r="V31" s="55"/>
     </row>
     <row r="32" spans="1:29" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="60" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="75">
+      <c r="B32" s="111">
         <v>100</v>
       </c>
-      <c r="C32" s="76"/>
-[...2 lines deleted...]
-      <c r="F32" s="75">
+      <c r="C32" s="106"/>
+      <c r="D32" s="106"/>
+      <c r="E32" s="107"/>
+      <c r="F32" s="111">
         <v>100</v>
       </c>
-      <c r="G32" s="76"/>
-[...2 lines deleted...]
-      <c r="J32" s="75">
+      <c r="G32" s="106"/>
+      <c r="H32" s="106"/>
+      <c r="I32" s="107"/>
+      <c r="J32" s="111">
         <v>100</v>
       </c>
-      <c r="K32" s="76"/>
-[...2 lines deleted...]
-      <c r="N32" s="75">
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="107"/>
+      <c r="N32" s="111">
         <v>100</v>
       </c>
-      <c r="O32" s="76"/>
-[...1 lines deleted...]
-      <c r="Q32" s="77"/>
+      <c r="O32" s="106"/>
+      <c r="P32" s="106"/>
+      <c r="Q32" s="107"/>
     </row>
     <row r="33" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="61"/>
       <c r="B33" s="57"/>
       <c r="C33" s="57"/>
       <c r="D33" s="57"/>
       <c r="E33" s="58"/>
       <c r="F33" s="56"/>
       <c r="G33" s="57"/>
       <c r="H33" s="57"/>
       <c r="I33" s="58"/>
       <c r="J33" s="56"/>
       <c r="K33" s="57"/>
       <c r="L33" s="57"/>
       <c r="M33" s="58"/>
       <c r="N33" s="56"/>
       <c r="O33" s="57"/>
       <c r="P33" s="57"/>
       <c r="Q33" s="58"/>
     </row>
     <row r="34" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="59" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="72">
+      <c r="B34" s="112">
         <v>62</v>
       </c>
-      <c r="C34" s="73"/>
-[...2 lines deleted...]
-      <c r="F34" s="72">
+      <c r="C34" s="109"/>
+      <c r="D34" s="109"/>
+      <c r="E34" s="110"/>
+      <c r="F34" s="112">
         <v>68</v>
       </c>
-      <c r="G34" s="73"/>
-[...2 lines deleted...]
-      <c r="J34" s="72">
+      <c r="G34" s="109"/>
+      <c r="H34" s="109"/>
+      <c r="I34" s="110"/>
+      <c r="J34" s="112">
         <v>100</v>
       </c>
-      <c r="K34" s="73"/>
-[...2 lines deleted...]
-      <c r="N34" s="72">
+      <c r="K34" s="109"/>
+      <c r="L34" s="109"/>
+      <c r="M34" s="110"/>
+      <c r="N34" s="112">
         <v>68</v>
       </c>
-      <c r="O34" s="73"/>
-[...1 lines deleted...]
-      <c r="Q34" s="74"/>
+      <c r="O34" s="109"/>
+      <c r="P34" s="109"/>
+      <c r="Q34" s="110"/>
     </row>
     <row r="35" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="B35" s="75">
+      <c r="B35" s="111">
         <v>0</v>
       </c>
-      <c r="C35" s="76"/>
-[...2 lines deleted...]
-      <c r="F35" s="75">
+      <c r="C35" s="106"/>
+      <c r="D35" s="106"/>
+      <c r="E35" s="107"/>
+      <c r="F35" s="111">
         <v>0</v>
       </c>
-      <c r="G35" s="76"/>
-[...2 lines deleted...]
-      <c r="J35" s="75">
+      <c r="G35" s="106"/>
+      <c r="H35" s="106"/>
+      <c r="I35" s="107"/>
+      <c r="J35" s="111">
         <v>0</v>
       </c>
-      <c r="K35" s="76"/>
-[...2 lines deleted...]
-      <c r="N35" s="75">
+      <c r="K35" s="106"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="107"/>
+      <c r="N35" s="111">
         <v>0</v>
       </c>
-      <c r="O35" s="76"/>
-[...1 lines deleted...]
-      <c r="Q35" s="77"/>
+      <c r="O35" s="106"/>
+      <c r="P35" s="106"/>
+      <c r="Q35" s="107"/>
     </row>
     <row r="36" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="61"/>
       <c r="B36" s="57"/>
       <c r="C36" s="57"/>
       <c r="D36" s="57"/>
       <c r="E36" s="58"/>
       <c r="F36" s="57"/>
       <c r="G36" s="57"/>
       <c r="H36" s="57"/>
       <c r="I36" s="58"/>
       <c r="J36" s="56"/>
       <c r="K36" s="57"/>
       <c r="L36" s="57"/>
       <c r="M36" s="58"/>
       <c r="N36" s="56"/>
       <c r="O36" s="57"/>
       <c r="P36" s="57"/>
       <c r="Q36" s="58"/>
     </row>
     <row r="37" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="72">
+      <c r="B37" s="112">
         <v>100</v>
       </c>
-      <c r="C37" s="73"/>
-[...2 lines deleted...]
-      <c r="F37" s="72">
+      <c r="C37" s="109"/>
+      <c r="D37" s="109"/>
+      <c r="E37" s="110"/>
+      <c r="F37" s="112">
         <v>100</v>
       </c>
-      <c r="G37" s="73"/>
-[...2 lines deleted...]
-      <c r="J37" s="72">
+      <c r="G37" s="109"/>
+      <c r="H37" s="109"/>
+      <c r="I37" s="110"/>
+      <c r="J37" s="112">
         <v>100</v>
       </c>
-      <c r="K37" s="73"/>
-[...2 lines deleted...]
-      <c r="N37" s="72">
+      <c r="K37" s="109"/>
+      <c r="L37" s="109"/>
+      <c r="M37" s="110"/>
+      <c r="N37" s="112">
         <v>100</v>
       </c>
-      <c r="O37" s="73"/>
-[...1 lines deleted...]
-      <c r="Q37" s="74"/>
+      <c r="O37" s="109"/>
+      <c r="P37" s="109"/>
+      <c r="Q37" s="110"/>
     </row>
     <row r="38" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="75">
+      <c r="B38" s="111">
         <v>100</v>
       </c>
-      <c r="C38" s="76"/>
-[...2 lines deleted...]
-      <c r="F38" s="75">
+      <c r="C38" s="106"/>
+      <c r="D38" s="106"/>
+      <c r="E38" s="107"/>
+      <c r="F38" s="111">
         <v>107</v>
       </c>
-      <c r="G38" s="76"/>
-[...2 lines deleted...]
-      <c r="J38" s="75">
+      <c r="G38" s="106"/>
+      <c r="H38" s="106"/>
+      <c r="I38" s="107"/>
+      <c r="J38" s="111">
         <v>100</v>
       </c>
-      <c r="K38" s="76"/>
-[...2 lines deleted...]
-      <c r="N38" s="75">
+      <c r="K38" s="106"/>
+      <c r="L38" s="106"/>
+      <c r="M38" s="107"/>
+      <c r="N38" s="111">
         <v>100</v>
       </c>
-      <c r="O38" s="76"/>
-[...1 lines deleted...]
-      <c r="Q38" s="77"/>
+      <c r="O38" s="106"/>
+      <c r="P38" s="106"/>
+      <c r="Q38" s="107"/>
     </row>
     <row r="39" spans="1:17" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="56"/>
       <c r="B39" s="56"/>
       <c r="C39" s="57"/>
       <c r="D39" s="57"/>
       <c r="E39" s="58"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="57"/>
       <c r="I39" s="58"/>
       <c r="J39" s="56"/>
       <c r="K39" s="57"/>
       <c r="L39" s="57"/>
       <c r="M39" s="58"/>
       <c r="N39" s="56"/>
       <c r="O39" s="57"/>
       <c r="P39" s="57"/>
       <c r="Q39" s="58"/>
     </row>
     <row r="40" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="59" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="66">
+      <c r="B40" s="116">
         <f>(B28+B31+B34+B37)/4</f>
         <v>90.5</v>
       </c>
-      <c r="C40" s="67"/>
-[...2 lines deleted...]
-      <c r="F40" s="66">
+      <c r="C40" s="117"/>
+      <c r="D40" s="117"/>
+      <c r="E40" s="118"/>
+      <c r="F40" s="116">
         <f>(F28+F31+F34+F37)/4</f>
         <v>92</v>
       </c>
-      <c r="G40" s="67"/>
-[...2 lines deleted...]
-      <c r="J40" s="66">
+      <c r="G40" s="117"/>
+      <c r="H40" s="117"/>
+      <c r="I40" s="118"/>
+      <c r="J40" s="116">
         <f>(J28+J31+J34+J37)/4</f>
         <v>100</v>
       </c>
-      <c r="K40" s="67"/>
-[...2 lines deleted...]
-      <c r="N40" s="66">
+      <c r="K40" s="117"/>
+      <c r="L40" s="117"/>
+      <c r="M40" s="118"/>
+      <c r="N40" s="116">
         <f>(N28+N31+N34+N37)/4</f>
         <v>92</v>
       </c>
-      <c r="O40" s="67"/>
-[...1 lines deleted...]
-      <c r="Q40" s="68"/>
+      <c r="O40" s="117"/>
+      <c r="P40" s="117"/>
+      <c r="Q40" s="118"/>
     </row>
     <row r="41" spans="1:17" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="60" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="69">
+      <c r="B41" s="113">
         <f>(B29+B32+B35+B38)/4</f>
         <v>75</v>
       </c>
-      <c r="C41" s="70"/>
-[...2 lines deleted...]
-      <c r="F41" s="69">
+      <c r="C41" s="114"/>
+      <c r="D41" s="114"/>
+      <c r="E41" s="115"/>
+      <c r="F41" s="113">
         <f>(F29+F32+F35+F38)/4</f>
         <v>76.75</v>
       </c>
-      <c r="G41" s="70"/>
-[...2 lines deleted...]
-      <c r="J41" s="69">
+      <c r="G41" s="114"/>
+      <c r="H41" s="114"/>
+      <c r="I41" s="115"/>
+      <c r="J41" s="113">
         <f>(J29+J32+J35+J38)/4</f>
         <v>75</v>
       </c>
-      <c r="K41" s="70"/>
-[...2 lines deleted...]
-      <c r="N41" s="69">
+      <c r="K41" s="114"/>
+      <c r="L41" s="114"/>
+      <c r="M41" s="115"/>
+      <c r="N41" s="113">
         <f>(N29+N32+N35+N38)/4</f>
         <v>75</v>
       </c>
-      <c r="O41" s="70"/>
-[...1 lines deleted...]
-      <c r="Q41" s="71"/>
+      <c r="O41" s="114"/>
+      <c r="P41" s="114"/>
+      <c r="Q41" s="115"/>
     </row>
     <row r="44" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="62">
-    <mergeCell ref="A1:AC1"/>
-[...4 lines deleted...]
-    <mergeCell ref="W3:AC3"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="N26:Q26"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="I4:O4"/>
     <mergeCell ref="P4:V4"/>
     <mergeCell ref="W4:AC4"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="J24:M24"/>
     <mergeCell ref="N24:Q24"/>
-    <mergeCell ref="B25:E25"/>
-[...46 lines deleted...]
-    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="A1:AC1"/>
+    <mergeCell ref="A2:AC2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="I3:O3"/>
+    <mergeCell ref="P3:V3"/>
+    <mergeCell ref="W3:AC3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AX44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="AB32" sqref="AB32"/>
+      <selection activeCell="AF34" sqref="AF34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.85546875" customWidth="1"/>
     <col min="2" max="43" width="8.7109375" customWidth="1"/>
     <col min="264" max="264" width="16.85546875" customWidth="1"/>
     <col min="265" max="299" width="8.7109375" customWidth="1"/>
     <col min="520" max="520" width="16.85546875" customWidth="1"/>
     <col min="521" max="555" width="8.7109375" customWidth="1"/>
     <col min="776" max="776" width="16.85546875" customWidth="1"/>
     <col min="777" max="811" width="8.7109375" customWidth="1"/>
     <col min="1032" max="1032" width="16.85546875" customWidth="1"/>
     <col min="1033" max="1067" width="8.7109375" customWidth="1"/>
     <col min="1288" max="1288" width="16.85546875" customWidth="1"/>
     <col min="1289" max="1323" width="8.7109375" customWidth="1"/>
     <col min="1544" max="1544" width="16.85546875" customWidth="1"/>
     <col min="1545" max="1579" width="8.7109375" customWidth="1"/>
     <col min="1800" max="1800" width="16.85546875" customWidth="1"/>
     <col min="1801" max="1835" width="8.7109375" customWidth="1"/>
     <col min="2056" max="2056" width="16.85546875" customWidth="1"/>
     <col min="2057" max="2091" width="8.7109375" customWidth="1"/>
     <col min="2312" max="2312" width="16.85546875" customWidth="1"/>
     <col min="2313" max="2347" width="8.7109375" customWidth="1"/>
     <col min="2568" max="2568" width="16.85546875" customWidth="1"/>
@@ -6487,246 +6672,246 @@
     <col min="13576" max="13576" width="16.85546875" customWidth="1"/>
     <col min="13577" max="13611" width="8.7109375" customWidth="1"/>
     <col min="13832" max="13832" width="16.85546875" customWidth="1"/>
     <col min="13833" max="13867" width="8.7109375" customWidth="1"/>
     <col min="14088" max="14088" width="16.85546875" customWidth="1"/>
     <col min="14089" max="14123" width="8.7109375" customWidth="1"/>
     <col min="14344" max="14344" width="16.85546875" customWidth="1"/>
     <col min="14345" max="14379" width="8.7109375" customWidth="1"/>
     <col min="14600" max="14600" width="16.85546875" customWidth="1"/>
     <col min="14601" max="14635" width="8.7109375" customWidth="1"/>
     <col min="14856" max="14856" width="16.85546875" customWidth="1"/>
     <col min="14857" max="14891" width="8.7109375" customWidth="1"/>
     <col min="15112" max="15112" width="16.85546875" customWidth="1"/>
     <col min="15113" max="15147" width="8.7109375" customWidth="1"/>
     <col min="15368" max="15368" width="16.85546875" customWidth="1"/>
     <col min="15369" max="15403" width="8.7109375" customWidth="1"/>
     <col min="15624" max="15624" width="16.85546875" customWidth="1"/>
     <col min="15625" max="15659" width="8.7109375" customWidth="1"/>
     <col min="15880" max="15880" width="16.85546875" customWidth="1"/>
     <col min="15881" max="15915" width="8.7109375" customWidth="1"/>
     <col min="16136" max="16136" width="16.85546875" customWidth="1"/>
     <col min="16137" max="16171" width="8.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:43" x14ac:dyDescent="0.25">
-      <c r="A1" s="92" t="s">
+      <c r="A1" s="85" t="s">
         <v>41</v>
       </c>
-      <c r="B1" s="92"/>
-[...40 lines deleted...]
-      <c r="AQ1" s="92"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="85"/>
+      <c r="N1" s="85"/>
+      <c r="O1" s="85"/>
+      <c r="P1" s="85"/>
+      <c r="Q1" s="85"/>
+      <c r="R1" s="85"/>
+      <c r="S1" s="85"/>
+      <c r="T1" s="85"/>
+      <c r="U1" s="85"/>
+      <c r="V1" s="85"/>
+      <c r="W1" s="85"/>
+      <c r="X1" s="85"/>
+      <c r="Y1" s="85"/>
+      <c r="Z1" s="85"/>
+      <c r="AA1" s="85"/>
+      <c r="AB1" s="85"/>
+      <c r="AC1" s="85"/>
+      <c r="AD1" s="85"/>
+      <c r="AE1" s="85"/>
+      <c r="AF1" s="85"/>
+      <c r="AG1" s="85"/>
+      <c r="AH1" s="85"/>
+      <c r="AI1" s="85"/>
+      <c r="AJ1" s="85"/>
+      <c r="AK1" s="85"/>
+      <c r="AL1" s="85"/>
+      <c r="AM1" s="85"/>
+      <c r="AN1" s="85"/>
+      <c r="AO1" s="85"/>
+      <c r="AP1" s="85"/>
+      <c r="AQ1" s="85"/>
     </row>
     <row r="2" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="93" t="s">
+      <c r="A2" s="86" t="s">
         <v>40</v>
       </c>
-      <c r="B2" s="93"/>
-[...40 lines deleted...]
-      <c r="AQ2" s="93"/>
+      <c r="B2" s="86"/>
+      <c r="C2" s="86"/>
+      <c r="D2" s="86"/>
+      <c r="E2" s="86"/>
+      <c r="F2" s="86"/>
+      <c r="G2" s="86"/>
+      <c r="H2" s="86"/>
+      <c r="I2" s="86"/>
+      <c r="J2" s="86"/>
+      <c r="K2" s="86"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="86"/>
+      <c r="O2" s="86"/>
+      <c r="P2" s="86"/>
+      <c r="Q2" s="86"/>
+      <c r="R2" s="86"/>
+      <c r="S2" s="86"/>
+      <c r="T2" s="86"/>
+      <c r="U2" s="86"/>
+      <c r="V2" s="86"/>
+      <c r="W2" s="86"/>
+      <c r="X2" s="86"/>
+      <c r="Y2" s="86"/>
+      <c r="Z2" s="86"/>
+      <c r="AA2" s="86"/>
+      <c r="AB2" s="86"/>
+      <c r="AC2" s="86"/>
+      <c r="AD2" s="86"/>
+      <c r="AE2" s="86"/>
+      <c r="AF2" s="86"/>
+      <c r="AG2" s="86"/>
+      <c r="AH2" s="86"/>
+      <c r="AI2" s="86"/>
+      <c r="AJ2" s="86"/>
+      <c r="AK2" s="86"/>
+      <c r="AL2" s="86"/>
+      <c r="AM2" s="86"/>
+      <c r="AN2" s="86"/>
+      <c r="AO2" s="86"/>
+      <c r="AP2" s="86"/>
+      <c r="AQ2" s="86"/>
     </row>
     <row r="3" spans="1:43" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="94" t="s">
+      <c r="B3" s="87" t="s">
         <v>36</v>
       </c>
-      <c r="C3" s="95"/>
-[...5 lines deleted...]
-      <c r="I3" s="94" t="s">
+      <c r="C3" s="88"/>
+      <c r="D3" s="88"/>
+      <c r="E3" s="88"/>
+      <c r="F3" s="88"/>
+      <c r="G3" s="88"/>
+      <c r="H3" s="89"/>
+      <c r="I3" s="87" t="s">
         <v>37</v>
       </c>
-      <c r="J3" s="95"/>
-[...5 lines deleted...]
-      <c r="P3" s="97" t="s">
+      <c r="J3" s="88"/>
+      <c r="K3" s="88"/>
+      <c r="L3" s="88"/>
+      <c r="M3" s="88"/>
+      <c r="N3" s="88"/>
+      <c r="O3" s="89"/>
+      <c r="P3" s="90" t="s">
         <v>38</v>
       </c>
-      <c r="Q3" s="98"/>
-[...5 lines deleted...]
-      <c r="W3" s="100" t="s">
+      <c r="Q3" s="91"/>
+      <c r="R3" s="91"/>
+      <c r="S3" s="91"/>
+      <c r="T3" s="91"/>
+      <c r="U3" s="91"/>
+      <c r="V3" s="91"/>
+      <c r="W3" s="119" t="s">
         <v>39</v>
       </c>
-      <c r="X3" s="101"/>
-[...5 lines deleted...]
-      <c r="AD3" s="100" t="s">
+      <c r="X3" s="120"/>
+      <c r="Y3" s="120"/>
+      <c r="Z3" s="120"/>
+      <c r="AA3" s="120"/>
+      <c r="AB3" s="120"/>
+      <c r="AC3" s="121"/>
+      <c r="AD3" s="120" t="s">
         <v>42</v>
       </c>
-      <c r="AE3" s="101"/>
-[...5 lines deleted...]
-      <c r="AK3" s="94" t="s">
+      <c r="AE3" s="120"/>
+      <c r="AF3" s="120"/>
+      <c r="AG3" s="120"/>
+      <c r="AH3" s="120"/>
+      <c r="AI3" s="120"/>
+      <c r="AJ3" s="121"/>
+      <c r="AK3" s="87" t="s">
         <v>43</v>
       </c>
-      <c r="AL3" s="95"/>
-[...4 lines deleted...]
-      <c r="AQ3" s="96"/>
+      <c r="AL3" s="88"/>
+      <c r="AM3" s="88"/>
+      <c r="AN3" s="88"/>
+      <c r="AO3" s="88"/>
+      <c r="AP3" s="88"/>
+      <c r="AQ3" s="89"/>
     </row>
     <row r="4" spans="1:43" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1"/>
-      <c r="B4" s="80"/>
-[...40 lines deleted...]
-      <c r="AQ4" s="82"/>
+      <c r="B4" s="98"/>
+      <c r="C4" s="99"/>
+      <c r="D4" s="99"/>
+      <c r="E4" s="99"/>
+      <c r="F4" s="99"/>
+      <c r="G4" s="99"/>
+      <c r="H4" s="100"/>
+      <c r="I4" s="101"/>
+      <c r="J4" s="102"/>
+      <c r="K4" s="102"/>
+      <c r="L4" s="102"/>
+      <c r="M4" s="102"/>
+      <c r="N4" s="102"/>
+      <c r="O4" s="103"/>
+      <c r="P4" s="104"/>
+      <c r="Q4" s="102"/>
+      <c r="R4" s="102"/>
+      <c r="S4" s="102"/>
+      <c r="T4" s="102"/>
+      <c r="U4" s="102"/>
+      <c r="V4" s="102"/>
+      <c r="W4" s="104"/>
+      <c r="X4" s="102"/>
+      <c r="Y4" s="102"/>
+      <c r="Z4" s="102"/>
+      <c r="AA4" s="102"/>
+      <c r="AB4" s="102"/>
+      <c r="AC4" s="103"/>
+      <c r="AD4" s="102"/>
+      <c r="AE4" s="102"/>
+      <c r="AF4" s="102"/>
+      <c r="AG4" s="102"/>
+      <c r="AH4" s="102"/>
+      <c r="AI4" s="102"/>
+      <c r="AJ4" s="103"/>
+      <c r="AK4" s="98"/>
+      <c r="AL4" s="99"/>
+      <c r="AM4" s="99"/>
+      <c r="AN4" s="99"/>
+      <c r="AO4" s="99"/>
+      <c r="AP4" s="99"/>
+      <c r="AQ4" s="100"/>
     </row>
     <row r="5" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="3">
         <v>23</v>
       </c>
       <c r="C5" s="4">
         <v>24</v>
       </c>
       <c r="D5" s="3">
         <v>25</v>
       </c>
       <c r="E5" s="4">
         <v>26</v>
       </c>
       <c r="F5" s="3">
         <v>27</v>
       </c>
       <c r="G5" s="5">
         <v>28</v>
       </c>
       <c r="H5" s="6">
         <v>1</v>
@@ -6748,69 +6933,69 @@
       </c>
       <c r="N5" s="7">
         <v>7</v>
       </c>
       <c r="O5" s="3">
         <v>8</v>
       </c>
       <c r="P5" s="8">
         <v>9</v>
       </c>
       <c r="Q5" s="4">
         <v>10</v>
       </c>
       <c r="R5" s="9">
         <v>11</v>
       </c>
       <c r="S5" s="3">
         <v>12</v>
       </c>
       <c r="T5" s="8">
         <v>13</v>
       </c>
       <c r="U5" s="4">
         <v>14</v>
       </c>
-      <c r="V5" s="3">
+      <c r="V5" s="9">
         <v>15</v>
       </c>
-      <c r="W5" s="10">
+      <c r="W5" s="3">
         <v>16</v>
       </c>
-      <c r="X5" s="3">
+      <c r="X5" s="7">
         <v>17</v>
       </c>
-      <c r="Y5" s="10">
+      <c r="Y5" s="3">
         <v>18</v>
       </c>
-      <c r="Z5" s="3">
+      <c r="Z5" s="7">
         <v>19</v>
       </c>
       <c r="AA5" s="3">
         <v>20</v>
       </c>
-      <c r="AB5" s="3">
+      <c r="AB5" s="7">
         <v>21</v>
       </c>
       <c r="AC5" s="3">
         <v>22</v>
       </c>
       <c r="AD5" s="10">
         <v>23</v>
       </c>
       <c r="AE5" s="3">
         <v>24</v>
       </c>
       <c r="AF5" s="10">
         <v>25</v>
       </c>
       <c r="AG5" s="3">
         <v>26</v>
       </c>
       <c r="AH5" s="10">
         <v>27</v>
       </c>
       <c r="AI5" s="3">
         <v>28</v>
       </c>
       <c r="AJ5" s="3">
         <v>29</v>
@@ -6861,71 +7046,113 @@
       </c>
       <c r="H6" s="12">
         <v>1000</v>
       </c>
       <c r="I6" s="12">
         <v>1000</v>
       </c>
       <c r="J6" s="12">
         <v>1000</v>
       </c>
       <c r="K6" s="12">
         <v>1000</v>
       </c>
       <c r="L6" s="12">
         <v>1000</v>
       </c>
       <c r="M6" s="12">
         <v>1000</v>
       </c>
       <c r="N6" s="12">
         <v>1000</v>
       </c>
       <c r="O6" s="12">
         <v>1000</v>
       </c>
-      <c r="P6" s="13"/>
-[...19 lines deleted...]
-      <c r="AJ6" s="15"/>
+      <c r="P6" s="13">
+        <v>1000</v>
+      </c>
+      <c r="Q6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="R6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="S6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="T6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="U6" s="12">
+        <v>1000</v>
+      </c>
+      <c r="V6" s="14">
+        <v>1000</v>
+      </c>
+      <c r="W6" s="72">
+        <v>1000</v>
+      </c>
+      <c r="X6" s="76">
+        <v>1000</v>
+      </c>
+      <c r="Y6" s="72">
+        <v>1000</v>
+      </c>
+      <c r="Z6" s="76">
+        <v>1000</v>
+      </c>
+      <c r="AA6" s="72">
+        <v>1000</v>
+      </c>
+      <c r="AB6" s="76">
+        <v>1000</v>
+      </c>
+      <c r="AC6" s="72">
+        <v>1000</v>
+      </c>
+      <c r="AD6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AE6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AF6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AG6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AH6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AI6" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AJ6" s="15">
+        <v>1000</v>
+      </c>
       <c r="AK6" s="15"/>
       <c r="AL6" s="15"/>
       <c r="AM6" s="15"/>
       <c r="AN6" s="15"/>
       <c r="AO6" s="15"/>
       <c r="AP6" s="15"/>
       <c r="AQ6" s="12"/>
     </row>
     <row r="7" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="63" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="18">
         <v>1000</v>
       </c>
       <c r="C7" s="18">
         <v>1000</v>
       </c>
       <c r="D7" s="18">
         <v>1000</v>
       </c>
       <c r="E7" s="18">
         <v>1000</v>
       </c>
       <c r="F7" s="18">
@@ -6936,109 +7163,151 @@
       </c>
       <c r="H7" s="18">
         <v>1000</v>
       </c>
       <c r="I7" s="18">
         <v>1000</v>
       </c>
       <c r="J7" s="18">
         <v>1000</v>
       </c>
       <c r="K7" s="18">
         <v>1000</v>
       </c>
       <c r="L7" s="18">
         <v>1000</v>
       </c>
       <c r="M7" s="18">
         <v>1000</v>
       </c>
       <c r="N7" s="18">
         <v>1000</v>
       </c>
       <c r="O7" s="18">
         <v>1000</v>
       </c>
-      <c r="P7" s="19"/>
-[...19 lines deleted...]
-      <c r="AJ7" s="18"/>
+      <c r="P7" s="19">
+        <v>1000</v>
+      </c>
+      <c r="Q7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="R7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="S7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="T7" s="21">
+        <v>1000</v>
+      </c>
+      <c r="U7" s="20">
+        <v>1000</v>
+      </c>
+      <c r="V7" s="68">
+        <v>1000</v>
+      </c>
+      <c r="W7" s="73">
+        <v>1000</v>
+      </c>
+      <c r="X7" s="77">
+        <v>1000</v>
+      </c>
+      <c r="Y7" s="73">
+        <v>1000</v>
+      </c>
+      <c r="Z7" s="77">
+        <v>1000</v>
+      </c>
+      <c r="AA7" s="73">
+        <v>1000</v>
+      </c>
+      <c r="AB7" s="77">
+        <v>1000</v>
+      </c>
+      <c r="AC7" s="73">
+        <v>1000</v>
+      </c>
+      <c r="AD7" s="70">
+        <v>1000</v>
+      </c>
+      <c r="AE7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AF7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AG7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AH7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AI7" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AJ7" s="18">
+        <v>1000</v>
+      </c>
       <c r="AK7" s="18"/>
       <c r="AL7" s="21"/>
       <c r="AM7" s="18"/>
       <c r="AN7" s="21"/>
       <c r="AO7" s="18"/>
       <c r="AP7" s="22"/>
       <c r="AQ7" s="18"/>
     </row>
     <row r="8" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="24"/>
       <c r="B8" s="25"/>
       <c r="C8" s="25"/>
       <c r="D8" s="25"/>
       <c r="E8" s="26"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="26"/>
       <c r="I8" s="26"/>
       <c r="J8" s="27"/>
       <c r="K8" s="26"/>
       <c r="L8" s="27"/>
       <c r="M8" s="26"/>
       <c r="N8" s="27"/>
       <c r="O8" s="26"/>
       <c r="P8" s="27"/>
       <c r="Q8" s="26"/>
       <c r="R8" s="27"/>
       <c r="S8" s="26"/>
       <c r="T8" s="27"/>
       <c r="U8" s="26"/>
       <c r="V8" s="27"/>
-      <c r="W8" s="26"/>
-[...5 lines deleted...]
-      <c r="AC8" s="26"/>
+      <c r="W8" s="66"/>
+      <c r="X8" s="67"/>
+      <c r="Y8" s="66"/>
+      <c r="Z8" s="67"/>
+      <c r="AA8" s="66"/>
+      <c r="AB8" s="67"/>
+      <c r="AC8" s="66"/>
       <c r="AD8" s="27"/>
       <c r="AE8" s="26"/>
       <c r="AF8" s="27"/>
       <c r="AG8" s="26"/>
       <c r="AH8" s="27"/>
       <c r="AI8" s="26"/>
       <c r="AJ8" s="26"/>
       <c r="AK8" s="25"/>
       <c r="AL8" s="25"/>
       <c r="AM8" s="25"/>
       <c r="AN8" s="25"/>
       <c r="AO8" s="25"/>
       <c r="AP8" s="25"/>
       <c r="AQ8" s="26"/>
     </row>
     <row r="9" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="62" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="28">
         <v>1000</v>
       </c>
       <c r="C9" s="28">
         <v>1000</v>
       </c>
@@ -7056,71 +7325,113 @@
       </c>
       <c r="H9" s="28">
         <v>1000</v>
       </c>
       <c r="I9" s="28">
         <v>1000</v>
       </c>
       <c r="J9" s="28">
         <v>1000</v>
       </c>
       <c r="K9" s="28">
         <v>1000</v>
       </c>
       <c r="L9" s="28">
         <v>1000</v>
       </c>
       <c r="M9" s="28">
         <v>1000</v>
       </c>
       <c r="N9" s="28">
         <v>1000</v>
       </c>
       <c r="O9" s="12">
         <v>1000</v>
       </c>
-      <c r="P9" s="14"/>
-[...19 lines deleted...]
-      <c r="AJ9" s="15"/>
+      <c r="P9" s="14">
+        <v>800</v>
+      </c>
+      <c r="Q9" s="12">
+        <v>800</v>
+      </c>
+      <c r="R9" s="14">
+        <v>800</v>
+      </c>
+      <c r="S9" s="12">
+        <v>800</v>
+      </c>
+      <c r="T9" s="14">
+        <v>800</v>
+      </c>
+      <c r="U9" s="12">
+        <v>1000</v>
+      </c>
+      <c r="V9" s="14">
+        <v>1000</v>
+      </c>
+      <c r="W9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="X9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="Y9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="Z9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="AA9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="AB9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="AC9" s="124">
+        <v>1000</v>
+      </c>
+      <c r="AD9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AE9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AF9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AG9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AH9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AI9" s="15">
+        <v>1000</v>
+      </c>
+      <c r="AJ9" s="15">
+        <v>1000</v>
+      </c>
       <c r="AK9" s="15"/>
       <c r="AL9" s="15"/>
       <c r="AM9" s="15"/>
       <c r="AN9" s="15"/>
       <c r="AO9" s="15"/>
       <c r="AP9" s="15"/>
       <c r="AQ9" s="12"/>
     </row>
     <row r="10" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="30" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="23">
         <v>1000</v>
       </c>
       <c r="C10" s="23">
         <v>1000</v>
       </c>
       <c r="D10" s="23">
         <v>1000</v>
       </c>
       <c r="E10" s="23">
         <v>1000</v>
       </c>
       <c r="F10" s="23">
@@ -7131,109 +7442,151 @@
       </c>
       <c r="H10" s="31">
         <v>1000</v>
       </c>
       <c r="I10" s="31">
         <v>1000</v>
       </c>
       <c r="J10" s="31">
         <v>1000</v>
       </c>
       <c r="K10" s="31">
         <v>1000</v>
       </c>
       <c r="L10" s="31">
         <v>1000</v>
       </c>
       <c r="M10" s="31">
         <v>1000</v>
       </c>
       <c r="N10" s="31">
         <v>1000</v>
       </c>
       <c r="O10" s="31">
         <v>1000</v>
       </c>
-      <c r="P10" s="19"/>
-[...19 lines deleted...]
-      <c r="AJ10" s="18"/>
+      <c r="P10" s="19">
+        <v>800</v>
+      </c>
+      <c r="Q10" s="20">
+        <v>800</v>
+      </c>
+      <c r="R10" s="21">
+        <v>800</v>
+      </c>
+      <c r="S10" s="20">
+        <v>800</v>
+      </c>
+      <c r="T10" s="21">
+        <v>800</v>
+      </c>
+      <c r="U10" s="20">
+        <v>800</v>
+      </c>
+      <c r="V10" s="68">
+        <v>800</v>
+      </c>
+      <c r="W10" s="122">
+        <v>800</v>
+      </c>
+      <c r="X10" s="123">
+        <v>800</v>
+      </c>
+      <c r="Y10" s="122">
+        <v>800</v>
+      </c>
+      <c r="Z10" s="123">
+        <v>800</v>
+      </c>
+      <c r="AA10" s="122">
+        <v>800</v>
+      </c>
+      <c r="AB10" s="123">
+        <v>1000</v>
+      </c>
+      <c r="AC10" s="122">
+        <v>1000</v>
+      </c>
+      <c r="AD10" s="70">
+        <v>1000</v>
+      </c>
+      <c r="AE10" s="64">
+        <v>1000</v>
+      </c>
+      <c r="AF10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AG10" s="64">
+        <v>1000</v>
+      </c>
+      <c r="AH10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AI10" s="18">
+        <v>1000</v>
+      </c>
+      <c r="AJ10" s="18">
+        <v>1000</v>
+      </c>
       <c r="AK10" s="21"/>
       <c r="AL10" s="18"/>
       <c r="AM10" s="18"/>
       <c r="AN10" s="18"/>
       <c r="AO10" s="18"/>
       <c r="AP10" s="22"/>
       <c r="AQ10" s="18"/>
     </row>
     <row r="11" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="24"/>
       <c r="B11" s="25"/>
       <c r="C11" s="25"/>
       <c r="D11" s="25"/>
       <c r="E11" s="26"/>
       <c r="F11" s="26"/>
       <c r="G11" s="26"/>
       <c r="H11" s="26"/>
       <c r="I11" s="26"/>
       <c r="J11" s="27"/>
       <c r="K11" s="26"/>
       <c r="L11" s="27"/>
       <c r="M11" s="26"/>
       <c r="N11" s="27"/>
       <c r="O11" s="26"/>
       <c r="P11" s="27"/>
       <c r="Q11" s="26"/>
       <c r="R11" s="27"/>
       <c r="S11" s="26"/>
       <c r="T11" s="27"/>
       <c r="U11" s="26"/>
       <c r="V11" s="27"/>
-      <c r="W11" s="26"/>
-[...5 lines deleted...]
-      <c r="AC11" s="26"/>
+      <c r="W11" s="66"/>
+      <c r="X11" s="67"/>
+      <c r="Y11" s="66"/>
+      <c r="Z11" s="67"/>
+      <c r="AA11" s="66"/>
+      <c r="AB11" s="67"/>
+      <c r="AC11" s="66"/>
       <c r="AD11" s="27"/>
       <c r="AE11" s="26"/>
       <c r="AF11" s="27"/>
       <c r="AG11" s="26"/>
       <c r="AH11" s="27"/>
       <c r="AI11" s="26"/>
       <c r="AJ11" s="27"/>
       <c r="AK11" s="25"/>
       <c r="AL11" s="25"/>
       <c r="AM11" s="25"/>
       <c r="AN11" s="25"/>
       <c r="AO11" s="25"/>
       <c r="AP11" s="25"/>
       <c r="AQ11" s="26"/>
     </row>
     <row r="12" spans="1:43" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="32" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="29">
         <v>1900</v>
       </c>
       <c r="C12" s="29">
         <v>1900</v>
       </c>
@@ -7251,71 +7604,113 @@
       </c>
       <c r="H12" s="29">
         <v>1900</v>
       </c>
       <c r="I12" s="29">
         <v>1900</v>
       </c>
       <c r="J12" s="29">
         <v>1900</v>
       </c>
       <c r="K12" s="29">
         <v>1900</v>
       </c>
       <c r="L12" s="29">
         <v>1900</v>
       </c>
       <c r="M12" s="29">
         <v>1900</v>
       </c>
       <c r="N12" s="29">
         <v>1900</v>
       </c>
       <c r="O12" s="29">
         <v>1900</v>
       </c>
-      <c r="P12" s="13"/>
-[...19 lines deleted...]
-      <c r="AJ12" s="14"/>
+      <c r="P12" s="13">
+        <v>1900</v>
+      </c>
+      <c r="Q12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="R12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="S12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="T12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="U12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="V12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="W12" s="74">
+        <v>1900</v>
+      </c>
+      <c r="X12" s="78">
+        <v>1900</v>
+      </c>
+      <c r="Y12" s="74">
+        <v>1900</v>
+      </c>
+      <c r="Z12" s="78">
+        <v>1900</v>
+      </c>
+      <c r="AA12" s="74">
+        <v>1900</v>
+      </c>
+      <c r="AB12" s="78">
+        <v>1900</v>
+      </c>
+      <c r="AC12" s="74">
+        <v>1900</v>
+      </c>
+      <c r="AD12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="AE12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AF12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="AG12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AH12" s="14">
+        <v>1900</v>
+      </c>
+      <c r="AI12" s="12">
+        <v>1900</v>
+      </c>
+      <c r="AJ12" s="14">
+        <v>1900</v>
+      </c>
       <c r="AK12" s="12"/>
       <c r="AL12" s="14"/>
       <c r="AM12" s="12"/>
       <c r="AN12" s="14"/>
       <c r="AO12" s="12"/>
       <c r="AP12" s="12"/>
       <c r="AQ12" s="12"/>
     </row>
     <row r="13" spans="1:43" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="63" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="31">
         <v>1900</v>
       </c>
       <c r="C13" s="31">
         <v>1900</v>
       </c>
       <c r="D13" s="31">
         <v>1900</v>
       </c>
       <c r="E13" s="31">
         <v>1900</v>
       </c>
       <c r="F13" s="31">
@@ -7326,110 +7721,152 @@
       </c>
       <c r="H13" s="31">
         <v>1900</v>
       </c>
       <c r="I13" s="31">
         <v>1900</v>
       </c>
       <c r="J13" s="31">
         <v>1900</v>
       </c>
       <c r="K13" s="31">
         <v>1900</v>
       </c>
       <c r="L13" s="31">
         <v>1900</v>
       </c>
       <c r="M13" s="31">
         <v>1900</v>
       </c>
       <c r="N13" s="31">
         <v>1900</v>
       </c>
       <c r="O13" s="31">
         <v>1900</v>
       </c>
-      <c r="P13" s="19"/>
-[...19 lines deleted...]
-      <c r="AJ13" s="18"/>
+      <c r="P13" s="19">
+        <v>1900</v>
+      </c>
+      <c r="Q13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="R13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="S13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="T13" s="21">
+        <v>1900</v>
+      </c>
+      <c r="U13" s="20">
+        <v>1900</v>
+      </c>
+      <c r="V13" s="68">
+        <v>1900</v>
+      </c>
+      <c r="W13" s="75">
+        <v>1900</v>
+      </c>
+      <c r="X13" s="79">
+        <v>1900</v>
+      </c>
+      <c r="Y13" s="75">
+        <v>1900</v>
+      </c>
+      <c r="Z13" s="79">
+        <v>1900</v>
+      </c>
+      <c r="AA13" s="75">
+        <v>1900</v>
+      </c>
+      <c r="AB13" s="79">
+        <v>1900</v>
+      </c>
+      <c r="AC13" s="75">
+        <v>1900</v>
+      </c>
+      <c r="AD13" s="70">
+        <v>1900</v>
+      </c>
+      <c r="AE13" s="64">
+        <v>1900</v>
+      </c>
+      <c r="AF13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="AG13" s="64">
+        <v>1900</v>
+      </c>
+      <c r="AH13" s="18">
+        <v>1900</v>
+      </c>
+      <c r="AI13" s="64">
+        <v>1900</v>
+      </c>
+      <c r="AJ13" s="18">
+        <v>1900</v>
+      </c>
       <c r="AK13" s="21"/>
       <c r="AL13" s="18"/>
       <c r="AM13" s="21"/>
       <c r="AN13" s="18"/>
       <c r="AO13" s="18"/>
       <c r="AP13" s="22"/>
       <c r="AQ13" s="18"/>
     </row>
     <row r="14" spans="1:43" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="24"/>
       <c r="B14" s="25"/>
       <c r="C14" s="25"/>
       <c r="D14" s="25"/>
       <c r="E14" s="26"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="27"/>
       <c r="K14" s="26"/>
       <c r="L14" s="27"/>
       <c r="M14" s="26"/>
       <c r="N14" s="27"/>
       <c r="O14" s="26"/>
       <c r="P14" s="27"/>
       <c r="Q14" s="26"/>
       <c r="R14" s="27"/>
       <c r="S14" s="26"/>
       <c r="T14" s="27"/>
       <c r="U14" s="26"/>
       <c r="V14" s="27"/>
       <c r="W14" s="26"/>
-      <c r="X14" s="26"/>
-[...5 lines deleted...]
-      <c r="AD14" s="26"/>
+      <c r="X14" s="27"/>
+      <c r="Y14" s="26"/>
+      <c r="Z14" s="27"/>
+      <c r="AA14" s="26"/>
+      <c r="AB14" s="27"/>
+      <c r="AC14" s="26"/>
+      <c r="AD14" s="37"/>
       <c r="AE14" s="27"/>
       <c r="AF14" s="26"/>
       <c r="AG14" s="27"/>
       <c r="AH14" s="26"/>
       <c r="AI14" s="26"/>
       <c r="AJ14" s="27"/>
       <c r="AK14" s="25"/>
       <c r="AL14" s="25"/>
       <c r="AM14" s="25"/>
       <c r="AN14" s="25"/>
       <c r="AO14" s="25"/>
       <c r="AP14" s="25"/>
       <c r="AQ14" s="26"/>
     </row>
     <row r="15" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="35" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="12">
         <v>360</v>
       </c>
       <c r="C15" s="12">
         <v>360</v>
       </c>
       <c r="D15" s="12">
@@ -7446,71 +7883,113 @@
       </c>
       <c r="H15" s="12">
         <v>225</v>
       </c>
       <c r="I15" s="12">
         <v>352</v>
       </c>
       <c r="J15" s="12">
         <v>352</v>
       </c>
       <c r="K15" s="12">
         <v>352</v>
       </c>
       <c r="L15" s="12">
         <v>352</v>
       </c>
       <c r="M15" s="12">
         <v>352</v>
       </c>
       <c r="N15" s="12">
         <v>352</v>
       </c>
       <c r="O15" s="12">
         <v>352</v>
       </c>
-      <c r="P15" s="12"/>
-[...19 lines deleted...]
-      <c r="AJ15" s="12"/>
+      <c r="P15" s="12">
+        <v>441</v>
+      </c>
+      <c r="Q15" s="12">
+        <v>441</v>
+      </c>
+      <c r="R15" s="12">
+        <v>441</v>
+      </c>
+      <c r="S15" s="12">
+        <v>441</v>
+      </c>
+      <c r="T15" s="12">
+        <v>441</v>
+      </c>
+      <c r="U15" s="12">
+        <v>367</v>
+      </c>
+      <c r="V15" s="16">
+        <v>367</v>
+      </c>
+      <c r="W15" s="12">
+        <v>345</v>
+      </c>
+      <c r="X15" s="14">
+        <v>345</v>
+      </c>
+      <c r="Y15" s="12">
+        <v>345</v>
+      </c>
+      <c r="Z15" s="14">
+        <v>345</v>
+      </c>
+      <c r="AA15" s="12">
+        <v>345</v>
+      </c>
+      <c r="AB15" s="14">
+        <v>345</v>
+      </c>
+      <c r="AC15" s="12">
+        <v>345</v>
+      </c>
+      <c r="AD15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AE15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AF15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AG15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AH15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AI15" s="15">
+        <v>337</v>
+      </c>
+      <c r="AJ15" s="15">
+        <v>337</v>
+      </c>
       <c r="AK15" s="12"/>
       <c r="AL15" s="12"/>
       <c r="AM15" s="12"/>
       <c r="AN15" s="12"/>
       <c r="AO15" s="12"/>
       <c r="AP15" s="12"/>
       <c r="AQ15" s="12"/>
     </row>
     <row r="16" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="36" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="18">
         <v>112</v>
       </c>
       <c r="C16" s="18">
         <v>112</v>
       </c>
       <c r="D16" s="18">
         <v>112</v>
       </c>
       <c r="E16" s="18">
         <v>112</v>
       </c>
       <c r="F16" s="18">
@@ -7521,110 +8000,152 @@
       </c>
       <c r="H16" s="18">
         <v>60</v>
       </c>
       <c r="I16" s="18">
         <v>97</v>
       </c>
       <c r="J16" s="18">
         <v>97</v>
       </c>
       <c r="K16" s="18">
         <v>97</v>
       </c>
       <c r="L16" s="18">
         <v>97</v>
       </c>
       <c r="M16" s="18">
         <v>97</v>
       </c>
       <c r="N16" s="18">
         <v>97</v>
       </c>
       <c r="O16" s="18">
         <v>97</v>
       </c>
-      <c r="P16" s="18"/>
-[...19 lines deleted...]
-      <c r="AJ16" s="18"/>
+      <c r="P16" s="18">
+        <v>117</v>
+      </c>
+      <c r="Q16" s="18">
+        <v>117</v>
+      </c>
+      <c r="R16" s="18">
+        <v>117</v>
+      </c>
+      <c r="S16" s="18">
+        <v>117</v>
+      </c>
+      <c r="T16" s="18">
+        <v>117</v>
+      </c>
+      <c r="U16" s="18">
+        <v>97</v>
+      </c>
+      <c r="V16" s="68">
+        <v>97</v>
+      </c>
+      <c r="W16" s="18">
+        <v>105</v>
+      </c>
+      <c r="X16" s="80">
+        <v>105</v>
+      </c>
+      <c r="Y16" s="18">
+        <v>105</v>
+      </c>
+      <c r="Z16" s="80">
+        <v>105</v>
+      </c>
+      <c r="AA16" s="18">
+        <v>105</v>
+      </c>
+      <c r="AB16" s="80">
+        <v>105</v>
+      </c>
+      <c r="AC16" s="18">
+        <v>105</v>
+      </c>
+      <c r="AD16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AE16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AF16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AG16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AH16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AI16" s="70">
+        <v>60</v>
+      </c>
+      <c r="AJ16" s="70">
+        <v>60</v>
+      </c>
       <c r="AK16" s="18"/>
       <c r="AL16" s="18"/>
       <c r="AM16" s="18"/>
       <c r="AN16" s="18"/>
       <c r="AO16" s="18"/>
       <c r="AP16" s="18"/>
       <c r="AQ16" s="18"/>
     </row>
     <row r="17" spans="1:50" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="24"/>
       <c r="B17" s="25"/>
       <c r="C17" s="25"/>
       <c r="D17" s="25"/>
       <c r="E17" s="26"/>
       <c r="F17" s="25"/>
       <c r="G17" s="25"/>
       <c r="H17" s="26"/>
       <c r="I17" s="26"/>
       <c r="J17" s="27"/>
       <c r="K17" s="26"/>
       <c r="L17" s="27"/>
       <c r="M17" s="26"/>
       <c r="N17" s="27"/>
       <c r="O17" s="26"/>
       <c r="P17" s="25"/>
       <c r="Q17" s="26"/>
       <c r="R17" s="27"/>
       <c r="S17" s="26"/>
       <c r="T17" s="27"/>
       <c r="U17" s="26"/>
-      <c r="V17" s="37"/>
-[...7 lines deleted...]
-      <c r="AD17" s="26"/>
+      <c r="V17" s="27"/>
+      <c r="W17" s="26"/>
+      <c r="X17" s="27"/>
+      <c r="Y17" s="26"/>
+      <c r="Z17" s="27"/>
+      <c r="AA17" s="26"/>
+      <c r="AB17" s="27"/>
+      <c r="AC17" s="26"/>
+      <c r="AD17" s="37"/>
       <c r="AE17" s="27"/>
       <c r="AF17" s="26"/>
       <c r="AG17" s="27"/>
       <c r="AH17" s="26"/>
       <c r="AI17" s="26"/>
       <c r="AJ17" s="27"/>
       <c r="AK17" s="25"/>
       <c r="AL17" s="25"/>
       <c r="AM17" s="25"/>
       <c r="AN17" s="25"/>
       <c r="AO17" s="25"/>
       <c r="AP17" s="25"/>
       <c r="AQ17" s="26"/>
     </row>
     <row r="18" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="35" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="12">
         <v>360</v>
       </c>
       <c r="C18" s="12">
         <v>360</v>
       </c>
       <c r="D18" s="12">
@@ -7641,71 +8162,113 @@
       </c>
       <c r="H18" s="12">
         <v>225</v>
       </c>
       <c r="I18" s="12">
         <v>352</v>
       </c>
       <c r="J18" s="12">
         <v>352</v>
       </c>
       <c r="K18" s="12">
         <v>352</v>
       </c>
       <c r="L18" s="12">
         <v>352</v>
       </c>
       <c r="M18" s="12">
         <v>352</v>
       </c>
       <c r="N18" s="12">
         <v>352</v>
       </c>
       <c r="O18" s="12">
         <v>352</v>
       </c>
-      <c r="P18" s="12"/>
-[...19 lines deleted...]
-      <c r="AJ18" s="12"/>
+      <c r="P18" s="12">
+        <v>441</v>
+      </c>
+      <c r="Q18" s="12">
+        <v>441</v>
+      </c>
+      <c r="R18" s="12">
+        <v>441</v>
+      </c>
+      <c r="S18" s="12">
+        <v>441</v>
+      </c>
+      <c r="T18" s="12">
+        <v>441</v>
+      </c>
+      <c r="U18" s="12">
+        <v>367</v>
+      </c>
+      <c r="V18" s="16">
+        <v>367</v>
+      </c>
+      <c r="W18" s="12">
+        <v>345</v>
+      </c>
+      <c r="X18" s="14">
+        <v>345</v>
+      </c>
+      <c r="Y18" s="12">
+        <v>345</v>
+      </c>
+      <c r="Z18" s="14">
+        <v>345</v>
+      </c>
+      <c r="AA18" s="12">
+        <v>345</v>
+      </c>
+      <c r="AB18" s="14">
+        <v>345</v>
+      </c>
+      <c r="AC18" s="12">
+        <v>345</v>
+      </c>
+      <c r="AD18" s="15">
+        <v>337</v>
+      </c>
+      <c r="AE18" s="12">
+        <v>337</v>
+      </c>
+      <c r="AF18" s="12">
+        <v>337</v>
+      </c>
+      <c r="AG18" s="12">
+        <v>337</v>
+      </c>
+      <c r="AH18" s="12">
+        <v>337</v>
+      </c>
+      <c r="AI18" s="12">
+        <v>337</v>
+      </c>
+      <c r="AJ18" s="12">
+        <v>337</v>
+      </c>
       <c r="AK18" s="12"/>
       <c r="AL18" s="12"/>
       <c r="AM18" s="12"/>
       <c r="AN18" s="12"/>
       <c r="AO18" s="12"/>
       <c r="AP18" s="12"/>
       <c r="AQ18" s="12"/>
     </row>
     <row r="19" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="36" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="18">
         <v>112</v>
       </c>
       <c r="C19" s="18">
         <v>112</v>
       </c>
       <c r="D19" s="18">
         <v>112</v>
       </c>
       <c r="E19" s="18">
         <v>112</v>
       </c>
       <c r="F19" s="18">
@@ -7716,130 +8279,172 @@
       </c>
       <c r="H19" s="18">
         <v>60</v>
       </c>
       <c r="I19" s="18">
         <v>97</v>
       </c>
       <c r="J19" s="18">
         <v>97</v>
       </c>
       <c r="K19" s="18">
         <v>97</v>
       </c>
       <c r="L19" s="18">
         <v>97</v>
       </c>
       <c r="M19" s="18">
         <v>97</v>
       </c>
       <c r="N19" s="18">
         <v>97</v>
       </c>
       <c r="O19" s="18">
         <v>97</v>
       </c>
-      <c r="P19" s="18"/>
-[...19 lines deleted...]
-      <c r="AJ19" s="18"/>
+      <c r="P19" s="18">
+        <v>117</v>
+      </c>
+      <c r="Q19" s="18">
+        <v>117</v>
+      </c>
+      <c r="R19" s="18">
+        <v>117</v>
+      </c>
+      <c r="S19" s="18">
+        <v>117</v>
+      </c>
+      <c r="T19" s="18">
+        <v>117</v>
+      </c>
+      <c r="U19" s="18">
+        <v>97</v>
+      </c>
+      <c r="V19" s="68">
+        <v>97</v>
+      </c>
+      <c r="W19" s="31">
+        <v>105</v>
+      </c>
+      <c r="X19" s="82">
+        <v>105</v>
+      </c>
+      <c r="Y19" s="31">
+        <v>105</v>
+      </c>
+      <c r="Z19" s="82">
+        <v>105</v>
+      </c>
+      <c r="AA19" s="31">
+        <v>105</v>
+      </c>
+      <c r="AB19" s="82">
+        <v>105</v>
+      </c>
+      <c r="AC19" s="31">
+        <v>105</v>
+      </c>
+      <c r="AD19" s="70">
+        <v>60</v>
+      </c>
+      <c r="AE19" s="18">
+        <v>60</v>
+      </c>
+      <c r="AF19" s="18">
+        <v>60</v>
+      </c>
+      <c r="AG19" s="18">
+        <v>60</v>
+      </c>
+      <c r="AH19" s="18">
+        <v>60</v>
+      </c>
+      <c r="AI19" s="18">
+        <v>60</v>
+      </c>
+      <c r="AJ19" s="18">
+        <v>60</v>
+      </c>
       <c r="AK19" s="18"/>
       <c r="AL19" s="18"/>
       <c r="AM19" s="18"/>
       <c r="AN19" s="18"/>
       <c r="AO19" s="18"/>
       <c r="AP19" s="18"/>
       <c r="AQ19" s="18"/>
     </row>
     <row r="20" spans="1:50" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="38"/>
       <c r="B20" s="39"/>
       <c r="C20" s="40"/>
       <c r="D20" s="40"/>
       <c r="E20" s="40"/>
       <c r="F20" s="40"/>
       <c r="G20" s="41"/>
       <c r="H20" s="42"/>
       <c r="I20" s="43"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="L20" s="41"/>
       <c r="M20" s="41"/>
       <c r="N20" s="41"/>
       <c r="O20" s="42"/>
       <c r="P20" s="41"/>
       <c r="Q20" s="41"/>
       <c r="R20" s="41"/>
       <c r="S20" s="41"/>
       <c r="T20" s="44"/>
       <c r="U20" s="41"/>
-      <c r="V20" s="42"/>
-      <c r="W20" s="41"/>
+      <c r="V20" s="41"/>
+      <c r="W20" s="65"/>
       <c r="X20" s="41"/>
       <c r="Y20" s="41"/>
       <c r="Z20" s="41"/>
       <c r="AA20" s="41"/>
       <c r="AB20" s="41"/>
-      <c r="AC20" s="41"/>
-      <c r="AD20" s="65"/>
+      <c r="AC20" s="42"/>
+      <c r="AD20" s="41"/>
       <c r="AE20" s="41"/>
       <c r="AF20" s="41"/>
       <c r="AG20" s="41"/>
       <c r="AH20" s="41"/>
       <c r="AI20" s="41"/>
       <c r="AJ20" s="41"/>
       <c r="AK20" s="65"/>
       <c r="AL20" s="41"/>
       <c r="AM20" s="41"/>
       <c r="AN20" s="41"/>
       <c r="AO20" s="41"/>
       <c r="AP20" s="41"/>
       <c r="AQ20" s="42"/>
     </row>
     <row r="21" spans="1:50" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="62" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="45">
-        <f t="shared" ref="B21:O22" si="0">SUM(B6+B9+B12+B15+B18)</f>
+        <f t="shared" ref="B21:Q22" si="0">SUM(B6+B9+B12+B15+B18)</f>
         <v>4620</v>
       </c>
       <c r="C21" s="45">
         <f t="shared" si="0"/>
         <v>4620</v>
       </c>
       <c r="D21" s="45">
         <f t="shared" si="0"/>
         <v>4620</v>
       </c>
       <c r="E21" s="45">
         <f t="shared" si="0"/>
         <v>4620</v>
       </c>
       <c r="F21" s="45">
         <f t="shared" si="0"/>
         <v>4620</v>
       </c>
       <c r="G21" s="45">
         <f t="shared" si="0"/>
         <v>4620</v>
       </c>
       <c r="H21" s="45">
         <f t="shared" si="0"/>
         <v>4350</v>
@@ -7850,71 +8455,134 @@
       </c>
       <c r="J21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
       <c r="K21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
       <c r="L21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
       <c r="M21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
       <c r="N21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
       <c r="O21" s="45">
         <f t="shared" si="0"/>
         <v>4604</v>
       </c>
-      <c r="P21" s="45"/>
-[...19 lines deleted...]
-      <c r="AJ21" s="45"/>
+      <c r="P21" s="45">
+        <f t="shared" si="0"/>
+        <v>4582</v>
+      </c>
+      <c r="Q21" s="45">
+        <f t="shared" si="0"/>
+        <v>4582</v>
+      </c>
+      <c r="R21" s="45">
+        <f t="shared" ref="R21:V22" si="1">SUM(R6+R9+R12+R15+R18)</f>
+        <v>4582</v>
+      </c>
+      <c r="S21" s="45">
+        <f t="shared" si="1"/>
+        <v>4582</v>
+      </c>
+      <c r="T21" s="45">
+        <f t="shared" si="1"/>
+        <v>4582</v>
+      </c>
+      <c r="U21" s="45">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="V21" s="69">
+        <f t="shared" si="1"/>
+        <v>4634</v>
+      </c>
+      <c r="W21" s="83">
+        <f t="shared" ref="W21:AJ21" si="2">SUM(W6+W9+W12+W15+W18)</f>
+        <v>4590</v>
+      </c>
+      <c r="X21" s="84">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="Y21" s="83">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="Z21" s="84">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="AA21" s="83">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="AB21" s="84">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="AC21" s="83">
+        <f t="shared" si="2"/>
+        <v>4590</v>
+      </c>
+      <c r="AD21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AE21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AF21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AG21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AH21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AI21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
+      <c r="AJ21" s="83">
+        <f t="shared" si="2"/>
+        <v>4574</v>
+      </c>
       <c r="AK21" s="45"/>
       <c r="AL21" s="45"/>
       <c r="AM21" s="45"/>
       <c r="AN21" s="45"/>
       <c r="AO21" s="45"/>
       <c r="AP21" s="45"/>
       <c r="AQ21" s="45"/>
     </row>
     <row r="22" spans="1:50" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="63" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="46">
         <f t="shared" si="0"/>
         <v>4124</v>
       </c>
       <c r="C22" s="46">
         <f t="shared" si="0"/>
         <v>4124</v>
       </c>
       <c r="D22" s="46">
         <f t="shared" si="0"/>
         <v>4124</v>
       </c>
       <c r="E22" s="46">
@@ -7939,348 +8607,435 @@
       </c>
       <c r="J22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
       <c r="K22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
       <c r="L22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
       <c r="M22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
       <c r="N22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
       <c r="O22" s="46">
         <f t="shared" si="0"/>
         <v>4094</v>
       </c>
-      <c r="P22" s="46"/>
-[...19 lines deleted...]
-      <c r="AJ22" s="46"/>
+      <c r="P22" s="46">
+        <f t="shared" si="0"/>
+        <v>3934</v>
+      </c>
+      <c r="Q22" s="46">
+        <f t="shared" si="0"/>
+        <v>3934</v>
+      </c>
+      <c r="R22" s="46">
+        <f t="shared" si="1"/>
+        <v>3934</v>
+      </c>
+      <c r="S22" s="46">
+        <f t="shared" si="1"/>
+        <v>3934</v>
+      </c>
+      <c r="T22" s="46">
+        <f t="shared" si="1"/>
+        <v>3934</v>
+      </c>
+      <c r="U22" s="46">
+        <f t="shared" si="1"/>
+        <v>3894</v>
+      </c>
+      <c r="V22" s="71">
+        <f t="shared" si="1"/>
+        <v>3894</v>
+      </c>
+      <c r="W22" s="46">
+        <f t="shared" ref="W22:AJ22" si="3">SUM(W7+W10+W13+W16+W19)</f>
+        <v>3910</v>
+      </c>
+      <c r="X22" s="81">
+        <f t="shared" si="3"/>
+        <v>3910</v>
+      </c>
+      <c r="Y22" s="46">
+        <f t="shared" si="3"/>
+        <v>3910</v>
+      </c>
+      <c r="Z22" s="81">
+        <f t="shared" si="3"/>
+        <v>3910</v>
+      </c>
+      <c r="AA22" s="46">
+        <f t="shared" si="3"/>
+        <v>3910</v>
+      </c>
+      <c r="AB22" s="81">
+        <f t="shared" si="3"/>
+        <v>4110</v>
+      </c>
+      <c r="AC22" s="46">
+        <f t="shared" si="3"/>
+        <v>4110</v>
+      </c>
+      <c r="AD22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AE22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AF22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AG22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AH22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AI22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
+      <c r="AJ22" s="46">
+        <f t="shared" si="3"/>
+        <v>4020</v>
+      </c>
       <c r="AK22" s="46"/>
       <c r="AL22" s="46"/>
       <c r="AM22" s="46"/>
       <c r="AN22" s="46"/>
       <c r="AO22" s="46"/>
       <c r="AP22" s="46"/>
       <c r="AQ22" s="46"/>
     </row>
     <row r="23" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="47"/>
       <c r="C23" s="47"/>
       <c r="D23" s="48"/>
       <c r="E23" s="48"/>
       <c r="F23" s="49"/>
       <c r="G23" s="49"/>
       <c r="H23" s="49"/>
       <c r="I23" s="49"/>
       <c r="J23" s="49"/>
       <c r="K23" s="49"/>
       <c r="L23" s="49"/>
       <c r="M23" s="49"/>
       <c r="N23" s="49"/>
       <c r="O23" s="49"/>
       <c r="P23" s="49"/>
       <c r="Q23" s="49"/>
       <c r="R23" s="49"/>
       <c r="S23" s="48"/>
       <c r="T23" s="48"/>
       <c r="U23" s="49"/>
       <c r="AL23" s="47"/>
       <c r="AM23" s="48"/>
       <c r="AN23" s="47"/>
       <c r="AO23" s="48"/>
       <c r="AP23" s="48"/>
       <c r="AQ23" s="48"/>
     </row>
     <row r="24" spans="1:50" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="50" t="s">
         <v>2</v>
       </c>
-      <c r="B24" s="87" t="s">
+      <c r="B24" s="93" t="s">
         <v>36</v>
       </c>
-      <c r="C24" s="88"/>
-[...2 lines deleted...]
-      <c r="F24" s="87" t="s">
+      <c r="C24" s="94"/>
+      <c r="D24" s="94"/>
+      <c r="E24" s="95"/>
+      <c r="F24" s="93" t="s">
         <v>37</v>
       </c>
-      <c r="G24" s="88"/>
-[...2 lines deleted...]
-      <c r="J24" s="87" t="s">
+      <c r="G24" s="94"/>
+      <c r="H24" s="94"/>
+      <c r="I24" s="95"/>
+      <c r="J24" s="93" t="s">
         <v>38</v>
       </c>
-      <c r="K24" s="90"/>
-[...2 lines deleted...]
-      <c r="N24" s="87" t="s">
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="97"/>
+      <c r="N24" s="93" t="s">
         <v>39</v>
       </c>
-      <c r="O24" s="90"/>
-[...13 lines deleted...]
-      <c r="Y24" s="89"/>
+      <c r="O24" s="96"/>
+      <c r="P24" s="96"/>
+      <c r="Q24" s="96"/>
+      <c r="R24" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="S24" s="96"/>
+      <c r="T24" s="96"/>
+      <c r="U24" s="97"/>
+      <c r="V24" s="93" t="s">
+        <v>43</v>
+      </c>
+      <c r="W24" s="94"/>
+      <c r="X24" s="94"/>
+      <c r="Y24" s="95"/>
       <c r="AB24" s="51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="62" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="78" t="s">
+      <c r="B25" s="108" t="s">
         <v>30</v>
       </c>
-      <c r="C25" s="73"/>
-[...21 lines deleted...]
-      <c r="Y25" s="74"/>
+      <c r="C25" s="109"/>
+      <c r="D25" s="109"/>
+      <c r="E25" s="110"/>
+      <c r="F25" s="108" t="s">
+        <v>30</v>
+      </c>
+      <c r="G25" s="109"/>
+      <c r="H25" s="109"/>
+      <c r="I25" s="110"/>
+      <c r="J25" s="108" t="s">
+        <v>30</v>
+      </c>
+      <c r="K25" s="109"/>
+      <c r="L25" s="109"/>
+      <c r="M25" s="110"/>
+      <c r="N25" s="108" t="s">
+        <v>30</v>
+      </c>
+      <c r="O25" s="109"/>
+      <c r="P25" s="109"/>
+      <c r="Q25" s="110"/>
+      <c r="R25" s="112"/>
+      <c r="S25" s="109"/>
+      <c r="T25" s="109"/>
+      <c r="U25" s="110"/>
+      <c r="V25" s="108"/>
+      <c r="W25" s="109"/>
+      <c r="X25" s="109"/>
+      <c r="Y25" s="110"/>
       <c r="AB25" s="52" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:50" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="63" t="s">
         <v>10</v>
       </c>
-      <c r="B26" s="79" t="s">
+      <c r="B26" s="105" t="s">
         <v>30</v>
       </c>
-      <c r="C26" s="76"/>
-[...21 lines deleted...]
-      <c r="Y26" s="77"/>
+      <c r="C26" s="106"/>
+      <c r="D26" s="106"/>
+      <c r="E26" s="107"/>
+      <c r="F26" s="105" t="s">
+        <v>30</v>
+      </c>
+      <c r="G26" s="106"/>
+      <c r="H26" s="106"/>
+      <c r="I26" s="107"/>
+      <c r="J26" s="105" t="s">
+        <v>30</v>
+      </c>
+      <c r="K26" s="106"/>
+      <c r="L26" s="106"/>
+      <c r="M26" s="107"/>
+      <c r="N26" s="105" t="s">
+        <v>30</v>
+      </c>
+      <c r="O26" s="106"/>
+      <c r="P26" s="106"/>
+      <c r="Q26" s="107"/>
+      <c r="R26" s="111"/>
+      <c r="S26" s="106"/>
+      <c r="T26" s="106"/>
+      <c r="U26" s="107"/>
+      <c r="V26" s="105"/>
+      <c r="W26" s="106"/>
+      <c r="X26" s="106"/>
+      <c r="Y26" s="107"/>
       <c r="AB26" s="53" t="s">
         <v>23</v>
       </c>
       <c r="AS26" s="54"/>
       <c r="AT26" s="55"/>
       <c r="AU26" s="54"/>
       <c r="AV26" s="54"/>
       <c r="AW26" s="54"/>
       <c r="AX26" s="54"/>
     </row>
     <row r="27" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="56"/>
       <c r="B27" s="56"/>
       <c r="C27" s="57"/>
       <c r="D27" s="57"/>
       <c r="E27" s="58"/>
       <c r="F27" s="56"/>
       <c r="G27" s="57"/>
       <c r="H27" s="57"/>
       <c r="I27" s="58"/>
       <c r="J27" s="56"/>
       <c r="K27" s="57"/>
       <c r="L27" s="57"/>
       <c r="M27" s="58"/>
-      <c r="N27" s="57"/>
+      <c r="N27" s="56"/>
       <c r="O27" s="57"/>
       <c r="P27" s="57"/>
-      <c r="Q27" s="57"/>
+      <c r="Q27" s="58"/>
       <c r="R27" s="56"/>
       <c r="S27" s="57"/>
       <c r="T27" s="57"/>
       <c r="U27" s="57"/>
       <c r="V27" s="56"/>
       <c r="W27" s="57"/>
       <c r="X27" s="57"/>
       <c r="Y27" s="58"/>
       <c r="AB27" s="52" t="s">
         <v>24</v>
       </c>
       <c r="AD27" s="52"/>
       <c r="AE27" s="52"/>
       <c r="AF27" s="52"/>
       <c r="AG27" s="52"/>
       <c r="AH27" s="52"/>
       <c r="AI27" s="52"/>
       <c r="AJ27" s="52"/>
       <c r="AK27" s="52"/>
       <c r="AL27" s="52"/>
       <c r="AM27" s="52"/>
       <c r="AN27" s="52"/>
       <c r="AO27" s="52"/>
       <c r="AP27" s="52"/>
       <c r="AQ27" s="52"/>
       <c r="AR27" s="52"/>
       <c r="AT27" s="55"/>
     </row>
     <row r="28" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="62" t="s">
         <v>11</v>
       </c>
-      <c r="B28" s="72">
+      <c r="B28" s="112">
         <v>100</v>
       </c>
-      <c r="C28" s="73"/>
-[...21 lines deleted...]
-      <c r="Y28" s="74"/>
+      <c r="C28" s="109"/>
+      <c r="D28" s="109"/>
+      <c r="E28" s="110"/>
+      <c r="F28" s="112">
+        <v>100</v>
+      </c>
+      <c r="G28" s="109"/>
+      <c r="H28" s="109"/>
+      <c r="I28" s="110"/>
+      <c r="J28" s="112">
+        <v>100</v>
+      </c>
+      <c r="K28" s="109"/>
+      <c r="L28" s="109"/>
+      <c r="M28" s="110"/>
+      <c r="N28" s="112">
+        <v>100</v>
+      </c>
+      <c r="O28" s="109"/>
+      <c r="P28" s="109"/>
+      <c r="Q28" s="110"/>
+      <c r="R28" s="112"/>
+      <c r="S28" s="109"/>
+      <c r="T28" s="109"/>
+      <c r="U28" s="110"/>
+      <c r="V28" s="112"/>
+      <c r="W28" s="109"/>
+      <c r="X28" s="109"/>
+      <c r="Y28" s="110"/>
       <c r="AD28" s="55"/>
       <c r="AE28" s="55"/>
       <c r="AF28" s="55"/>
       <c r="AG28" s="55"/>
       <c r="AH28" s="55"/>
       <c r="AI28" s="55"/>
       <c r="AJ28" s="55"/>
       <c r="AK28" s="55"/>
       <c r="AL28" s="55"/>
       <c r="AM28" s="55"/>
       <c r="AN28" s="55"/>
       <c r="AO28" s="55"/>
       <c r="AP28" s="55"/>
       <c r="AQ28" s="55"/>
       <c r="AR28" s="55"/>
       <c r="AT28" s="55"/>
     </row>
     <row r="29" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="63" t="s">
         <v>12</v>
       </c>
-      <c r="B29" s="75">
+      <c r="B29" s="111">
         <v>100</v>
       </c>
-      <c r="C29" s="76"/>
-[...21 lines deleted...]
-      <c r="Y29" s="77"/>
+      <c r="C29" s="106"/>
+      <c r="D29" s="106"/>
+      <c r="E29" s="107"/>
+      <c r="F29" s="111">
+        <v>100</v>
+      </c>
+      <c r="G29" s="106"/>
+      <c r="H29" s="106"/>
+      <c r="I29" s="107"/>
+      <c r="J29" s="111">
+        <v>100</v>
+      </c>
+      <c r="K29" s="106"/>
+      <c r="L29" s="106"/>
+      <c r="M29" s="107"/>
+      <c r="N29" s="111">
+        <v>100</v>
+      </c>
+      <c r="O29" s="106"/>
+      <c r="P29" s="106"/>
+      <c r="Q29" s="107"/>
+      <c r="R29" s="111"/>
+      <c r="S29" s="106"/>
+      <c r="T29" s="106"/>
+      <c r="U29" s="107"/>
+      <c r="V29" s="111"/>
+      <c r="W29" s="106"/>
+      <c r="X29" s="106"/>
+      <c r="Y29" s="107"/>
       <c r="AD29" s="55"/>
       <c r="AE29" s="55"/>
       <c r="AF29" s="55"/>
       <c r="AG29" s="55"/>
       <c r="AH29" s="55"/>
       <c r="AI29" s="55"/>
       <c r="AJ29" s="55"/>
       <c r="AK29" s="55"/>
       <c r="AL29" s="55"/>
       <c r="AM29" s="55"/>
       <c r="AN29" s="55"/>
       <c r="AO29" s="55"/>
       <c r="AP29" s="55"/>
       <c r="AQ29" s="55"/>
       <c r="AR29" s="55"/>
     </row>
     <row r="30" spans="1:50" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="56"/>
       <c r="B30" s="56"/>
       <c r="C30" s="57"/>
       <c r="D30" s="57"/>
       <c r="E30" s="58"/>
       <c r="F30" s="56"/>
       <c r="G30" s="57"/>
       <c r="H30" s="57"/>
@@ -8299,491 +9054,548 @@
       <c r="U30" s="57"/>
       <c r="V30" s="56"/>
       <c r="W30" s="57"/>
       <c r="X30" s="57"/>
       <c r="Y30" s="58"/>
       <c r="AD30" s="52"/>
       <c r="AE30" s="52"/>
       <c r="AF30" s="52"/>
       <c r="AG30" s="52"/>
       <c r="AH30" s="52"/>
       <c r="AI30" s="52"/>
       <c r="AJ30" s="52"/>
       <c r="AK30" s="52"/>
       <c r="AL30" s="52"/>
       <c r="AM30" s="52"/>
       <c r="AN30" s="52"/>
       <c r="AO30" s="52"/>
       <c r="AP30" s="52"/>
       <c r="AQ30" s="52"/>
       <c r="AR30" s="52"/>
     </row>
     <row r="31" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="62" t="s">
         <v>13</v>
       </c>
-      <c r="B31" s="72">
+      <c r="B31" s="112">
         <v>100</v>
       </c>
-      <c r="C31" s="73"/>
-[...21 lines deleted...]
-      <c r="Y31" s="74"/>
+      <c r="C31" s="109"/>
+      <c r="D31" s="109"/>
+      <c r="E31" s="110"/>
+      <c r="F31" s="112">
+        <v>100</v>
+      </c>
+      <c r="G31" s="109"/>
+      <c r="H31" s="109"/>
+      <c r="I31" s="110"/>
+      <c r="J31" s="112">
+        <f>1900/1900*100</f>
+        <v>100</v>
+      </c>
+      <c r="K31" s="109"/>
+      <c r="L31" s="109"/>
+      <c r="M31" s="110"/>
+      <c r="N31" s="112">
+        <v>100</v>
+      </c>
+      <c r="O31" s="109"/>
+      <c r="P31" s="109"/>
+      <c r="Q31" s="110"/>
+      <c r="R31" s="112"/>
+      <c r="S31" s="109"/>
+      <c r="T31" s="109"/>
+      <c r="U31" s="110"/>
+      <c r="V31" s="112"/>
+      <c r="W31" s="109"/>
+      <c r="X31" s="109"/>
+      <c r="Y31" s="110"/>
       <c r="AD31" s="55"/>
       <c r="AE31" s="55"/>
       <c r="AF31" s="55"/>
       <c r="AG31" s="55"/>
       <c r="AH31" s="55"/>
       <c r="AI31" s="55"/>
       <c r="AJ31" s="55"/>
       <c r="AK31" s="55"/>
       <c r="AL31" s="55"/>
       <c r="AM31" s="55"/>
       <c r="AN31" s="55"/>
       <c r="AO31" s="55"/>
       <c r="AP31" s="55"/>
       <c r="AQ31" s="55"/>
       <c r="AR31" s="55"/>
     </row>
     <row r="32" spans="1:50" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="63" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="75">
+      <c r="B32" s="111">
         <v>100</v>
       </c>
-      <c r="C32" s="76"/>
-[...21 lines deleted...]
-      <c r="Y32" s="77"/>
+      <c r="C32" s="106"/>
+      <c r="D32" s="106"/>
+      <c r="E32" s="107"/>
+      <c r="F32" s="111">
+        <v>100</v>
+      </c>
+      <c r="G32" s="106"/>
+      <c r="H32" s="106"/>
+      <c r="I32" s="107"/>
+      <c r="J32" s="111">
+        <f>1900/1900*100</f>
+        <v>100</v>
+      </c>
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="107"/>
+      <c r="N32" s="111">
+        <v>100</v>
+      </c>
+      <c r="O32" s="106"/>
+      <c r="P32" s="106"/>
+      <c r="Q32" s="107"/>
+      <c r="R32" s="111"/>
+      <c r="S32" s="106"/>
+      <c r="T32" s="106"/>
+      <c r="U32" s="107"/>
+      <c r="V32" s="111"/>
+      <c r="W32" s="106"/>
+      <c r="X32" s="106"/>
+      <c r="Y32" s="107"/>
     </row>
     <row r="33" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="61"/>
       <c r="B33" s="57"/>
       <c r="C33" s="57"/>
       <c r="D33" s="57"/>
       <c r="E33" s="58"/>
       <c r="F33" s="56"/>
       <c r="G33" s="57"/>
       <c r="H33" s="57"/>
       <c r="I33" s="58"/>
       <c r="J33" s="56"/>
       <c r="K33" s="57"/>
       <c r="L33" s="57"/>
       <c r="M33" s="58"/>
       <c r="N33" s="57"/>
       <c r="O33" s="57"/>
       <c r="P33" s="57"/>
       <c r="Q33" s="57"/>
       <c r="R33" s="56"/>
       <c r="S33" s="57"/>
       <c r="T33" s="57"/>
       <c r="U33" s="57"/>
       <c r="V33" s="56"/>
       <c r="W33" s="57"/>
       <c r="X33" s="57"/>
       <c r="Y33" s="58"/>
     </row>
     <row r="34" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="62" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="72">
+      <c r="B34" s="112">
         <v>68</v>
       </c>
-      <c r="C34" s="73"/>
-[...21 lines deleted...]
-      <c r="Y34" s="74"/>
+      <c r="C34" s="109"/>
+      <c r="D34" s="109"/>
+      <c r="E34" s="110"/>
+      <c r="F34" s="112">
+        <v>44</v>
+      </c>
+      <c r="G34" s="109"/>
+      <c r="H34" s="109"/>
+      <c r="I34" s="110"/>
+      <c r="J34" s="116">
+        <f>111/367*100</f>
+        <v>30.245231607629432</v>
+      </c>
+      <c r="K34" s="117"/>
+      <c r="L34" s="117"/>
+      <c r="M34" s="118"/>
+      <c r="N34" s="112">
+        <v>100</v>
+      </c>
+      <c r="O34" s="109"/>
+      <c r="P34" s="109"/>
+      <c r="Q34" s="110"/>
+      <c r="R34" s="112"/>
+      <c r="S34" s="109"/>
+      <c r="T34" s="109"/>
+      <c r="U34" s="110"/>
+      <c r="V34" s="112"/>
+      <c r="W34" s="109"/>
+      <c r="X34" s="109"/>
+      <c r="Y34" s="110"/>
     </row>
     <row r="35" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="63" t="s">
         <v>27</v>
       </c>
-      <c r="B35" s="75">
+      <c r="B35" s="111">
         <v>0</v>
       </c>
-      <c r="C35" s="76"/>
-[...21 lines deleted...]
-      <c r="Y35" s="77"/>
+      <c r="C35" s="106"/>
+      <c r="D35" s="106"/>
+      <c r="E35" s="107"/>
+      <c r="F35" s="111">
+        <v>0</v>
+      </c>
+      <c r="G35" s="106"/>
+      <c r="H35" s="106"/>
+      <c r="I35" s="107"/>
+      <c r="J35" s="111">
+        <v>0</v>
+      </c>
+      <c r="K35" s="106"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="107"/>
+      <c r="N35" s="111">
+        <v>0</v>
+      </c>
+      <c r="O35" s="106"/>
+      <c r="P35" s="106"/>
+      <c r="Q35" s="107"/>
+      <c r="R35" s="111"/>
+      <c r="S35" s="106"/>
+      <c r="T35" s="106"/>
+      <c r="U35" s="107"/>
+      <c r="V35" s="111"/>
+      <c r="W35" s="106"/>
+      <c r="X35" s="106"/>
+      <c r="Y35" s="107"/>
     </row>
     <row r="36" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="61"/>
       <c r="B36" s="57"/>
       <c r="C36" s="57"/>
       <c r="D36" s="57"/>
       <c r="E36" s="58"/>
       <c r="F36" s="57"/>
       <c r="G36" s="57"/>
       <c r="H36" s="57"/>
       <c r="I36" s="58"/>
       <c r="J36" s="56"/>
       <c r="K36" s="57"/>
       <c r="L36" s="57"/>
       <c r="M36" s="58"/>
       <c r="N36" s="57"/>
       <c r="O36" s="57"/>
       <c r="P36" s="57"/>
       <c r="Q36" s="57"/>
       <c r="R36" s="56"/>
       <c r="S36" s="57"/>
       <c r="T36" s="57"/>
       <c r="U36" s="57"/>
       <c r="V36" s="56"/>
       <c r="W36" s="57"/>
       <c r="X36" s="57"/>
       <c r="Y36" s="58"/>
     </row>
     <row r="37" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="35" t="s">
         <v>17</v>
       </c>
-      <c r="B37" s="72">
+      <c r="B37" s="112">
         <v>100</v>
       </c>
-      <c r="C37" s="73"/>
-[...21 lines deleted...]
-      <c r="Y37" s="74"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="109"/>
+      <c r="E37" s="110"/>
+      <c r="F37" s="112">
+        <v>103</v>
+      </c>
+      <c r="G37" s="109"/>
+      <c r="H37" s="109"/>
+      <c r="I37" s="110"/>
+      <c r="J37" s="112">
+        <v>100</v>
+      </c>
+      <c r="K37" s="109"/>
+      <c r="L37" s="109"/>
+      <c r="M37" s="110"/>
+      <c r="N37" s="112">
+        <v>100</v>
+      </c>
+      <c r="O37" s="109"/>
+      <c r="P37" s="109"/>
+      <c r="Q37" s="110"/>
+      <c r="R37" s="112"/>
+      <c r="S37" s="109"/>
+      <c r="T37" s="109"/>
+      <c r="U37" s="110"/>
+      <c r="V37" s="112"/>
+      <c r="W37" s="109"/>
+      <c r="X37" s="109"/>
+      <c r="Y37" s="110"/>
     </row>
     <row r="38" spans="1:25" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="36" t="s">
         <v>28</v>
       </c>
-      <c r="B38" s="75">
+      <c r="B38" s="111">
         <v>100</v>
       </c>
-      <c r="C38" s="76"/>
-[...21 lines deleted...]
-      <c r="Y38" s="77"/>
+      <c r="C38" s="106"/>
+      <c r="D38" s="106"/>
+      <c r="E38" s="107"/>
+      <c r="F38" s="111">
+        <v>0</v>
+      </c>
+      <c r="G38" s="106"/>
+      <c r="H38" s="106"/>
+      <c r="I38" s="107"/>
+      <c r="J38" s="111">
+        <v>100</v>
+      </c>
+      <c r="K38" s="106"/>
+      <c r="L38" s="106"/>
+      <c r="M38" s="107"/>
+      <c r="N38" s="111">
+        <v>0</v>
+      </c>
+      <c r="O38" s="106"/>
+      <c r="P38" s="106"/>
+      <c r="Q38" s="107"/>
+      <c r="R38" s="111"/>
+      <c r="S38" s="106"/>
+      <c r="T38" s="106"/>
+      <c r="U38" s="107"/>
+      <c r="V38" s="111"/>
+      <c r="W38" s="106"/>
+      <c r="X38" s="106"/>
+      <c r="Y38" s="107"/>
     </row>
     <row r="39" spans="1:25" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="56"/>
       <c r="B39" s="56"/>
       <c r="C39" s="57"/>
       <c r="D39" s="57"/>
       <c r="E39" s="58"/>
       <c r="F39" s="56"/>
       <c r="G39" s="57"/>
       <c r="H39" s="57"/>
       <c r="I39" s="58"/>
       <c r="J39" s="56"/>
       <c r="K39" s="57"/>
       <c r="L39" s="57"/>
       <c r="M39" s="58"/>
       <c r="N39" s="57"/>
       <c r="O39" s="57"/>
       <c r="P39" s="57"/>
       <c r="Q39" s="57"/>
       <c r="R39" s="56"/>
       <c r="S39" s="57"/>
       <c r="T39" s="57"/>
       <c r="U39" s="57"/>
       <c r="V39" s="56"/>
       <c r="W39" s="57"/>
       <c r="X39" s="57"/>
       <c r="Y39" s="58"/>
     </row>
     <row r="40" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="62" t="s">
         <v>19</v>
       </c>
-      <c r="B40" s="66">
+      <c r="B40" s="116">
         <f>(B28+B31+B34+B37)/4</f>
         <v>92</v>
       </c>
-      <c r="C40" s="67"/>
-[...21 lines deleted...]
-      <c r="Y40" s="68"/>
+      <c r="C40" s="117"/>
+      <c r="D40" s="117"/>
+      <c r="E40" s="118"/>
+      <c r="F40" s="116">
+        <f>(F28+F31+F34+F37)/4</f>
+        <v>86.75</v>
+      </c>
+      <c r="G40" s="117"/>
+      <c r="H40" s="117"/>
+      <c r="I40" s="118"/>
+      <c r="J40" s="116">
+        <f>(J28+J31+J34+J37)/4</f>
+        <v>82.561307901907355</v>
+      </c>
+      <c r="K40" s="117"/>
+      <c r="L40" s="117"/>
+      <c r="M40" s="118"/>
+      <c r="N40" s="116">
+        <f>(N28+N31+N34+N37)/4</f>
+        <v>100</v>
+      </c>
+      <c r="O40" s="117"/>
+      <c r="P40" s="117"/>
+      <c r="Q40" s="118"/>
+      <c r="R40" s="116"/>
+      <c r="S40" s="117"/>
+      <c r="T40" s="117"/>
+      <c r="U40" s="118"/>
+      <c r="V40" s="116"/>
+      <c r="W40" s="117"/>
+      <c r="X40" s="117"/>
+      <c r="Y40" s="118"/>
     </row>
     <row r="41" spans="1:25" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="63" t="s">
         <v>20</v>
       </c>
-      <c r="B41" s="69">
+      <c r="B41" s="113">
         <f>(B29+B32+B35+B38)/4</f>
         <v>75</v>
       </c>
-      <c r="C41" s="70"/>
-[...21 lines deleted...]
-      <c r="Y41" s="71"/>
+      <c r="C41" s="114"/>
+      <c r="D41" s="114"/>
+      <c r="E41" s="115"/>
+      <c r="F41" s="113">
+        <f>(F29+F32+F35+F38)/4</f>
+        <v>50</v>
+      </c>
+      <c r="G41" s="114"/>
+      <c r="H41" s="114"/>
+      <c r="I41" s="115"/>
+      <c r="J41" s="113">
+        <f>(J29+J32+J35+J38)/4</f>
+        <v>75</v>
+      </c>
+      <c r="K41" s="114"/>
+      <c r="L41" s="114"/>
+      <c r="M41" s="115"/>
+      <c r="N41" s="113">
+        <f>(N29+N32+N35+N38)/4</f>
+        <v>50</v>
+      </c>
+      <c r="O41" s="114"/>
+      <c r="P41" s="114"/>
+      <c r="Q41" s="115"/>
+      <c r="R41" s="113"/>
+      <c r="S41" s="114"/>
+      <c r="T41" s="114"/>
+      <c r="U41" s="115"/>
+      <c r="V41" s="113"/>
+      <c r="W41" s="114"/>
+      <c r="X41" s="114"/>
+      <c r="Y41" s="115"/>
     </row>
     <row r="44" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="92">
-    <mergeCell ref="A1:AQ1"/>
-[...6 lines deleted...]
-    <mergeCell ref="AD3:AJ3"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="F37:I37"/>
+    <mergeCell ref="J37:M37"/>
+    <mergeCell ref="V37:Y37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="F38:I38"/>
+    <mergeCell ref="J38:M38"/>
+    <mergeCell ref="V38:Y38"/>
+    <mergeCell ref="N38:Q38"/>
+    <mergeCell ref="N37:Q37"/>
+    <mergeCell ref="R38:U38"/>
+    <mergeCell ref="R37:U37"/>
+    <mergeCell ref="B40:E40"/>
+    <mergeCell ref="F40:I40"/>
+    <mergeCell ref="J40:M40"/>
+    <mergeCell ref="V40:Y40"/>
+    <mergeCell ref="N40:Q40"/>
+    <mergeCell ref="R40:U40"/>
+    <mergeCell ref="B41:E41"/>
+    <mergeCell ref="F41:I41"/>
+    <mergeCell ref="J41:M41"/>
+    <mergeCell ref="V41:Y41"/>
+    <mergeCell ref="N41:Q41"/>
+    <mergeCell ref="R41:U41"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="J34:M34"/>
+    <mergeCell ref="V34:Y34"/>
+    <mergeCell ref="B35:E35"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="J35:M35"/>
+    <mergeCell ref="V35:Y35"/>
+    <mergeCell ref="N35:Q35"/>
+    <mergeCell ref="N34:Q34"/>
+    <mergeCell ref="R35:U35"/>
+    <mergeCell ref="R34:U34"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="F31:I31"/>
+    <mergeCell ref="J31:M31"/>
+    <mergeCell ref="V31:Y31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="F32:I32"/>
+    <mergeCell ref="J32:M32"/>
+    <mergeCell ref="V32:Y32"/>
+    <mergeCell ref="N31:Q31"/>
+    <mergeCell ref="N32:Q32"/>
+    <mergeCell ref="R32:U32"/>
+    <mergeCell ref="R31:U31"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:M28"/>
+    <mergeCell ref="V28:Y28"/>
+    <mergeCell ref="B29:E29"/>
+    <mergeCell ref="F29:I29"/>
+    <mergeCell ref="J29:M29"/>
+    <mergeCell ref="V29:Y29"/>
+    <mergeCell ref="N29:Q29"/>
+    <mergeCell ref="N28:Q28"/>
+    <mergeCell ref="R29:U29"/>
+    <mergeCell ref="R28:U28"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="F25:I25"/>
+    <mergeCell ref="J25:M25"/>
+    <mergeCell ref="V25:Y25"/>
+    <mergeCell ref="B26:E26"/>
+    <mergeCell ref="F26:I26"/>
+    <mergeCell ref="J26:M26"/>
+    <mergeCell ref="V26:Y26"/>
+    <mergeCell ref="N25:Q25"/>
+    <mergeCell ref="N26:Q26"/>
+    <mergeCell ref="R25:U25"/>
+    <mergeCell ref="R26:U26"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="I4:O4"/>
     <mergeCell ref="P4:V4"/>
     <mergeCell ref="AK4:AQ4"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="F24:I24"/>
     <mergeCell ref="J24:M24"/>
     <mergeCell ref="V24:Y24"/>
     <mergeCell ref="W4:AC4"/>
     <mergeCell ref="AD4:AJ4"/>
-    <mergeCell ref="B25:E25"/>
-[...55 lines deleted...]
-    <mergeCell ref="N37:Q37"/>
     <mergeCell ref="N24:Q24"/>
     <mergeCell ref="R24:U24"/>
-    <mergeCell ref="N25:Q25"/>
-[...13 lines deleted...]
-    <mergeCell ref="R26:U26"/>
+    <mergeCell ref="A1:AQ1"/>
+    <mergeCell ref="A2:AQ2"/>
+    <mergeCell ref="B3:H3"/>
+    <mergeCell ref="I3:O3"/>
+    <mergeCell ref="P3:V3"/>
+    <mergeCell ref="AK3:AQ3"/>
+    <mergeCell ref="W3:AC3"/>
+    <mergeCell ref="AD3:AJ3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>January 2026</vt:lpstr>
       <vt:lpstr>February 2026</vt:lpstr>